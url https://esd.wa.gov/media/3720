--- v0 (2025-10-16)
+++ v1 (2025-12-24)
@@ -1,106 +1,109 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...35 lines deleted...]
-  <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\CES Staff\ESmith\WIP\New data\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8FEFD324-470B-4D21-8EA4-6A02973CE3A9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="31140" yWindow="645" windowWidth="22290" windowHeight="14235" firstSheet="0" activeTab="0"/>
+    <workbookView xWindow="16890" yWindow="3450" windowWidth="19455" windowHeight="16830" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Index" sheetId="16" state="visible" r:id="rId1"/>
-[...14 lines deleted...]
-    <sheet name="Yakima MSA" sheetId="12" state="visible" r:id="rId16"/>
+    <sheet name="Index" sheetId="16" r:id="rId1"/>
+    <sheet name="Washington State" sheetId="1" r:id="rId2"/>
+    <sheet name="Everett MD" sheetId="15" r:id="rId3"/>
+    <sheet name="Seattle-Bellevue MD" sheetId="2" r:id="rId4"/>
+    <sheet name="Tacoma-Lakewood MD" sheetId="3" r:id="rId5"/>
+    <sheet name="Spokane-Spokane Valley MSA" sheetId="4" r:id="rId6"/>
+    <sheet name="Bellingham MSA" sheetId="5" r:id="rId7"/>
+    <sheet name="Bremerton-Silverdale MSA" sheetId="6" r:id="rId8"/>
+    <sheet name="Kennewick-Richland MSA" sheetId="7" r:id="rId9"/>
+    <sheet name="Longview MSA" sheetId="8" r:id="rId10"/>
+    <sheet name="Mount Vernon-Anacortes MSA" sheetId="9" r:id="rId11"/>
+    <sheet name="Olympia-Tumwater MSA" sheetId="10" r:id="rId12"/>
+    <sheet name="Seattle-Tacoma-Bellevue MSA" sheetId="13" r:id="rId13"/>
+    <sheet name="Walla Walla MSA" sheetId="14" r:id="rId14"/>
+    <sheet name="Wenatchee MSA" sheetId="11" r:id="rId15"/>
+    <sheet name="Yakima MSA" sheetId="12" r:id="rId16"/>
   </sheets>
-  <calcPr calcId="0"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="326" uniqueCount="326">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1274" uniqueCount="232">
   <si>
     <t>NONAGRICULTURAL WAGE AND SALARY WORKERS IN WASHINGTON STATE, PLACE OF WORK _1/</t>
   </si>
   <si>
     <t>Numerical</t>
   </si>
   <si>
     <t>NOT SEASONALLY ADJUSTED</t>
   </si>
   <si>
     <t>Change</t>
   </si>
   <si>
     <t>to</t>
   </si>
   <si>
     <t>IN THOUSANDS</t>
   </si>
   <si>
     <t>(Prel.)</t>
   </si>
   <si>
     <t>(Rev.)</t>
   </si>
   <si>
@@ -328,53 +331,50 @@
   <si>
     <t>70710000</t>
   </si>
   <si>
     <t>70720000</t>
   </si>
   <si>
     <t>70721000</t>
   </si>
   <si>
     <t>70722000</t>
   </si>
   <si>
     <t>80000000</t>
   </si>
   <si>
     <t>80811000</t>
   </si>
   <si>
     <t>80812000</t>
   </si>
   <si>
     <t>80813000</t>
   </si>
   <si>
-    <t xml:space="preserve">    Government</t>
-[...1 lines deleted...]
-  <si>
     <t>90000000</t>
   </si>
   <si>
     <t>90910000</t>
   </si>
   <si>
     <t>90920000</t>
   </si>
   <si>
     <t>90921611</t>
   </si>
   <si>
     <t>90930000</t>
   </si>
   <si>
     <t xml:space="preserve">                    Local Government Educational Services</t>
   </si>
   <si>
     <t>90931611</t>
   </si>
   <si>
     <t>_1/ Excludes proprietors, self-employed, members of armed forces, and private household employees.</t>
   </si>
   <si>
     <t>Includes all full- and part-time wage and salary workers receiving pay during the pay period</t>
@@ -415,781 +415,503 @@
   <si>
     <t>NONAGRICULTURAL WAGE AND SALARY WORKERS IN THE OLYMPIA MSA, PLACE OF WORK _1/</t>
   </si>
   <si>
     <t>NONAGRICULTURAL WAGE AND SALARY WORKERS IN THE WENATCHEE MSA, PLACE OF WORK _1/</t>
   </si>
   <si>
     <t>NONAGRICULTURAL WAGE AND SALARY WORKERS IN THE YAKIMA MSA, PLACE OF WORK _1/</t>
   </si>
   <si>
     <t>NONAGRICULTURAL WAGE AND SALARY WORKERS IN THE EVERETT MD, PLACE OF WORK _1/</t>
   </si>
   <si>
     <t>NONAGRICULTURAL WAGE AND SALARY WORKERS IN THE SEATTLE MD, PLACE OF WORK _1/</t>
   </si>
   <si>
     <t>NONAGRICULTURAL WAGE AND SALARY WORKERS IN THE TACOMA MD, PLACE OF WORK _1/</t>
   </si>
   <si>
     <t>NONAGRICULTURAL WAGE AND SALARY WORKERS IN THE SEATTLE MSA, PLACE OF WORK _1/</t>
   </si>
   <si>
     <t>NONAGRICULTURAL WAGE AND SALARY WORKERS IN THE WALLA WALLA MSA, PLACE OF WORK _1/</t>
   </si>
   <si>
+    <t xml:space="preserve">Historical Current Employment Statistics, not seasonally adjusted </t>
+  </si>
+  <si>
+    <t>Source: Employment Security Department/DATA; U.S. Bureau of Labor Statistics, Local Area Unemployment Statistics</t>
+  </si>
+  <si>
+    <t>TAB</t>
+  </si>
+  <si>
+    <t>Washington state total</t>
+  </si>
+  <si>
+    <t>Tacoma-Lakewood (Pierce)</t>
+  </si>
+  <si>
+    <t>Bellingham (Whatcom)</t>
+  </si>
+  <si>
+    <t>Bremerton-Silverdale (Kitsap)</t>
+  </si>
+  <si>
+    <t>Kennewick-Pasco-Richland (Benton-Franklin)</t>
+  </si>
+  <si>
+    <t>Longview (Cowlitz)</t>
+  </si>
+  <si>
+    <t>Mt Vernon-Anacortes (Skagit)</t>
+  </si>
+  <si>
+    <t>Olympia-Tumwater (Thurston)</t>
+  </si>
+  <si>
+    <t>Wenatchee (Chelan-Douglas)</t>
+  </si>
+  <si>
+    <t>Yakima</t>
+  </si>
+  <si>
+    <t>Employment Security Department is an equal opportunity employer/program. Auxilary aids and services are available upon request to individuals with disabilities. Language assistance services for limited English proficient individuals are available free of charge. Washington Relay Service: 711</t>
+  </si>
+  <si>
+    <t>Benchmark: March 2024</t>
+  </si>
+  <si>
+    <t>Index of Washington state and labor market areas, 1990-2025</t>
+  </si>
+  <si>
+    <t>Seattle MD (King)</t>
+  </si>
+  <si>
+    <t>Spokane-Spokane Valley (Spokane-Stevens)</t>
+  </si>
+  <si>
+    <t>Everett MD (Snohomish)</t>
+  </si>
+  <si>
     <t>Total nonfarm</t>
   </si>
   <si>
-    <t xml:space="preserve">  Total private</t>
-[...266 lines deleted...]
-    <t>Dec 2023</t>
+    <t xml:space="preserve">   Total private</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Goods-producing</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mining and logging</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                  Logging</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Mining, Logging and Construction</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Construction</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Construction of buildings</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                  Residential building construction</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                  Nonresidential building construction</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Heavy and civil engineering construction</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Specialty trade contractors</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Manufacturing</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            Durable goods</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Wood product manufacturing</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                  Sawmills and wood preservation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Nonmetallic mineral product manufacturing</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Fabricated metal product manufacturing</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Machinery manufacturing</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Computer and electronic product manufacturing</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Transportation equipment manufacturing</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                  Aerospace product and parts manufacturing</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            Nondurable goods</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Food manufacturing</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                  Fruit and vegetable preserving and specialty food manufacturing</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Paper manufacturing</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Printing and related support activities</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Service-providing</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Private service-providing</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Trade, transportation, and utilities</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            Wholesale Trade</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Merchant wholesalers, durable goods</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Merchant wholesalers, nondurable goods</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Wholesale trade agents and brokers</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            Retail trade</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Motor vehicle and parts dealers</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Building material and garden equipment and supplies dealers</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Food and beverage retailers</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            Transportation, Warehousing, and Utilities</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Utilities                                                                       </t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Transportation and Warehousing</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Air transportation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Truck transportation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Support activities for transportation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Warehousing and storage</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Information</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Financial activities</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            Finance and insurance</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Credit intermediation and related activities</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Insurance carriers and related activities</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            Real estate and rental and leasing</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Professional and business services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            Professional, scientific, and technical services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                  Legal services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                  Accounting, tax preparation, bookkeeping, and payroll services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                  Architectural, engineering, and related services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                  Computer systems design and related services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            Management of companies and enterprises</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            Administrative and support and waste management and remediation services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Administrative and support services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                  Employment services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Waste management and remediation services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Private education and health services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            Private educational services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            Health care and social assistance</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Ambulatory health care services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Hospitals</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Nursing and residential care facilities</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Social assistance</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Leisure and hospitality</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            Arts, entertainment, and recreation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            Accommodation and food services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Accommodation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Food services and drinking places</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Other services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Repair and maintenance</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Personal and laundry services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Religious, grantmaking, civic, professional, and similar organizations</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Government</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            Federal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            State government</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               State government education</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               State government, excluding education</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            Local government</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Local government education</t>
+  </si>
+  <si>
+    <t xml:space="preserve">               Local government, excluding education</t>
+  </si>
+  <si>
+    <t>Sep</t>
+  </si>
+  <si>
+    <t>Aug</t>
+  </si>
+  <si>
+    <t>Aug 2025</t>
+  </si>
+  <si>
+    <t>Sep 2025</t>
+  </si>
+  <si>
+    <t>Sep 2024</t>
+  </si>
+  <si>
+    <t>Aug 2024</t>
   </si>
   <si>
     <t>BENCHMARK: March 2024</t>
   </si>
   <si>
-    <t xml:space="preserve">            Navigational, measuring, electromedical, and control instruments manufacturing</t>
-[...340 lines deleted...]
-  <si>
     <t xml:space="preserve">                  Navigational, measuring, electromedical, and control instruments manufacturing</t>
+  </si>
+  <si>
+    <t>Date: December 17, 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
-    <numFmt numFmtId="165" formatCode="General_)"/>
-    <numFmt numFmtId="164" formatCode="#,##0.0"/>
+    <numFmt numFmtId="164" formatCode="General_)"/>
+    <numFmt numFmtId="165" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="8">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
+      <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
-      <u val="single"/>
     </font>
     <font>
+      <b/>
       <sz val="10"/>
-      <color rgb="#000000"/>
+      <color rgb="FF000000"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
-      <b/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
-      <color rgb="#000000"/>
+      <color rgb="FF000000"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1"/>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1"/>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyNumberFormat="1"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -1463,15563 +1185,15523 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rIdvml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
-[...46 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
-  <dimension ref="A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:B28"/>
   <sheetViews>
-    <sheetView tabSelected="true" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="52" hidden="0" customWidth="1"/>
-    <col min="2" max="2" width="50.5703125" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="52" customWidth="1"/>
+    <col min="2" max="2" width="50.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1">
+    <row r="1" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>212</v>
-[...3 lines deleted...]
-    <row r="2">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A2" s="2" t="s">
-        <v>228</v>
-[...3 lines deleted...]
-    <row r="3">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
-        <v>213</v>
-[...3 lines deleted...]
-    <row r="4">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A4" s="2" t="s">
-        <v>226</v>
-[...3 lines deleted...]
-    <row r="5">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A5" s="2" t="s">
-        <v>227</v>
-[...3 lines deleted...]
-    <row r="6">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" x14ac:dyDescent="0.2">
       <c r="B6" s="1"/>
     </row>
-    <row r="7">
+    <row r="7" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A7" s="2" t="s">
-        <v>214</v>
+        <v>120</v>
       </c>
       <c r="B7" s="1"/>
     </row>
-    <row r="8">
+    <row r="8" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A8" s="4" t="s">
-        <v>215</v>
-[...3 lines deleted...]
-    <row r="9">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A9" s="4" t="s">
-        <v>229</v>
-[...3 lines deleted...]
-    <row r="10">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A10" s="4" t="s">
-        <v>231</v>
-[...3 lines deleted...]
-    <row r="11">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A11" s="4" t="s">
-        <v>216</v>
+        <v>122</v>
       </c>
       <c r="B11" s="1"/>
     </row>
-    <row r="12">
+    <row r="12" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A12" s="4" t="s">
-        <v>230</v>
+        <v>135</v>
       </c>
       <c r="B12" s="1"/>
     </row>
-    <row r="13">
+    <row r="13" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A13" s="4" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-    <row r="14">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A14" s="4" t="s">
-        <v>218</v>
-[...3 lines deleted...]
-    <row r="15">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A15" s="4" t="s">
-        <v>219</v>
+        <v>125</v>
       </c>
       <c r="B15" s="1"/>
     </row>
-    <row r="16">
+    <row r="16" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A16" s="4" t="s">
-        <v>220</v>
-[...3 lines deleted...]
-    <row r="17">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A17" s="4" t="s">
-        <v>221</v>
+        <v>127</v>
       </c>
       <c r="B17" s="1"/>
     </row>
-    <row r="18">
+    <row r="18" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A18" s="4" t="s">
-        <v>222</v>
+        <v>128</v>
       </c>
       <c r="B18" s="1"/>
     </row>
-    <row r="19">
+    <row r="19" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A19" s="4" t="s">
-        <v>223</v>
-[...3 lines deleted...]
-    <row r="20">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A20" s="4" t="s">
-        <v>224</v>
+        <v>130</v>
       </c>
       <c r="B20" s="1"/>
     </row>
-    <row r="21">
+    <row r="21" spans="1:2" x14ac:dyDescent="0.2">
       <c r="B21" s="1"/>
     </row>
-    <row r="22" ht="63.75" customHeight="1">
+    <row r="22" spans="1:2" ht="63.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="5" t="s">
-        <v>225</v>
+        <v>131</v>
       </c>
       <c r="B22" s="1"/>
     </row>
-    <row r="23">
+    <row r="23" spans="1:2" x14ac:dyDescent="0.2">
       <c r="B23" s="1"/>
     </row>
-    <row r="24">
+    <row r="24" spans="1:2" x14ac:dyDescent="0.2">
       <c r="B24" s="1"/>
     </row>
-    <row r="25">
+    <row r="25" spans="1:2" x14ac:dyDescent="0.2">
       <c r="B25" s="1"/>
     </row>
-    <row r="26">
+    <row r="26" spans="1:2" x14ac:dyDescent="0.2">
       <c r="B26" s="1"/>
     </row>
-    <row r="27">
+    <row r="27" spans="1:2" x14ac:dyDescent="0.2">
       <c r="B27" s="1"/>
     </row>
-    <row r="28">
+    <row r="28" spans="1:2" x14ac:dyDescent="0.2">
       <c r="B28" s="1"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A8" display="Washington state total" location="'Washington State'!A1"/>
-[...11 lines deleted...]
-    <hyperlink ref="A10" display="Seattle MD (King)" location="'Everett MD'!A1"/>
+    <hyperlink ref="A8" location="'Washington State'!A1" display="Washington state total" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="A9" location="'Seattle-Bellevue MD'!A1" display="Seattle MD (King and Snohomish counties)" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="A20" location="'Yakima MSA'!A1" display="Yakima" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="A12" location="'Spokane-Spokane Valley MSA'!A1" display="Spokane-Spokane Valley " xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="A13" location="'Bellingham MSA'!A1" display="Bellingham (Whatcom)" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="A14" location="'Bremerton-Silverdale MSA'!A1" display="Bremerton-Silverdale (Kitsap)" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="A19" location="'Wenatchee MSA'!A1" display="Wenatchee (Chelan-Douglas)" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="A16" location="'Longview MSA'!A1" display="Longview (Cowlitz)" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="A15" location="'Kennewick-Richland MSA'!A1" display="Kennewick-Pasco-Richland (Benton-Franklin)" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
+    <hyperlink ref="A18" location="'Olympia-Tumwater MSA'!A1" display="Olympia-Tumwater (Thurston)" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="A17" location="'Mount Vernon-Anacortes MSA'!A1" display="Mt Vernon-Anacortes (Skagit)" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="A11" location="'Tacoma-Lakewood MD'!A1" display="Tacoma-Lakewood (Pierce)" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
+    <hyperlink ref="A10" location="'Everett MD'!A1" display="Seattle MD (King)" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
-  <dimension ref="A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
+  <dimension ref="A1:O32"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="54.140625" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="54.140625" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="10.7109375" hidden="0" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15" max="15" width="10.7109375" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.7109375" customWidth="1"/>
+    <col min="4" max="4" width="2.5703125" customWidth="1"/>
+    <col min="5" max="5" width="10.7109375" customWidth="1"/>
+    <col min="6" max="6" width="2.5703125" customWidth="1"/>
+    <col min="7" max="7" width="10.7109375" customWidth="1"/>
+    <col min="8" max="8" width="2.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10.7109375" customWidth="1"/>
+    <col min="10" max="10" width="2.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10.7109375" customWidth="1"/>
+    <col min="12" max="12" width="2.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10.7109375" customWidth="1"/>
+    <col min="14" max="14" width="2.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="2">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
-        <v>324</v>
+        <v>229</v>
       </c>
       <c r="M2" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3">
+    <row r="3" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="M3" s="6" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.2">
       <c r="C5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="G5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="K5" s="6" t="s">
-        <v>320</v>
+        <v>225</v>
       </c>
       <c r="M5" s="6" t="s">
-        <v>322</v>
+        <v>227</v>
       </c>
       <c r="O5" s="6" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      <c r="C6" s="6" t="n">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="C6" s="6">
         <v>2025</v>
       </c>
-      <c r="E6" s="6" t="n">
+      <c r="E6" s="6">
         <v>2025</v>
       </c>
-      <c r="G6" s="6" t="n">
+      <c r="G6" s="6">
         <v>2024</v>
       </c>
-      <c r="I6" s="6" t="n">
+      <c r="I6" s="6">
         <v>2024</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="7">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="9">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
-        <v>232</v>
+        <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="7" t="n">
+      <c r="C9" s="7">
+        <v>42.5</v>
+      </c>
+      <c r="E9" s="7">
+        <v>42.6</v>
+      </c>
+      <c r="G9" s="7">
+        <v>42.5</v>
+      </c>
+      <c r="I9" s="7">
         <v>42.7</v>
       </c>
-      <c r="E9" s="7" t="n">
-[...18 lines deleted...]
-    <row r="10">
+      <c r="K9" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="M9" s="7">
+        <v>0</v>
+      </c>
+      <c r="O9" s="7">
+        <v>0.20000000000000301</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
-        <v>233</v>
+        <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
-      <c r="C10" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G10" s="7" t="n">
+      <c r="C10" s="7">
+        <v>36</v>
+      </c>
+      <c r="E10" s="7">
+        <v>36.200000000000003</v>
+      </c>
+      <c r="G10" s="7">
+        <v>36</v>
+      </c>
+      <c r="I10" s="7">
         <v>36.4</v>
       </c>
-      <c r="I10" s="7" t="n">
-[...12 lines deleted...]
-    <row r="11">
+      <c r="K10" s="7">
+        <v>-0.20000000000000301</v>
+      </c>
+      <c r="M10" s="7">
+        <v>0</v>
+      </c>
+      <c r="O10" s="7">
+        <v>0.39999999999999902</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
-        <v>234</v>
+        <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="7" t="n">
+      <c r="C11" s="7">
         <v>11.4</v>
       </c>
-      <c r="E11" s="7" t="n">
+      <c r="E11" s="7">
         <v>11.4</v>
       </c>
-      <c r="G11" s="7" t="n">
+      <c r="G11" s="7">
+        <v>11.5</v>
+      </c>
+      <c r="I11" s="7">
         <v>11.7</v>
       </c>
-      <c r="I11" s="7" t="n">
-[...12 lines deleted...]
-    <row r="12">
+      <c r="K11" s="7">
+        <v>0</v>
+      </c>
+      <c r="M11" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="O11" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
-        <v>237</v>
+        <v>142</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="C12" s="7" t="n">
+        <v>103</v>
+      </c>
+      <c r="C12" s="7">
         <v>4</v>
       </c>
-      <c r="E12" s="7" t="n">
+      <c r="E12" s="7">
         <v>4</v>
       </c>
-      <c r="G12" s="7" t="n">
+      <c r="G12" s="7">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="I12" s="7">
         <v>4.3</v>
       </c>
-      <c r="I12" s="7" t="n">
-[...12 lines deleted...]
-    <row r="13">
+      <c r="K12" s="7">
+        <v>0</v>
+      </c>
+      <c r="M12" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="O12" s="7">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
-        <v>244</v>
+        <v>149</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
-      <c r="C13" s="7" t="n">
+      <c r="C13" s="7">
         <v>7.4</v>
       </c>
-      <c r="E13" s="7" t="n">
+      <c r="E13" s="7">
         <v>7.4</v>
       </c>
-      <c r="G13" s="7" t="n">
+      <c r="G13" s="7">
         <v>7.4</v>
       </c>
-      <c r="I13" s="7" t="n">
-[...12 lines deleted...]
-    <row r="14">
+      <c r="I13" s="7">
+        <v>7.4</v>
+      </c>
+      <c r="K13" s="7">
+        <v>0</v>
+      </c>
+      <c r="M13" s="7">
+        <v>0</v>
+      </c>
+      <c r="O13" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
-        <v>254</v>
+        <v>159</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
-      <c r="C14" s="7" t="n">
+      <c r="C14" s="7">
         <v>4.5</v>
       </c>
-      <c r="E14" s="7" t="n">
-[...18 lines deleted...]
-    <row r="15">
+      <c r="E14" s="7">
+        <v>4.5</v>
+      </c>
+      <c r="G14" s="7">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="I14" s="7">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="K14" s="7">
+        <v>0</v>
+      </c>
+      <c r="M14" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="O14" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
-        <v>259</v>
+        <v>164</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
-      <c r="C15" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G15" s="7" t="n">
+      <c r="C15" s="7">
+        <v>31.1</v>
+      </c>
+      <c r="E15" s="7">
+        <v>31.2</v>
+      </c>
+      <c r="G15" s="7">
         <v>31</v>
       </c>
-      <c r="I15" s="7" t="n">
-[...12 lines deleted...]
-    <row r="16">
+      <c r="I15" s="7">
+        <v>31</v>
+      </c>
+      <c r="K15" s="7">
+        <v>-9.9999999999997896E-2</v>
+      </c>
+      <c r="M15" s="7">
+        <v>0.100000000000001</v>
+      </c>
+      <c r="O15" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
-        <v>260</v>
+        <v>165</v>
       </c>
       <c r="B16" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="C16" s="7" t="n">
+        <v>105</v>
+      </c>
+      <c r="C16" s="7">
+        <v>24.6</v>
+      </c>
+      <c r="E16" s="7">
         <v>24.8</v>
       </c>
-      <c r="E16" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G16" s="7" t="n">
+      <c r="G16" s="7">
+        <v>24.5</v>
+      </c>
+      <c r="I16" s="7">
         <v>24.7</v>
       </c>
-      <c r="I16" s="7" t="n">
-[...5 lines deleted...]
-      <c r="M16" s="7" t="n">
+      <c r="K16" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="M16" s="7">
         <v>0.100000000000001</v>
       </c>
-      <c r="O16" s="7" t="n">
-[...3 lines deleted...]
-    <row r="17">
+      <c r="O16" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
-        <v>261</v>
+        <v>166</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
-      <c r="C17" s="7" t="n">
+      <c r="C17" s="7">
         <v>7.7</v>
       </c>
-      <c r="E17" s="7" t="n">
+      <c r="E17" s="7">
         <v>7.7</v>
       </c>
-      <c r="G17" s="7" t="n">
+      <c r="G17" s="7">
+        <v>7.9</v>
+      </c>
+      <c r="I17" s="7">
         <v>8</v>
       </c>
-      <c r="I17" s="7" t="n">
-[...12 lines deleted...]
-    <row r="18">
+      <c r="K17" s="7">
+        <v>0</v>
+      </c>
+      <c r="M17" s="7">
+        <v>-0.2</v>
+      </c>
+      <c r="O17" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
-        <v>266</v>
+        <v>171</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
-      <c r="C18" s="7" t="n">
-[...21 lines deleted...]
-    <row r="19">
+      <c r="C18" s="7">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="E18" s="7">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="G18" s="7">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="I18" s="7">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="K18" s="7">
+        <v>0</v>
+      </c>
+      <c r="M18" s="7">
+        <v>0</v>
+      </c>
+      <c r="O18" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
-        <v>294</v>
+        <v>199</v>
       </c>
       <c r="B19" t="s">
         <v>74</v>
       </c>
-      <c r="C19" s="7" t="n">
+      <c r="C19" s="7">
         <v>7</v>
       </c>
-      <c r="E19" s="7" t="n">
+      <c r="E19" s="7">
         <v>7</v>
       </c>
-      <c r="G19" s="7" t="n">
+      <c r="G19" s="7">
+        <v>6.9</v>
+      </c>
+      <c r="I19" s="7">
         <v>6.8</v>
       </c>
-      <c r="I19" s="7" t="n">
-[...12 lines deleted...]
-    <row r="20">
+      <c r="K19" s="7">
+        <v>0</v>
+      </c>
+      <c r="M19" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="O19" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
-        <v>301</v>
+        <v>206</v>
       </c>
       <c r="B20" t="s">
         <v>81</v>
       </c>
-      <c r="C20" s="7" t="n">
+      <c r="C20" s="7">
+        <v>3.6</v>
+      </c>
+      <c r="E20" s="7">
         <v>3.7</v>
       </c>
-      <c r="E20" s="7" t="n">
+      <c r="G20" s="7">
+        <v>3.7</v>
+      </c>
+      <c r="I20" s="7">
         <v>3.8</v>
       </c>
-      <c r="G20" s="7" t="n">
-[...15 lines deleted...]
-    <row r="21">
+      <c r="K20" s="7">
+        <v>-0.1</v>
+      </c>
+      <c r="M20" s="7">
+        <v>-0.1</v>
+      </c>
+      <c r="O20" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
-        <v>310</v>
+        <v>215</v>
       </c>
       <c r="B21" t="s">
+        <v>90</v>
+      </c>
+      <c r="C21" s="7">
+        <v>6.5</v>
+      </c>
+      <c r="E21" s="7">
+        <v>6.4</v>
+      </c>
+      <c r="G21" s="7">
+        <v>6.5</v>
+      </c>
+      <c r="I21" s="7">
+        <v>6.3</v>
+      </c>
+      <c r="K21" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="M21" s="7">
+        <v>0</v>
+      </c>
+      <c r="O21" s="7">
+        <v>-0.2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A22" t="s">
+        <v>216</v>
+      </c>
+      <c r="B22" t="s">
         <v>91</v>
       </c>
-      <c r="C21" s="7" t="n">
-[...14 lines deleted...]
-      <c r="M21" s="7" t="n">
+      <c r="C22" s="7">
         <v>0.2</v>
       </c>
-      <c r="O21" s="7" t="n">
-[...7 lines deleted...]
-      <c r="B22" t="s">
+      <c r="E22" s="7">
+        <v>0.2</v>
+      </c>
+      <c r="G22" s="7">
+        <v>0.2</v>
+      </c>
+      <c r="I22" s="7">
+        <v>0.2</v>
+      </c>
+      <c r="K22" s="7">
+        <v>0</v>
+      </c>
+      <c r="M22" s="7">
+        <v>0</v>
+      </c>
+      <c r="O22" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A23" t="s">
+        <v>217</v>
+      </c>
+      <c r="B23" t="s">
         <v>92</v>
       </c>
-      <c r="C22" s="7" t="n">
-[...28 lines deleted...]
-      <c r="C23" s="7" t="n">
+      <c r="C23" s="7">
         <v>1</v>
       </c>
-      <c r="E23" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G23" s="7" t="n">
+      <c r="E23" s="7">
         <v>1</v>
       </c>
-      <c r="I23" s="7" t="n">
-[...12 lines deleted...]
-    <row r="24">
+      <c r="G23" s="7">
+        <v>1</v>
+      </c>
+      <c r="I23" s="7">
+        <v>1</v>
+      </c>
+      <c r="K23" s="7">
+        <v>0</v>
+      </c>
+      <c r="M23" s="7">
+        <v>0</v>
+      </c>
+      <c r="O23" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
-        <v>315</v>
+        <v>220</v>
       </c>
       <c r="B24" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="C24" s="7" t="n">
+        <v>94</v>
+      </c>
+      <c r="C24" s="7">
         <v>5.3</v>
       </c>
-      <c r="E24" s="7" t="n">
-[...5 lines deleted...]
-      <c r="I24" s="7" t="n">
+      <c r="E24" s="7">
+        <v>5.2</v>
+      </c>
+      <c r="G24" s="7">
         <v>5.3</v>
       </c>
-      <c r="K24" s="7" t="n">
-[...9 lines deleted...]
-    <row r="28">
+      <c r="I24" s="7">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="K24" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="M24" s="7">
+        <v>0</v>
+      </c>
+      <c r="O24" s="7">
+        <v>-0.2</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A29" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="29">
-      <c r="A29" t="s">
+    <row r="30" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A30" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="30">
-      <c r="A30" t="s">
+    <row r="32" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A32" t="s">
         <v>100</v>
-      </c>
-[...3 lines deleted...]
-        <v>101</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
-  <dimension ref="A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
+  <dimension ref="A1:O30"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="54.140625" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="54.140625" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="10.7109375" hidden="0" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15" max="15" width="10.7109375" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.7109375" customWidth="1"/>
+    <col min="4" max="4" width="2.5703125" customWidth="1"/>
+    <col min="5" max="5" width="10.7109375" customWidth="1"/>
+    <col min="6" max="6" width="2.5703125" customWidth="1"/>
+    <col min="7" max="7" width="10.7109375" customWidth="1"/>
+    <col min="8" max="8" width="2.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10.7109375" customWidth="1"/>
+    <col min="10" max="10" width="2.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10.7109375" customWidth="1"/>
+    <col min="12" max="12" width="2.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10.7109375" customWidth="1"/>
+    <col min="14" max="14" width="2.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="2">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
-        <v>324</v>
+        <v>229</v>
       </c>
       <c r="M2" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3">
+    <row r="3" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="M3" s="6" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.2">
       <c r="C5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="G5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="K5" s="6" t="s">
-        <v>320</v>
+        <v>225</v>
       </c>
       <c r="M5" s="6" t="s">
-        <v>322</v>
+        <v>227</v>
       </c>
       <c r="O5" s="6" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      <c r="C6" s="6" t="n">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="C6" s="6">
         <v>2025</v>
       </c>
-      <c r="E6" s="6" t="n">
+      <c r="E6" s="6">
         <v>2025</v>
       </c>
-      <c r="G6" s="6" t="n">
+      <c r="G6" s="6">
         <v>2024</v>
       </c>
-      <c r="I6" s="6" t="n">
+      <c r="I6" s="6">
         <v>2024</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="7">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="9">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
-        <v>232</v>
+        <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E9" s="7" t="n">
+      <c r="C9" s="7">
+        <v>53.6</v>
+      </c>
+      <c r="E9" s="7">
+        <v>53.7</v>
+      </c>
+      <c r="G9" s="7">
+        <v>54.2</v>
+      </c>
+      <c r="I9" s="7">
         <v>54.3</v>
       </c>
-      <c r="G9" s="7" t="n">
-[...15 lines deleted...]
-    <row r="10">
+      <c r="K9" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="M9" s="7">
+        <v>-0.60000000000000098</v>
+      </c>
+      <c r="O9" s="7">
+        <v>9.9999999999994302E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
-        <v>233</v>
+        <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
-      <c r="C10" s="7" t="n">
+      <c r="C10" s="7">
+        <v>41</v>
+      </c>
+      <c r="E10" s="7">
         <v>41.3</v>
       </c>
-      <c r="E10" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G10" s="7" t="n">
+      <c r="G10" s="7">
+        <v>41.7</v>
+      </c>
+      <c r="I10" s="7">
         <v>41.9</v>
       </c>
-      <c r="I10" s="7" t="n">
-[...12 lines deleted...]
-    <row r="11">
+      <c r="K10" s="7">
+        <v>-0.29999999999999699</v>
+      </c>
+      <c r="M10" s="7">
+        <v>-0.70000000000000295</v>
+      </c>
+      <c r="O10" s="7">
+        <v>0.19999999999999599</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
-        <v>234</v>
+        <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="7" t="n">
+      <c r="C11" s="7">
+        <v>11.1</v>
+      </c>
+      <c r="E11" s="7">
         <v>11.3</v>
       </c>
-      <c r="E11" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G11" s="7" t="n">
+      <c r="G11" s="7">
+        <v>11.4</v>
+      </c>
+      <c r="I11" s="7">
         <v>11.5</v>
       </c>
-      <c r="I11" s="7" t="n">
-[...12 lines deleted...]
-    <row r="12">
+      <c r="K11" s="7">
+        <v>-0.20000000000000101</v>
+      </c>
+      <c r="M11" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="O11" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
-        <v>237</v>
+        <v>142</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
-[...7 lines deleted...]
-      <c r="G12" s="7" t="n">
+        <v>103</v>
+      </c>
+      <c r="C12" s="7">
+        <v>4.5</v>
+      </c>
+      <c r="E12" s="7">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="G12" s="7">
         <v>4.8</v>
       </c>
-      <c r="I12" s="7" t="n">
-[...12 lines deleted...]
-    <row r="13">
+      <c r="I12" s="7">
+        <v>4.8</v>
+      </c>
+      <c r="K12" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M12" s="7">
+        <v>-0.3</v>
+      </c>
+      <c r="O12" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
-        <v>244</v>
+        <v>149</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
-      <c r="C13" s="7" t="n">
+      <c r="C13" s="7">
+        <v>6.6</v>
+      </c>
+      <c r="E13" s="7">
         <v>6.7</v>
       </c>
-      <c r="E13" s="7" t="n">
+      <c r="G13" s="7">
+        <v>6.6</v>
+      </c>
+      <c r="I13" s="7">
         <v>6.7</v>
       </c>
-      <c r="G13" s="7" t="n">
-[...15 lines deleted...]
-    <row r="14">
+      <c r="K13" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="M13" s="7">
+        <v>0</v>
+      </c>
+      <c r="O13" s="7">
+        <v>0.100000000000001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
-        <v>259</v>
+        <v>164</v>
       </c>
       <c r="B14" t="s">
         <v>34</v>
       </c>
-      <c r="C14" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G14" s="7" t="n">
+      <c r="C14" s="7">
+        <v>42.5</v>
+      </c>
+      <c r="E14" s="7">
+        <v>42.4</v>
+      </c>
+      <c r="G14" s="7">
         <v>42.8</v>
       </c>
-      <c r="I14" s="7" t="n">
+      <c r="I14" s="7">
         <v>42.8</v>
       </c>
-      <c r="K14" s="7" t="n">
-[...9 lines deleted...]
-    <row r="15">
+      <c r="K14" s="7">
+        <v>0.100000000000001</v>
+      </c>
+      <c r="M14" s="7">
+        <v>-0.29999999999999699</v>
+      </c>
+      <c r="O14" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
-        <v>260</v>
+        <v>165</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="C15" s="7" t="n">
+        <v>105</v>
+      </c>
+      <c r="C15" s="7">
+        <v>29.9</v>
+      </c>
+      <c r="E15" s="7">
         <v>30</v>
       </c>
-      <c r="E15" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G15" s="7" t="n">
+      <c r="G15" s="7">
+        <v>30.3</v>
+      </c>
+      <c r="I15" s="7">
         <v>30.4</v>
       </c>
-      <c r="I15" s="7" t="n">
-[...12 lines deleted...]
-    <row r="16">
+      <c r="K15" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="M15" s="7">
+        <v>-0.40000000000000202</v>
+      </c>
+      <c r="O15" s="7">
+        <v>9.9999999999997896E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
-        <v>261</v>
+        <v>166</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="C16" s="7" t="n">
-[...21 lines deleted...]
-    <row r="17">
+      <c r="C16" s="7">
+        <v>9.9</v>
+      </c>
+      <c r="E16" s="7">
+        <v>9.9</v>
+      </c>
+      <c r="G16" s="7">
+        <v>10.4</v>
+      </c>
+      <c r="I16" s="7">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="K16" s="7">
+        <v>0</v>
+      </c>
+      <c r="M16" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="O16" s="7">
+        <v>-0.20000000000000101</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
-        <v>266</v>
+        <v>171</v>
       </c>
       <c r="B17" t="s">
         <v>40</v>
       </c>
-      <c r="C17" s="7" t="n">
+      <c r="C17" s="7">
         <v>6.8</v>
       </c>
-      <c r="E17" s="7" t="n">
+      <c r="E17" s="7">
+        <v>6.8</v>
+      </c>
+      <c r="G17" s="7">
         <v>6.9</v>
       </c>
-      <c r="G17" s="7" t="n">
+      <c r="I17" s="7">
         <v>6.9</v>
       </c>
-      <c r="I17" s="7" t="n">
-[...2 lines deleted...]
-      <c r="K17" s="7" t="n">
+      <c r="K17" s="7">
+        <v>0</v>
+      </c>
+      <c r="M17" s="7">
         <v>-0.100000000000001</v>
       </c>
-      <c r="M17" s="7" t="n">
-[...6 lines deleted...]
-    <row r="18">
+      <c r="O17" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
-        <v>301</v>
+        <v>206</v>
       </c>
       <c r="B18" t="s">
         <v>81</v>
       </c>
-      <c r="C18" s="7" t="n">
+      <c r="C18" s="7">
+        <v>5.4</v>
+      </c>
+      <c r="E18" s="7">
         <v>5.5</v>
       </c>
-      <c r="E18" s="7" t="n">
+      <c r="G18" s="7">
+        <v>5.4</v>
+      </c>
+      <c r="I18" s="7">
         <v>5.6</v>
       </c>
-      <c r="G18" s="7" t="n">
-[...15 lines deleted...]
-    <row r="19">
+      <c r="K18" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M18" s="7">
+        <v>0</v>
+      </c>
+      <c r="O18" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
-        <v>310</v>
+        <v>215</v>
       </c>
       <c r="B19" t="s">
+        <v>90</v>
+      </c>
+      <c r="C19" s="7">
+        <v>12.6</v>
+      </c>
+      <c r="E19" s="7">
+        <v>12.4</v>
+      </c>
+      <c r="G19" s="7">
+        <v>12.5</v>
+      </c>
+      <c r="I19" s="7">
+        <v>12.4</v>
+      </c>
+      <c r="K19" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+      <c r="M19" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="O19" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A20" t="s">
+        <v>216</v>
+      </c>
+      <c r="B20" t="s">
         <v>91</v>
       </c>
-      <c r="C19" s="7" t="n">
-[...25 lines deleted...]
-      <c r="B20" t="s">
+      <c r="C20" s="7">
+        <v>0.4</v>
+      </c>
+      <c r="E20" s="7">
+        <v>0.4</v>
+      </c>
+      <c r="G20" s="7">
+        <v>0.4</v>
+      </c>
+      <c r="I20" s="7">
+        <v>0.4</v>
+      </c>
+      <c r="K20" s="7">
+        <v>0</v>
+      </c>
+      <c r="M20" s="7">
+        <v>0</v>
+      </c>
+      <c r="O20" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A21" t="s">
+        <v>217</v>
+      </c>
+      <c r="B21" t="s">
         <v>92</v>
       </c>
-      <c r="C20" s="7" t="n">
-[...28 lines deleted...]
-      <c r="C21" s="7" t="n">
+      <c r="C21" s="7">
+        <v>1.4</v>
+      </c>
+      <c r="E21" s="7">
+        <v>1.2</v>
+      </c>
+      <c r="G21" s="7">
+        <v>1.4</v>
+      </c>
+      <c r="I21" s="7">
         <v>1.3</v>
       </c>
-      <c r="E21" s="7" t="n">
-[...18 lines deleted...]
-    <row r="22">
+      <c r="K21" s="7">
+        <v>0.2</v>
+      </c>
+      <c r="M21" s="7">
+        <v>0</v>
+      </c>
+      <c r="O21" s="7">
+        <v>-9.9999999999999895E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
-        <v>315</v>
+        <v>220</v>
       </c>
       <c r="B22" t="s">
-        <v>95</v>
-[...7 lines deleted...]
-      <c r="G22" s="7" t="n">
+        <v>94</v>
+      </c>
+      <c r="C22" s="7">
+        <v>10.8</v>
+      </c>
+      <c r="E22" s="7">
+        <v>10.8</v>
+      </c>
+      <c r="G22" s="7">
         <v>10.7</v>
       </c>
-      <c r="I22" s="7" t="n">
-[...12 lines deleted...]
-    <row r="26">
+      <c r="I22" s="7">
+        <v>10.7</v>
+      </c>
+      <c r="K22" s="7">
+        <v>0</v>
+      </c>
+      <c r="M22" s="7">
+        <v>0.100000000000001</v>
+      </c>
+      <c r="O22" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A27" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="27">
-      <c r="A27" t="s">
+    <row r="28" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A28" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="28">
-      <c r="A28" t="s">
+    <row r="30" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A30" t="s">
         <v>100</v>
-      </c>
-[...3 lines deleted...]
-        <v>101</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
-  <dimension ref="A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
+  <dimension ref="A1:O38"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="54.140625" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="54.140625" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="10.7109375" hidden="0" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15" max="15" width="10.7109375" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.7109375" customWidth="1"/>
+    <col min="4" max="4" width="2.5703125" customWidth="1"/>
+    <col min="5" max="5" width="10.7109375" customWidth="1"/>
+    <col min="6" max="6" width="2.5703125" customWidth="1"/>
+    <col min="7" max="7" width="10.7109375" customWidth="1"/>
+    <col min="8" max="8" width="2.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10.7109375" customWidth="1"/>
+    <col min="10" max="10" width="2.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10.7109375" customWidth="1"/>
+    <col min="12" max="12" width="2.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10.7109375" customWidth="1"/>
+    <col min="14" max="14" width="2.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="2">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
-        <v>324</v>
+        <v>229</v>
       </c>
       <c r="M2" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3">
+    <row r="3" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="M3" s="6" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.2">
       <c r="C5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="G5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="K5" s="6" t="s">
-        <v>320</v>
+        <v>225</v>
       </c>
       <c r="M5" s="6" t="s">
-        <v>322</v>
+        <v>227</v>
       </c>
       <c r="O5" s="6" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      <c r="C6" s="6" t="n">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="C6" s="6">
         <v>2025</v>
       </c>
-      <c r="E6" s="6" t="n">
+      <c r="E6" s="6">
         <v>2025</v>
       </c>
-      <c r="G6" s="6" t="n">
+      <c r="G6" s="6">
         <v>2024</v>
       </c>
-      <c r="I6" s="6" t="n">
+      <c r="I6" s="6">
         <v>2024</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="7">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="9">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
-        <v>232</v>
+        <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G9" s="7" t="n">
+      <c r="C9" s="7">
+        <v>132.5</v>
+      </c>
+      <c r="E9" s="7">
+        <v>132.69999999999999</v>
+      </c>
+      <c r="G9" s="7">
+        <v>133.4</v>
+      </c>
+      <c r="I9" s="7">
         <v>132</v>
       </c>
-      <c r="I9" s="7" t="n">
-[...12 lines deleted...]
-    <row r="10">
+      <c r="K9" s="7">
+        <v>-0.19999999999998899</v>
+      </c>
+      <c r="M9" s="7">
+        <v>-0.90000000000000602</v>
+      </c>
+      <c r="O9" s="7">
+        <v>-1.4000000000000099</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
-        <v>233</v>
+        <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
-      <c r="C10" s="7" t="n">
+      <c r="C10" s="7">
+        <v>88.9</v>
+      </c>
+      <c r="E10" s="7">
         <v>89.2</v>
       </c>
-      <c r="E10" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G10" s="7" t="n">
+      <c r="G10" s="7">
+        <v>89.3</v>
+      </c>
+      <c r="I10" s="7">
         <v>87.9</v>
       </c>
-      <c r="I10" s="7" t="n">
-[...12 lines deleted...]
-    <row r="11">
+      <c r="K10" s="7">
+        <v>-0.29999999999999699</v>
+      </c>
+      <c r="M10" s="7">
+        <v>-0.39999999999999097</v>
+      </c>
+      <c r="O10" s="7">
+        <v>-1.3999999999999899</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
-        <v>234</v>
+        <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E11" s="7" t="n">
+      <c r="C11" s="7">
+        <v>10</v>
+      </c>
+      <c r="E11" s="7">
         <v>10.1</v>
       </c>
-      <c r="G11" s="7" t="n">
+      <c r="G11" s="7">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="I11" s="7">
         <v>10.3</v>
       </c>
-      <c r="I11" s="7" t="n">
-[...12 lines deleted...]
-    <row r="12">
+      <c r="K11" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M11" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="O11" s="7">
+        <v>0.100000000000001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
-        <v>237</v>
+        <v>142</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="C12" s="7" t="n">
+        <v>103</v>
+      </c>
+      <c r="C12" s="7">
+        <v>6.7</v>
+      </c>
+      <c r="E12" s="7">
+        <v>6.8</v>
+      </c>
+      <c r="G12" s="7">
         <v>6.9</v>
       </c>
-      <c r="E12" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G12" s="7" t="n">
+      <c r="I12" s="7">
         <v>7</v>
       </c>
-      <c r="I12" s="7" t="n">
-[...12 lines deleted...]
-    <row r="13">
+      <c r="K12" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M12" s="7">
+        <v>-0.2</v>
+      </c>
+      <c r="O12" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
-        <v>244</v>
+        <v>149</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
-      <c r="C13" s="7" t="n">
+      <c r="C13" s="7">
         <v>3.3</v>
       </c>
-      <c r="E13" s="7" t="n">
+      <c r="E13" s="7">
         <v>3.3</v>
       </c>
-      <c r="G13" s="7" t="n">
+      <c r="G13" s="7">
         <v>3.3</v>
       </c>
-      <c r="I13" s="7" t="n">
+      <c r="I13" s="7">
         <v>3.3</v>
       </c>
-      <c r="K13" s="7" t="n">
-[...9 lines deleted...]
-    <row r="14">
+      <c r="K13" s="7">
+        <v>0</v>
+      </c>
+      <c r="M13" s="7">
+        <v>0</v>
+      </c>
+      <c r="O13" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
-        <v>259</v>
+        <v>164</v>
       </c>
       <c r="B14" t="s">
         <v>34</v>
       </c>
-      <c r="C14" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G14" s="7" t="n">
+      <c r="C14" s="7">
+        <v>122.5</v>
+      </c>
+      <c r="E14" s="7">
+        <v>122.6</v>
+      </c>
+      <c r="G14" s="7">
+        <v>123.2</v>
+      </c>
+      <c r="I14" s="7">
         <v>121.7</v>
       </c>
-      <c r="I14" s="7" t="n">
-[...12 lines deleted...]
-    <row r="15">
+      <c r="K14" s="7">
+        <v>-9.9999999999994302E-2</v>
+      </c>
+      <c r="M14" s="7">
+        <v>-0.70000000000000295</v>
+      </c>
+      <c r="O14" s="7">
+        <v>-1.5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
-        <v>260</v>
+        <v>165</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
-[...23 lines deleted...]
-    <row r="16">
+        <v>105</v>
+      </c>
+      <c r="C15" s="7">
+        <v>78.900000000000006</v>
+      </c>
+      <c r="E15" s="7">
+        <v>79.099999999999994</v>
+      </c>
+      <c r="G15" s="7">
+        <v>79.099999999999994</v>
+      </c>
+      <c r="I15" s="7">
+        <v>77.599999999999994</v>
+      </c>
+      <c r="K15" s="7">
+        <v>-0.19999999999998899</v>
+      </c>
+      <c r="M15" s="7">
+        <v>-0.19999999999998899</v>
+      </c>
+      <c r="O15" s="7">
+        <v>-1.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
-        <v>261</v>
+        <v>166</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="C16" s="7" t="n">
+      <c r="C16" s="7">
         <v>20.9</v>
       </c>
-      <c r="E16" s="7" t="n">
+      <c r="E16" s="7">
         <v>21</v>
       </c>
-      <c r="G16" s="7" t="n">
+      <c r="G16" s="7">
+        <v>21.1</v>
+      </c>
+      <c r="I16" s="7">
         <v>20.6</v>
       </c>
-      <c r="I16" s="7" t="n">
-[...2 lines deleted...]
-      <c r="K16" s="7" t="n">
+      <c r="K16" s="7">
         <v>-0.100000000000001</v>
       </c>
-      <c r="M16" s="7" t="n">
-[...6 lines deleted...]
-    <row r="17">
+      <c r="M16" s="7">
+        <v>-0.20000000000000301</v>
+      </c>
+      <c r="O16" s="7">
+        <v>-0.5</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
-        <v>262</v>
+        <v>167</v>
       </c>
       <c r="B17" t="s">
         <v>40</v>
       </c>
-      <c r="C17" s="7" t="n">
+      <c r="C17" s="7">
         <v>4.3</v>
       </c>
-      <c r="E17" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G17" s="7" t="n">
+      <c r="E17" s="7">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="G17" s="7">
         <v>4.3</v>
       </c>
-      <c r="I17" s="7" t="n">
-[...2 lines deleted...]
-      <c r="K17" s="7" t="n">
+      <c r="I17" s="7">
+        <v>4.3</v>
+      </c>
+      <c r="K17" s="7">
         <v>-0.100000000000001</v>
       </c>
-      <c r="M17" s="7" t="n">
-[...6 lines deleted...]
-    <row r="18">
+      <c r="M17" s="7">
+        <v>0</v>
+      </c>
+      <c r="O17" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
-        <v>266</v>
+        <v>171</v>
       </c>
       <c r="B18" t="s">
         <v>63</v>
       </c>
-      <c r="C18" s="7" t="n">
+      <c r="C18" s="7">
         <v>12.6</v>
       </c>
-      <c r="E18" s="7" t="n">
+      <c r="E18" s="7">
         <v>12.6</v>
       </c>
-      <c r="G18" s="7" t="n">
+      <c r="G18" s="7">
+        <v>12.8</v>
+      </c>
+      <c r="I18" s="7">
         <v>12.5</v>
       </c>
-      <c r="I18" s="7" t="n">
-[...12 lines deleted...]
-    <row r="19">
+      <c r="K18" s="7">
+        <v>0</v>
+      </c>
+      <c r="M18" s="7">
+        <v>-0.20000000000000101</v>
+      </c>
+      <c r="O18" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
-        <v>270</v>
+        <v>175</v>
       </c>
       <c r="B19" t="s">
         <v>81</v>
       </c>
-      <c r="C19" s="7" t="n">
+      <c r="C19" s="7">
         <v>4</v>
       </c>
-      <c r="E19" s="7" t="n">
+      <c r="E19" s="7">
         <v>4</v>
       </c>
-      <c r="G19" s="7" t="n">
+      <c r="G19" s="7">
+        <v>4</v>
+      </c>
+      <c r="I19" s="7">
         <v>3.8</v>
       </c>
-      <c r="I19" s="7" t="n">
-[...12 lines deleted...]
-    <row r="20">
+      <c r="K19" s="7">
+        <v>0</v>
+      </c>
+      <c r="M19" s="7">
+        <v>0</v>
+      </c>
+      <c r="O19" s="7">
+        <v>-0.2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
-        <v>277</v>
+        <v>182</v>
       </c>
       <c r="B20" t="s">
+        <v>90</v>
+      </c>
+      <c r="C20" s="7">
+        <v>1.7</v>
+      </c>
+      <c r="E20" s="7">
+        <v>1.7</v>
+      </c>
+      <c r="G20" s="7">
+        <v>1.7</v>
+      </c>
+      <c r="I20" s="7">
+        <v>1.7</v>
+      </c>
+      <c r="K20" s="7">
+        <v>0</v>
+      </c>
+      <c r="M20" s="7">
+        <v>0</v>
+      </c>
+      <c r="O20" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A21" t="s">
+        <v>183</v>
+      </c>
+      <c r="B21" t="s">
         <v>91</v>
       </c>
-      <c r="C20" s="7" t="n">
-[...25 lines deleted...]
-      <c r="B21" t="s">
+      <c r="C21" s="7">
+        <v>4.3</v>
+      </c>
+      <c r="E21" s="7">
+        <v>4.3</v>
+      </c>
+      <c r="G21" s="7">
+        <v>4.3</v>
+      </c>
+      <c r="I21" s="7">
+        <v>4.3</v>
+      </c>
+      <c r="K21" s="7">
+        <v>0</v>
+      </c>
+      <c r="M21" s="7">
+        <v>0</v>
+      </c>
+      <c r="O21" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A22" t="s">
+        <v>188</v>
+      </c>
+      <c r="B22" t="s">
         <v>92</v>
       </c>
-      <c r="C21" s="7" t="n">
-[...25 lines deleted...]
-      <c r="B22" t="s">
+      <c r="C22" s="7">
+        <v>15</v>
+      </c>
+      <c r="E22" s="7">
+        <v>14.9</v>
+      </c>
+      <c r="G22" s="7">
+        <v>15.1</v>
+      </c>
+      <c r="I22" s="7">
+        <v>15</v>
+      </c>
+      <c r="K22" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="M22" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="O22" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A23" t="s">
+        <v>199</v>
+      </c>
+      <c r="B23" t="s">
         <v>93</v>
       </c>
-      <c r="C22" s="7" t="n">
-[...25 lines deleted...]
-      <c r="B23" t="s">
+      <c r="C23" s="7">
+        <v>20.399999999999999</v>
+      </c>
+      <c r="E23" s="7">
+        <v>20.2</v>
+      </c>
+      <c r="G23" s="7">
+        <v>20.399999999999999</v>
+      </c>
+      <c r="I23" s="7">
+        <v>19.399999999999999</v>
+      </c>
+      <c r="K23" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+      <c r="M23" s="7">
+        <v>0</v>
+      </c>
+      <c r="O23" s="7">
+        <v>-1</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A24" t="s">
+        <v>206</v>
+      </c>
+      <c r="B24" t="s">
         <v>94</v>
       </c>
-      <c r="C23" s="7" t="n">
-[...28 lines deleted...]
-      <c r="C24" s="7" t="n">
+      <c r="C24" s="7">
+        <v>11.5</v>
+      </c>
+      <c r="E24" s="7">
         <v>11.8</v>
       </c>
-      <c r="E24" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G24" s="7" t="n">
+      <c r="G24" s="7">
+        <v>11.5</v>
+      </c>
+      <c r="I24" s="7">
         <v>11.7</v>
       </c>
-      <c r="I24" s="7" t="n">
-[...5 lines deleted...]
-      <c r="M24" s="7" t="n">
+      <c r="K24" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="M24" s="7">
+        <v>0</v>
+      </c>
+      <c r="O24" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A25" t="s">
+        <v>211</v>
+      </c>
+      <c r="B25" t="s">
+        <v>96</v>
+      </c>
+      <c r="C25" s="7">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="E25" s="7">
+        <v>5.2</v>
+      </c>
+      <c r="G25" s="7">
+        <v>5</v>
+      </c>
+      <c r="I25" s="7">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="K25" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="M25" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="O25" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A26" t="s">
+        <v>215</v>
+      </c>
+      <c r="C26">
+        <v>43.6</v>
+      </c>
+      <c r="E26">
+        <v>43.5</v>
+      </c>
+      <c r="G26">
+        <v>44.1</v>
+      </c>
+      <c r="I26">
+        <v>44.1</v>
+      </c>
+      <c r="K26">
         <v>0.100000000000001</v>
       </c>
-      <c r="O24" s="7" t="n">
+      <c r="M26">
+        <v>-0.5</v>
+      </c>
+      <c r="O26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A27" t="s">
+        <v>216</v>
+      </c>
+      <c r="C27">
+        <v>0.9</v>
+      </c>
+      <c r="E27">
+        <v>0.9</v>
+      </c>
+      <c r="G27">
+        <v>0.9</v>
+      </c>
+      <c r="I27">
+        <v>0.9</v>
+      </c>
+      <c r="K27">
+        <v>0</v>
+      </c>
+      <c r="M27">
+        <v>0</v>
+      </c>
+      <c r="O27">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A28" t="s">
+        <v>217</v>
+      </c>
+      <c r="C28">
+        <v>30.2</v>
+      </c>
+      <c r="E28">
+        <v>29.8</v>
+      </c>
+      <c r="G28">
+        <v>30.5</v>
+      </c>
+      <c r="I28">
+        <v>30.3</v>
+      </c>
+      <c r="K28">
+        <v>0.39999999999999902</v>
+      </c>
+      <c r="M28">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="O28">
+        <v>-0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A29" t="s">
+        <v>218</v>
+      </c>
+      <c r="C29">
+        <v>2.4</v>
+      </c>
+      <c r="E29">
+        <v>2</v>
+      </c>
+      <c r="G29">
+        <v>2.4</v>
+      </c>
+      <c r="I29">
+        <v>2.1</v>
+      </c>
+      <c r="K29">
+        <v>0.4</v>
+      </c>
+      <c r="M29">
+        <v>0</v>
+      </c>
+      <c r="O29">
+        <v>-0.3</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A30" t="s">
+        <v>220</v>
+      </c>
+      <c r="C30">
+        <v>12.5</v>
+      </c>
+      <c r="E30">
+        <v>12.8</v>
+      </c>
+      <c r="G30">
+        <v>12.7</v>
+      </c>
+      <c r="I30">
+        <v>12.9</v>
+      </c>
+      <c r="K30">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="M30">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="O30">
+        <v>0.20000000000000101</v>
+      </c>
+    </row>
+    <row r="31" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A31" t="s">
+        <v>221</v>
+      </c>
+      <c r="C31">
+        <v>6.7</v>
+      </c>
+      <c r="E31">
+        <v>6.6</v>
+      </c>
+      <c r="G31">
+        <v>6.4</v>
+      </c>
+      <c r="I31">
+        <v>6.4</v>
+      </c>
+      <c r="K31">
         <v>0.100000000000001</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B25" t="s">
+      <c r="M31">
+        <v>0.3</v>
+      </c>
+      <c r="O31">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A34" t="s">
         <v>97</v>
       </c>
-      <c r="C25" s="7" t="n">
-[...178 lines deleted...]
-      <c r="A34" t="s">
+    </row>
+    <row r="35" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A35" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="35">
-      <c r="A35" t="s">
+    <row r="36" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A36" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="36">
-      <c r="A36" t="s">
+    <row r="38" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A38" t="s">
         <v>100</v>
-      </c>
-[...3 lines deleted...]
-        <v>101</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
-  <dimension ref="A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
+  <dimension ref="A1:O44"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="54.140625" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="54.140625" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="10.7109375" hidden="0" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15" max="15" width="10.7109375" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.7109375" customWidth="1"/>
+    <col min="4" max="4" width="2.5703125" customWidth="1"/>
+    <col min="5" max="5" width="10.7109375" customWidth="1"/>
+    <col min="6" max="6" width="2.5703125" customWidth="1"/>
+    <col min="7" max="7" width="10.7109375" customWidth="1"/>
+    <col min="8" max="8" width="2.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10.7109375" customWidth="1"/>
+    <col min="10" max="10" width="2.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10.7109375" customWidth="1"/>
+    <col min="12" max="12" width="2.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10.7109375" customWidth="1"/>
+    <col min="14" max="14" width="2.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="2">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
-        <v>324</v>
+        <v>229</v>
       </c>
       <c r="M2" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3">
+    <row r="3" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="M3" s="6" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.2">
       <c r="C5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="G5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="K5" s="6" t="s">
-        <v>320</v>
+        <v>225</v>
       </c>
       <c r="M5" s="6" t="s">
-        <v>322</v>
+        <v>227</v>
       </c>
       <c r="O5" s="6" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      <c r="C6" s="6" t="n">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="C6" s="6">
         <v>2025</v>
       </c>
-      <c r="E6" s="6" t="n">
+      <c r="E6" s="6">
         <v>2025</v>
       </c>
-      <c r="G6" s="6" t="n">
+      <c r="G6" s="6">
         <v>2024</v>
       </c>
-      <c r="I6" s="6" t="n">
+      <c r="I6" s="6">
         <v>2024</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="7">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="9">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
-        <v>232</v>
-[...7 lines deleted...]
-      <c r="G9" s="7" t="n">
+        <v>137</v>
+      </c>
+      <c r="C9" s="7">
+        <v>2156.8000000000002</v>
+      </c>
+      <c r="E9" s="7">
+        <v>2160.9</v>
+      </c>
+      <c r="G9" s="7">
+        <v>2154.3000000000002</v>
+      </c>
+      <c r="I9" s="7">
         <v>2146.6</v>
       </c>
-      <c r="I9" s="7" t="n">
-[...12 lines deleted...]
-    <row r="10">
+      <c r="K9" s="7">
+        <v>-4.0999999999999099</v>
+      </c>
+      <c r="M9" s="7">
+        <v>2.5</v>
+      </c>
+      <c r="O9" s="7">
+        <v>-7.7000000000002702</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
-        <v>233</v>
-[...7 lines deleted...]
-      <c r="G10" s="7" t="n">
+        <v>138</v>
+      </c>
+      <c r="C10" s="7">
+        <v>1872.5</v>
+      </c>
+      <c r="E10" s="7">
+        <v>1882.2</v>
+      </c>
+      <c r="G10" s="7">
+        <v>1869.5</v>
+      </c>
+      <c r="I10" s="7">
         <v>1867.3</v>
       </c>
-      <c r="I10" s="7" t="n">
-[...12 lines deleted...]
-    <row r="11">
+      <c r="K10" s="7">
+        <v>-9.7000000000000508</v>
+      </c>
+      <c r="M10" s="7">
+        <v>3</v>
+      </c>
+      <c r="O10" s="7">
+        <v>-2.2000000000000499</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
-        <v>234</v>
-[...7 lines deleted...]
-      <c r="G11" s="7" t="n">
+        <v>139</v>
+      </c>
+      <c r="C11" s="7">
+        <v>285.89999999999998</v>
+      </c>
+      <c r="E11" s="7">
+        <v>287.2</v>
+      </c>
+      <c r="G11" s="7">
+        <v>297.8</v>
+      </c>
+      <c r="I11" s="7">
         <v>298.2</v>
       </c>
-      <c r="I11" s="7" t="n">
-[...2 lines deleted...]
-      <c r="K11" s="7" t="n">
+      <c r="K11" s="7">
+        <v>-1.30000000000001</v>
+      </c>
+      <c r="M11" s="7">
+        <v>-11.9</v>
+      </c>
+      <c r="O11" s="7">
+        <v>0.39999999999997699</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A12" t="s">
+        <v>142</v>
+      </c>
+      <c r="C12" s="7">
+        <v>122.9</v>
+      </c>
+      <c r="E12" s="7">
+        <v>124.1</v>
+      </c>
+      <c r="G12" s="7">
+        <v>127.9</v>
+      </c>
+      <c r="I12" s="7">
+        <v>129</v>
+      </c>
+      <c r="K12" s="7">
+        <v>-1.19999999999999</v>
+      </c>
+      <c r="M12" s="7">
+        <v>-5</v>
+      </c>
+      <c r="O12" s="7">
+        <v>1.0999999999999901</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A13" t="s">
+        <v>148</v>
+      </c>
+      <c r="C13" s="7">
+        <v>79.3</v>
+      </c>
+      <c r="E13" s="7">
+        <v>80</v>
+      </c>
+      <c r="G13" s="7">
+        <v>83.2</v>
+      </c>
+      <c r="I13" s="7">
+        <v>83.8</v>
+      </c>
+      <c r="K13" s="7">
+        <v>-0.70000000000000295</v>
+      </c>
+      <c r="M13" s="7">
+        <v>-3.9000000000000101</v>
+      </c>
+      <c r="O13" s="7">
+        <v>0.59999999999999398</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A14" t="s">
+        <v>149</v>
+      </c>
+      <c r="C14" s="7">
+        <v>163</v>
+      </c>
+      <c r="E14" s="7">
+        <v>163.1</v>
+      </c>
+      <c r="G14" s="7">
+        <v>169.9</v>
+      </c>
+      <c r="I14" s="7">
+        <v>169.2</v>
+      </c>
+      <c r="K14" s="7">
+        <v>-9.9999999999994302E-2</v>
+      </c>
+      <c r="M14" s="7">
+        <v>-6.9000000000000101</v>
+      </c>
+      <c r="O14" s="7">
+        <v>-0.70000000000001705</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A15" t="s">
+        <v>164</v>
+      </c>
+      <c r="C15" s="7">
+        <v>1870.9</v>
+      </c>
+      <c r="E15" s="7">
+        <v>1873.7</v>
+      </c>
+      <c r="G15" s="7">
+        <v>1856.5</v>
+      </c>
+      <c r="I15" s="7">
+        <v>1848.4</v>
+      </c>
+      <c r="K15" s="7">
+        <v>-2.7999999999999501</v>
+      </c>
+      <c r="M15" s="7">
+        <v>14.4000000000001</v>
+      </c>
+      <c r="O15" s="7">
+        <v>-8.0999999999999108</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A16" t="s">
+        <v>165</v>
+      </c>
+      <c r="C16" s="7">
+        <v>1586.6</v>
+      </c>
+      <c r="E16" s="7">
+        <v>1595</v>
+      </c>
+      <c r="G16" s="7">
+        <v>1571.7</v>
+      </c>
+      <c r="I16" s="7">
+        <v>1569.1</v>
+      </c>
+      <c r="K16" s="7">
+        <v>-8.4000000000000892</v>
+      </c>
+      <c r="M16" s="7">
+        <v>14.899999999999901</v>
+      </c>
+      <c r="O16" s="7">
+        <v>-2.60000000000014</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A17" t="s">
+        <v>166</v>
+      </c>
+      <c r="C17" s="7">
+        <v>356</v>
+      </c>
+      <c r="E17" s="7">
+        <v>357.3</v>
+      </c>
+      <c r="G17" s="7">
+        <v>355.8</v>
+      </c>
+      <c r="I17" s="7">
+        <v>355.3</v>
+      </c>
+      <c r="K17" s="7">
+        <v>-1.30000000000001</v>
+      </c>
+      <c r="M17" s="7">
+        <v>0.19999999999998899</v>
+      </c>
+      <c r="O17" s="7">
+        <v>-0.5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A18" t="s">
+        <v>167</v>
+      </c>
+      <c r="C18" s="7">
+        <v>83.8</v>
+      </c>
+      <c r="E18" s="7">
+        <v>84.1</v>
+      </c>
+      <c r="G18" s="7">
+        <v>83.8</v>
+      </c>
+      <c r="I18" s="7">
+        <v>83.8</v>
+      </c>
+      <c r="K18" s="7">
+        <v>-0.29999999999999699</v>
+      </c>
+      <c r="M18" s="7">
+        <v>0</v>
+      </c>
+      <c r="O18" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A19" t="s">
+        <v>171</v>
+      </c>
+      <c r="C19" s="7">
+        <v>176.7</v>
+      </c>
+      <c r="E19" s="7">
+        <v>177.4</v>
+      </c>
+      <c r="G19" s="7">
+        <v>176.8</v>
+      </c>
+      <c r="I19" s="7">
+        <v>176.8</v>
+      </c>
+      <c r="K19" s="7">
+        <v>-0.70000000000001705</v>
+      </c>
+      <c r="M19" s="7">
         <v>-0.100000000000023</v>
       </c>
-      <c r="M11" s="7" t="n">
-[...2 lines deleted...]
-      <c r="O11" s="7" t="n">
+      <c r="O19" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A20" t="s">
+        <v>174</v>
+      </c>
+      <c r="C20" s="7">
+        <v>39.299999999999997</v>
+      </c>
+      <c r="E20" s="7">
+        <v>39.6</v>
+      </c>
+      <c r="G20" s="7">
+        <v>39.1</v>
+      </c>
+      <c r="I20" s="7">
+        <v>39</v>
+      </c>
+      <c r="K20" s="7">
+        <v>-0.30000000000000399</v>
+      </c>
+      <c r="M20" s="7">
+        <v>0.19999999999999599</v>
+      </c>
+      <c r="O20" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A21" t="s">
+        <v>175</v>
+      </c>
+      <c r="C21" s="7">
+        <v>95.5</v>
+      </c>
+      <c r="E21" s="7">
+        <v>95.8</v>
+      </c>
+      <c r="G21" s="7">
+        <v>95.2</v>
+      </c>
+      <c r="I21" s="7">
+        <v>94.7</v>
+      </c>
+      <c r="K21" s="7">
+        <v>-0.29999999999999699</v>
+      </c>
+      <c r="M21" s="7">
+        <v>0.29999999999999699</v>
+      </c>
+      <c r="O21" s="7">
         <v>-0.5</v>
       </c>
     </row>
-    <row r="12">
-[...44 lines deleted...]
-      <c r="M13" s="7" t="n">
+    <row r="22" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A22" t="s">
+        <v>182</v>
+      </c>
+      <c r="C22" s="7">
+        <v>136.19999999999999</v>
+      </c>
+      <c r="E22" s="7">
+        <v>136.9</v>
+      </c>
+      <c r="G22" s="7">
+        <v>137</v>
+      </c>
+      <c r="I22" s="7">
+        <v>137.69999999999999</v>
+      </c>
+      <c r="K22" s="7">
+        <v>-0.70000000000001705</v>
+      </c>
+      <c r="M22" s="7">
+        <v>-0.80000000000001104</v>
+      </c>
+      <c r="O22" s="7">
+        <v>0.69999999999998896</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A23" t="s">
+        <v>183</v>
+      </c>
+      <c r="C23" s="7">
+        <v>101</v>
+      </c>
+      <c r="E23" s="7">
+        <v>101.9</v>
+      </c>
+      <c r="G23" s="7">
+        <v>101.7</v>
+      </c>
+      <c r="I23" s="7">
+        <v>101.9</v>
+      </c>
+      <c r="K23" s="7">
+        <v>-0.90000000000000602</v>
+      </c>
+      <c r="M23" s="7">
+        <v>-0.70000000000000295</v>
+      </c>
+      <c r="O23" s="7">
+        <v>0.20000000000000301</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A24" t="s">
+        <v>188</v>
+      </c>
+      <c r="C24" s="7">
+        <v>390.1</v>
+      </c>
+      <c r="E24" s="7">
+        <v>390.5</v>
+      </c>
+      <c r="G24" s="7">
+        <v>388.5</v>
+      </c>
+      <c r="I24" s="7">
+        <v>388.9</v>
+      </c>
+      <c r="K24" s="7">
+        <v>-0.39999999999997699</v>
+      </c>
+      <c r="M24" s="7">
+        <v>1.6000000000000201</v>
+      </c>
+      <c r="O24" s="7">
+        <v>0.39999999999997699</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A25" t="s">
+        <v>195</v>
+      </c>
+      <c r="C25" s="7">
+        <v>115.4</v>
+      </c>
+      <c r="E25" s="7">
+        <v>114.9</v>
+      </c>
+      <c r="G25" s="7">
+        <v>114.3</v>
+      </c>
+      <c r="I25" s="7">
+        <v>112.8</v>
+      </c>
+      <c r="K25" s="7">
+        <v>0.5</v>
+      </c>
+      <c r="M25" s="7">
+        <v>1.1000000000000101</v>
+      </c>
+      <c r="O25" s="7">
+        <v>-1.5</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A26" t="s">
+        <v>196</v>
+      </c>
+      <c r="C26" s="7">
+        <v>108.1</v>
+      </c>
+      <c r="E26" s="7">
+        <v>107.6</v>
+      </c>
+      <c r="G26" s="7">
+        <v>107.2</v>
+      </c>
+      <c r="I26" s="7">
+        <v>105.8</v>
+      </c>
+      <c r="K26" s="7">
+        <v>0.5</v>
+      </c>
+      <c r="M26" s="7">
+        <v>0.89999999999999103</v>
+      </c>
+      <c r="O26" s="7">
+        <v>-1.4000000000000099</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A27" t="s">
+        <v>199</v>
+      </c>
+      <c r="C27" s="7">
+        <v>318.10000000000002</v>
+      </c>
+      <c r="E27" s="7">
+        <v>316.8</v>
+      </c>
+      <c r="G27" s="7">
+        <v>306.89999999999998</v>
+      </c>
+      <c r="I27" s="7">
+        <v>300.3</v>
+      </c>
+      <c r="K27" s="7">
+        <v>1.30000000000001</v>
+      </c>
+      <c r="M27" s="7">
+        <v>11.2</v>
+      </c>
+      <c r="O27" s="7">
+        <v>-6.5999999999999703</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A28" t="s">
+        <v>202</v>
+      </c>
+      <c r="C28" s="7">
+        <v>101.9</v>
+      </c>
+      <c r="E28" s="7">
+        <v>102.5</v>
+      </c>
+      <c r="G28" s="7">
+        <v>98.2</v>
+      </c>
+      <c r="I28" s="7">
+        <v>97.6</v>
+      </c>
+      <c r="K28" s="7">
+        <v>-0.59999999999999398</v>
+      </c>
+      <c r="M28" s="7">
+        <v>3.7</v>
+      </c>
+      <c r="O28" s="7">
+        <v>-0.60000000000000897</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A29" t="s">
+        <v>203</v>
+      </c>
+      <c r="C29" s="7">
+        <v>53.3</v>
+      </c>
+      <c r="E29" s="7">
+        <v>53.4</v>
+      </c>
+      <c r="G29" s="7">
+        <v>52.3</v>
+      </c>
+      <c r="I29" s="7">
+        <v>51.8</v>
+      </c>
+      <c r="K29" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="M29" s="7">
+        <v>1</v>
+      </c>
+      <c r="O29" s="7">
+        <v>-0.5</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A30" t="s">
+        <v>206</v>
+      </c>
+      <c r="C30">
+        <v>211.4</v>
+      </c>
+      <c r="E30">
+        <v>214.5</v>
+      </c>
+      <c r="G30">
+        <v>208.9</v>
+      </c>
+      <c r="I30">
+        <v>211.5</v>
+      </c>
+      <c r="K30">
+        <v>-3.0999999999999899</v>
+      </c>
+      <c r="M30">
+        <v>2.5</v>
+      </c>
+      <c r="O30">
+        <v>2.5999999999999899</v>
+      </c>
+    </row>
+    <row r="31" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A31" t="s">
+        <v>210</v>
+      </c>
+      <c r="C31" s="7">
+        <v>153</v>
+      </c>
+      <c r="E31" s="7">
+        <v>156.5</v>
+      </c>
+      <c r="G31" s="7">
+        <v>152.9</v>
+      </c>
+      <c r="I31" s="7">
+        <v>153.4</v>
+      </c>
+      <c r="K31" s="7">
         <v>-3.5</v>
       </c>
-      <c r="O13" s="7" t="n">
-[...207 lines deleted...]
-      <c r="O21" s="7" t="n">
+      <c r="M31" s="7">
+        <v>9.9999999999994302E-2</v>
+      </c>
+      <c r="O31" s="7">
         <v>0.5</v>
       </c>
     </row>
-    <row r="22">
-[...125 lines deleted...]
-      <c r="O26" s="7" t="n">
+    <row r="32" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A32" t="s">
+        <v>211</v>
+      </c>
+      <c r="C32">
+        <v>73.8</v>
+      </c>
+      <c r="E32">
+        <v>77.099999999999994</v>
+      </c>
+      <c r="G32">
+        <v>72.900000000000006</v>
+      </c>
+      <c r="I32">
+        <v>73.5</v>
+      </c>
+      <c r="K32">
+        <v>-3.3</v>
+      </c>
+      <c r="M32">
+        <v>0.89999999999999103</v>
+      </c>
+      <c r="O32">
+        <v>0.59999999999999398</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A33" t="s">
+        <v>215</v>
+      </c>
+      <c r="C33">
+        <v>284.3</v>
+      </c>
+      <c r="E33">
+        <v>278.7</v>
+      </c>
+      <c r="G33">
+        <v>284.8</v>
+      </c>
+      <c r="I33">
+        <v>279.3</v>
+      </c>
+      <c r="K33">
+        <v>5.6000000000000201</v>
+      </c>
+      <c r="M33">
         <v>-0.5</v>
       </c>
-    </row>
-[...182 lines deleted...]
-    <row r="34">
+      <c r="O33">
+        <v>-5.5</v>
+      </c>
+    </row>
+    <row r="34" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
-        <v>311</v>
-[...23 lines deleted...]
-    <row r="35">
+        <v>216</v>
+      </c>
+      <c r="C34">
+        <v>32.299999999999997</v>
+      </c>
+      <c r="E34">
+        <v>32.299999999999997</v>
+      </c>
+      <c r="G34">
+        <v>33</v>
+      </c>
+      <c r="I34">
+        <v>33.200000000000003</v>
+      </c>
+      <c r="K34">
+        <v>0</v>
+      </c>
+      <c r="M34">
+        <v>-0.70000000000000295</v>
+      </c>
+      <c r="O34">
+        <v>0.20000000000000301</v>
+      </c>
+    </row>
+    <row r="35" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
-        <v>312</v>
-[...13 lines deleted...]
-      <c r="K35" t="n">
+        <v>217</v>
+      </c>
+      <c r="C35">
+        <v>71.5</v>
+      </c>
+      <c r="E35">
+        <v>66.900000000000006</v>
+      </c>
+      <c r="G35">
+        <v>74.099999999999994</v>
+      </c>
+      <c r="I35">
+        <v>69.400000000000006</v>
+      </c>
+      <c r="K35">
+        <v>4.5999999999999899</v>
+      </c>
+      <c r="M35">
+        <v>-2.5999999999999899</v>
+      </c>
+      <c r="O35">
+        <v>-4.6999999999999904</v>
+      </c>
+    </row>
+    <row r="36" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A36" t="s">
+        <v>218</v>
+      </c>
+      <c r="C36">
+        <v>45.1</v>
+      </c>
+      <c r="E36">
+        <v>40.700000000000003</v>
+      </c>
+      <c r="G36">
+        <v>47.4</v>
+      </c>
+      <c r="I36">
+        <v>42.7</v>
+      </c>
+      <c r="K36">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="M36">
+        <v>-2.2999999999999998</v>
+      </c>
+      <c r="O36">
+        <v>-4.7</v>
+      </c>
+    </row>
+    <row r="37" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A37" t="s">
+        <v>220</v>
+      </c>
+      <c r="C37">
+        <v>180.5</v>
+      </c>
+      <c r="E37">
+        <v>179.5</v>
+      </c>
+      <c r="G37">
+        <v>177.7</v>
+      </c>
+      <c r="I37">
+        <v>176.7</v>
+      </c>
+      <c r="K37">
+        <v>1</v>
+      </c>
+      <c r="M37">
+        <v>2.80000000000001</v>
+      </c>
+      <c r="O37">
         <v>-1</v>
       </c>
-      <c r="M35" t="n">
-[...58 lines deleted...]
-    <row r="38">
+    </row>
+    <row r="38" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
-        <v>316</v>
-[...1 lines deleted...]
-      <c r="C38" t="n">
+        <v>221</v>
+      </c>
+      <c r="C38">
+        <v>79.3</v>
+      </c>
+      <c r="E38">
         <v>76.8</v>
       </c>
-      <c r="E38" t="n">
-[...18 lines deleted...]
-    <row r="40">
+      <c r="G38">
+        <v>78.5</v>
+      </c>
+      <c r="I38">
+        <v>75.599999999999994</v>
+      </c>
+      <c r="K38">
+        <v>2.5</v>
+      </c>
+      <c r="M38">
+        <v>0.79999999999999705</v>
+      </c>
+      <c r="O38">
+        <v>-2.9000000000000101</v>
+      </c>
+    </row>
+    <row r="40" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="41" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A41" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="41">
-      <c r="A41" t="s">
+    <row r="42" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A42" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="42">
-      <c r="A42" t="s">
+    <row r="44" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A44" t="s">
         <v>100</v>
-      </c>
-[...3 lines deleted...]
-        <v>101</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
-  <dimension ref="A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
+  <dimension ref="A1:O42"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="54.140625" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="54.140625" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="10.7109375" hidden="0" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15" max="15" width="10.7109375" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.7109375" customWidth="1"/>
+    <col min="4" max="4" width="2.5703125" customWidth="1"/>
+    <col min="5" max="5" width="10.7109375" customWidth="1"/>
+    <col min="6" max="6" width="2.5703125" customWidth="1"/>
+    <col min="7" max="7" width="10.7109375" customWidth="1"/>
+    <col min="8" max="8" width="2.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10.7109375" customWidth="1"/>
+    <col min="10" max="10" width="2.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10.7109375" customWidth="1"/>
+    <col min="12" max="12" width="2.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10.7109375" customWidth="1"/>
+    <col min="14" max="14" width="2.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="2">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
-        <v>324</v>
+        <v>229</v>
       </c>
       <c r="M2" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3">
+    <row r="3" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="M3" s="6" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.2">
       <c r="C5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="G5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="K5" s="6" t="s">
-        <v>320</v>
+        <v>225</v>
       </c>
       <c r="M5" s="6" t="s">
-        <v>322</v>
+        <v>227</v>
       </c>
       <c r="O5" s="6" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      <c r="C6" s="6" t="n">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="C6" s="6">
         <v>2025</v>
       </c>
-      <c r="E6" s="6" t="n">
+      <c r="E6" s="6">
         <v>2025</v>
       </c>
-      <c r="G6" s="6" t="n">
+      <c r="G6" s="6">
         <v>2024</v>
       </c>
-      <c r="I6" s="6" t="n">
+      <c r="I6" s="6">
         <v>2024</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="7">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="9">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
-        <v>232</v>
-[...1 lines deleted...]
-      <c r="C9" s="7" t="n">
+        <v>137</v>
+      </c>
+      <c r="C9" s="7">
+        <v>28</v>
+      </c>
+      <c r="E9" s="7">
         <v>27.8</v>
       </c>
-      <c r="E9" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G9" s="7" t="n">
+      <c r="G9" s="7">
+        <v>28</v>
+      </c>
+      <c r="I9" s="7">
         <v>27.4</v>
       </c>
-      <c r="I9" s="7" t="n">
-[...12 lines deleted...]
-    <row r="10">
+      <c r="K9" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+      <c r="M9" s="7">
+        <v>0</v>
+      </c>
+      <c r="O9" s="7">
+        <v>-0.60000000000000098</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
-        <v>233</v>
-[...1 lines deleted...]
-      <c r="C10" s="7" t="n">
+        <v>138</v>
+      </c>
+      <c r="C10" s="7">
+        <v>21.9</v>
+      </c>
+      <c r="E10" s="7">
         <v>21.7</v>
       </c>
-      <c r="E10" s="7" t="n">
+      <c r="G10" s="7">
         <v>21.8</v>
       </c>
-      <c r="G10" s="7" t="n">
+      <c r="I10" s="7">
         <v>21.2</v>
       </c>
-      <c r="I10" s="7" t="n">
-[...2 lines deleted...]
-      <c r="K10" s="7" t="n">
+      <c r="K10" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+      <c r="M10" s="7">
+        <v>9.9999999999997896E-2</v>
+      </c>
+      <c r="O10" s="7">
+        <v>-0.60000000000000098</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A11" t="s">
+        <v>139</v>
+      </c>
+      <c r="C11" s="7">
+        <v>5.2</v>
+      </c>
+      <c r="E11" s="7">
+        <v>5.2</v>
+      </c>
+      <c r="G11" s="7">
+        <v>5.2</v>
+      </c>
+      <c r="I11" s="7">
+        <v>5.3</v>
+      </c>
+      <c r="K11" s="7">
+        <v>0</v>
+      </c>
+      <c r="M11" s="7">
+        <v>0</v>
+      </c>
+      <c r="O11" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A12" t="s">
+        <v>142</v>
+      </c>
+      <c r="C12" s="7">
+        <v>1.2</v>
+      </c>
+      <c r="E12" s="7">
+        <v>1.2</v>
+      </c>
+      <c r="G12" s="7">
+        <v>1.2</v>
+      </c>
+      <c r="I12" s="7">
+        <v>1.3</v>
+      </c>
+      <c r="K12" s="7">
+        <v>0</v>
+      </c>
+      <c r="M12" s="7">
+        <v>0</v>
+      </c>
+      <c r="O12" s="7">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A13" t="s">
+        <v>149</v>
+      </c>
+      <c r="C13" s="7">
+        <v>4</v>
+      </c>
+      <c r="E13" s="7">
+        <v>4</v>
+      </c>
+      <c r="G13" s="7">
+        <v>4</v>
+      </c>
+      <c r="I13" s="7">
+        <v>4</v>
+      </c>
+      <c r="K13" s="7">
+        <v>0</v>
+      </c>
+      <c r="M13" s="7">
+        <v>0</v>
+      </c>
+      <c r="O13" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A14" t="s">
+        <v>150</v>
+      </c>
+      <c r="C14" s="7">
+        <v>0.8</v>
+      </c>
+      <c r="E14" s="7">
+        <v>0.8</v>
+      </c>
+      <c r="G14" s="7">
+        <v>0.8</v>
+      </c>
+      <c r="I14" s="7">
+        <v>0.8</v>
+      </c>
+      <c r="K14" s="7">
+        <v>0</v>
+      </c>
+      <c r="M14" s="7">
+        <v>0</v>
+      </c>
+      <c r="O14" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A15" t="s">
+        <v>159</v>
+      </c>
+      <c r="C15" s="7">
+        <v>3.2</v>
+      </c>
+      <c r="E15" s="7">
+        <v>3.2</v>
+      </c>
+      <c r="G15" s="7">
+        <v>3.2</v>
+      </c>
+      <c r="I15" s="7">
+        <v>3.2</v>
+      </c>
+      <c r="K15" s="7">
+        <v>0</v>
+      </c>
+      <c r="M15" s="7">
+        <v>0</v>
+      </c>
+      <c r="O15" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A16" t="s">
+        <v>160</v>
+      </c>
+      <c r="C16" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="E16" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="G16" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="I16" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="K16" s="7">
+        <v>0</v>
+      </c>
+      <c r="M16" s="7">
+        <v>0</v>
+      </c>
+      <c r="O16" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A17" t="s">
+        <v>164</v>
+      </c>
+      <c r="C17" s="7">
+        <v>22.8</v>
+      </c>
+      <c r="E17" s="7">
+        <v>22.6</v>
+      </c>
+      <c r="G17" s="7">
+        <v>22.8</v>
+      </c>
+      <c r="I17" s="7">
+        <v>22.1</v>
+      </c>
+      <c r="K17" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+      <c r="M17" s="7">
+        <v>0</v>
+      </c>
+      <c r="O17" s="7">
+        <v>-0.69999999999999896</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A18" t="s">
+        <v>165</v>
+      </c>
+      <c r="C18" s="7">
+        <v>16.7</v>
+      </c>
+      <c r="E18" s="7">
+        <v>16.5</v>
+      </c>
+      <c r="G18" s="7">
+        <v>16.600000000000001</v>
+      </c>
+      <c r="I18" s="7">
+        <v>15.9</v>
+      </c>
+      <c r="K18" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+      <c r="M18" s="7">
+        <v>9.9999999999997896E-2</v>
+      </c>
+      <c r="O18" s="7">
+        <v>-0.70000000000000095</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A19" t="s">
+        <v>166</v>
+      </c>
+      <c r="C19" s="7">
+        <v>3.9</v>
+      </c>
+      <c r="E19" s="7">
+        <v>3.9</v>
+      </c>
+      <c r="G19" s="7">
+        <v>3.9</v>
+      </c>
+      <c r="I19" s="7">
+        <v>3.9</v>
+      </c>
+      <c r="K19" s="7">
+        <v>0</v>
+      </c>
+      <c r="M19" s="7">
+        <v>0</v>
+      </c>
+      <c r="O19" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A20" t="s">
+        <v>167</v>
+      </c>
+      <c r="C20" s="7">
+        <v>0.9</v>
+      </c>
+      <c r="E20" s="7">
+        <v>0.9</v>
+      </c>
+      <c r="G20" s="7">
+        <v>0.9</v>
+      </c>
+      <c r="I20" s="7">
+        <v>0.9</v>
+      </c>
+      <c r="K20" s="7">
+        <v>0</v>
+      </c>
+      <c r="M20" s="7">
+        <v>0</v>
+      </c>
+      <c r="O20" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A21" t="s">
+        <v>171</v>
+      </c>
+      <c r="C21" s="7">
+        <v>2.4</v>
+      </c>
+      <c r="E21" s="7">
+        <v>2.4</v>
+      </c>
+      <c r="G21" s="7">
+        <v>2.4</v>
+      </c>
+      <c r="I21" s="7">
+        <v>2.4</v>
+      </c>
+      <c r="K21" s="7">
+        <v>0</v>
+      </c>
+      <c r="M21" s="7">
+        <v>0</v>
+      </c>
+      <c r="O21" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A22" t="s">
+        <v>175</v>
+      </c>
+      <c r="C22" s="7">
+        <v>0.6</v>
+      </c>
+      <c r="E22" s="7">
+        <v>0.6</v>
+      </c>
+      <c r="G22" s="7">
+        <v>0.6</v>
+      </c>
+      <c r="I22" s="7">
+        <v>0.6</v>
+      </c>
+      <c r="K22" s="7">
+        <v>0</v>
+      </c>
+      <c r="M22" s="7">
+        <v>0</v>
+      </c>
+      <c r="O22" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A23" t="s">
+        <v>182</v>
+      </c>
+      <c r="C23" s="7">
+        <v>0.2</v>
+      </c>
+      <c r="E23" s="7">
+        <v>0.2</v>
+      </c>
+      <c r="G23" s="7">
+        <v>0.2</v>
+      </c>
+      <c r="I23" s="7">
+        <v>0.2</v>
+      </c>
+      <c r="K23" s="7">
+        <v>0</v>
+      </c>
+      <c r="M23" s="7">
+        <v>0</v>
+      </c>
+      <c r="O23" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A24" t="s">
+        <v>183</v>
+      </c>
+      <c r="C24" s="7">
+        <v>0.9</v>
+      </c>
+      <c r="E24" s="7">
+        <v>0.9</v>
+      </c>
+      <c r="G24" s="7">
+        <v>0.9</v>
+      </c>
+      <c r="I24" s="7">
+        <v>0.8</v>
+      </c>
+      <c r="K24" s="7">
+        <v>0</v>
+      </c>
+      <c r="M24" s="7">
+        <v>0</v>
+      </c>
+      <c r="O24" s="7">
+        <v>-0.1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A25" t="s">
+        <v>188</v>
+      </c>
+      <c r="C25" s="7">
+        <v>1.2</v>
+      </c>
+      <c r="E25" s="7">
+        <v>1.2</v>
+      </c>
+      <c r="G25" s="7">
+        <v>1.2</v>
+      </c>
+      <c r="I25" s="7">
+        <v>1.2</v>
+      </c>
+      <c r="K25" s="7">
+        <v>0</v>
+      </c>
+      <c r="M25" s="7">
+        <v>0</v>
+      </c>
+      <c r="O25" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A26" t="s">
+        <v>199</v>
+      </c>
+      <c r="C26" s="7">
+        <v>7.4</v>
+      </c>
+      <c r="E26" s="7">
+        <v>7.1</v>
+      </c>
+      <c r="G26" s="7">
+        <v>7.3</v>
+      </c>
+      <c r="I26" s="7">
+        <v>6.7</v>
+      </c>
+      <c r="K26" s="7">
+        <v>0.30000000000000099</v>
+      </c>
+      <c r="M26" s="7">
+        <v>0.100000000000001</v>
+      </c>
+      <c r="O26" s="7">
+        <v>-0.6</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A27" t="s">
+        <v>200</v>
+      </c>
+      <c r="C27" s="7">
+        <v>2.8</v>
+      </c>
+      <c r="E27" s="7">
+        <v>2.5</v>
+      </c>
+      <c r="G27" s="7">
+        <v>2.7</v>
+      </c>
+      <c r="I27" s="7">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="K27" s="7">
+        <v>0.3</v>
+      </c>
+      <c r="M27" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="O27" s="7">
+        <v>-0.5</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A28" t="s">
+        <v>201</v>
+      </c>
+      <c r="C28" s="7">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="E28" s="7">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="G28" s="7">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="I28" s="7">
+        <v>4.5</v>
+      </c>
+      <c r="K28" s="7">
+        <v>0</v>
+      </c>
+      <c r="M28" s="7">
+        <v>0</v>
+      </c>
+      <c r="O28" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A29" t="s">
+        <v>206</v>
+      </c>
+      <c r="C29" s="7">
+        <v>2.5</v>
+      </c>
+      <c r="E29" s="7">
+        <v>2.6</v>
+      </c>
+      <c r="G29" s="7">
+        <v>2.5</v>
+      </c>
+      <c r="I29" s="7">
+        <v>2.6</v>
+      </c>
+      <c r="K29" s="7">
+        <v>-0.1</v>
+      </c>
+      <c r="M29" s="7">
+        <v>0</v>
+      </c>
+      <c r="O29" s="7">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A30" t="s">
+        <v>211</v>
+      </c>
+      <c r="C30">
+        <v>0.6</v>
+      </c>
+      <c r="E30">
+        <v>0.6</v>
+      </c>
+      <c r="G30">
+        <v>0.6</v>
+      </c>
+      <c r="I30">
+        <v>0.5</v>
+      </c>
+      <c r="K30">
+        <v>0</v>
+      </c>
+      <c r="M30">
+        <v>0</v>
+      </c>
+      <c r="O30">
+        <v>-0.1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A31" t="s">
+        <v>215</v>
+      </c>
+      <c r="C31">
+        <v>6.1</v>
+      </c>
+      <c r="E31">
+        <v>6.1</v>
+      </c>
+      <c r="G31">
+        <v>6.2</v>
+      </c>
+      <c r="I31">
+        <v>6.2</v>
+      </c>
+      <c r="K31">
+        <v>0</v>
+      </c>
+      <c r="M31">
         <v>-0.100000000000001</v>
       </c>
-      <c r="M10" s="7" t="n">
-[...51 lines deleted...]
-      <c r="M12" s="7" t="n">
+      <c r="O31">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A32" t="s">
+        <v>216</v>
+      </c>
+      <c r="C32">
+        <v>1.8</v>
+      </c>
+      <c r="E32">
+        <v>1.8</v>
+      </c>
+      <c r="G32">
+        <v>1.9</v>
+      </c>
+      <c r="I32">
+        <v>1.9</v>
+      </c>
+      <c r="K32">
+        <v>0</v>
+      </c>
+      <c r="M32">
+        <v>-9.9999999999999895E-2</v>
+      </c>
+      <c r="O32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A33" t="s">
+        <v>217</v>
+      </c>
+      <c r="C33">
+        <v>1.8</v>
+      </c>
+      <c r="E33">
+        <v>1.7</v>
+      </c>
+      <c r="G33">
+        <v>1.8</v>
+      </c>
+      <c r="I33">
+        <v>1.7</v>
+      </c>
+      <c r="K33">
+        <v>0.1</v>
+      </c>
+      <c r="M33">
+        <v>0</v>
+      </c>
+      <c r="O33">
         <v>-0.1</v>
       </c>
-      <c r="O12" s="7" t="n">
-[...181 lines deleted...]
-      <c r="O19" s="7" t="n">
+    </row>
+    <row r="34" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A34" t="s">
+        <v>220</v>
+      </c>
+      <c r="C34">
+        <v>2.5</v>
+      </c>
+      <c r="E34">
+        <v>2.6</v>
+      </c>
+      <c r="G34">
+        <v>2.5</v>
+      </c>
+      <c r="I34">
+        <v>2.6</v>
+      </c>
+      <c r="K34">
+        <v>-0.1</v>
+      </c>
+      <c r="M34">
+        <v>0</v>
+      </c>
+      <c r="O34">
         <v>0.1</v>
       </c>
     </row>
-    <row r="20">
-[...389 lines deleted...]
-    <row r="38">
+    <row r="38" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="39" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A39" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="39">
-      <c r="A39" t="s">
+    <row r="40" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A40" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="40">
-      <c r="A40" t="s">
+    <row r="42" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A42" t="s">
         <v>100</v>
-      </c>
-[...3 lines deleted...]
-        <v>101</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
-  <dimension ref="A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
+  <dimension ref="A1:O31"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="54.140625" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="54.140625" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="10.7109375" hidden="0" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15" max="15" width="10.7109375" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.7109375" customWidth="1"/>
+    <col min="4" max="4" width="2.5703125" customWidth="1"/>
+    <col min="5" max="5" width="10.7109375" customWidth="1"/>
+    <col min="6" max="6" width="2.5703125" customWidth="1"/>
+    <col min="7" max="7" width="10.7109375" customWidth="1"/>
+    <col min="8" max="8" width="2.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10.7109375" customWidth="1"/>
+    <col min="10" max="10" width="2.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10.7109375" customWidth="1"/>
+    <col min="12" max="12" width="2.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10.7109375" customWidth="1"/>
+    <col min="14" max="14" width="2.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="2">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
-        <v>324</v>
+        <v>229</v>
       </c>
       <c r="M2" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3">
+    <row r="3" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="M3" s="6" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.2">
       <c r="C5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="G5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="K5" s="6" t="s">
-        <v>320</v>
+        <v>225</v>
       </c>
       <c r="M5" s="6" t="s">
-        <v>322</v>
+        <v>227</v>
       </c>
       <c r="O5" s="6" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      <c r="C6" s="6" t="n">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="C6" s="6">
         <v>2025</v>
       </c>
-      <c r="E6" s="6" t="n">
+      <c r="E6" s="6">
         <v>2025</v>
       </c>
-      <c r="G6" s="6" t="n">
+      <c r="G6" s="6">
         <v>2024</v>
       </c>
-      <c r="I6" s="6" t="n">
+      <c r="I6" s="6">
         <v>2024</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="7">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="9">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
-        <v>232</v>
+        <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G9" s="7" t="n">
+      <c r="C9" s="7">
+        <v>49.5</v>
+      </c>
+      <c r="E9" s="7">
+        <v>49.7</v>
+      </c>
+      <c r="G9" s="7">
+        <v>50</v>
+      </c>
+      <c r="I9" s="7">
         <v>50.1</v>
       </c>
-      <c r="I9" s="7" t="n">
-[...12 lines deleted...]
-    <row r="10">
+      <c r="K9" s="7">
+        <v>-0.20000000000000301</v>
+      </c>
+      <c r="M9" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="O9" s="7">
+        <v>0.100000000000001</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
-        <v>233</v>
+        <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
-      <c r="C10" s="7" t="n">
+      <c r="C10" s="7">
+        <v>40.1</v>
+      </c>
+      <c r="E10" s="7">
+        <v>40.4</v>
+      </c>
+      <c r="G10" s="7">
         <v>40.5</v>
       </c>
-      <c r="E10" s="7" t="n">
-[...18 lines deleted...]
-    <row r="11">
+      <c r="I10" s="7">
+        <v>40.700000000000003</v>
+      </c>
+      <c r="K10" s="7">
+        <v>-0.29999999999999699</v>
+      </c>
+      <c r="M10" s="7">
+        <v>-0.39999999999999902</v>
+      </c>
+      <c r="O10" s="7">
+        <v>0.20000000000000301</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
-        <v>234</v>
+        <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="7" t="n">
+      <c r="C11" s="7">
+        <v>6.8</v>
+      </c>
+      <c r="E11" s="7">
         <v>6.9</v>
       </c>
-      <c r="E11" s="7" t="n">
+      <c r="G11" s="7">
         <v>6.9</v>
       </c>
-      <c r="G11" s="7" t="n">
+      <c r="I11" s="7">
         <v>7.1</v>
       </c>
-      <c r="I11" s="7" t="n">
-[...12 lines deleted...]
-    <row r="12">
+      <c r="K11" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="M11" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="O11" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
-        <v>237</v>
+        <v>142</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="C12" s="7" t="n">
+        <v>103</v>
+      </c>
+      <c r="C12" s="7">
+        <v>3.8</v>
+      </c>
+      <c r="E12" s="7">
         <v>3.9</v>
       </c>
-      <c r="E12" s="7" t="n">
+      <c r="G12" s="7">
         <v>3.9</v>
       </c>
-      <c r="G12" s="7" t="n">
+      <c r="I12" s="7">
         <v>4</v>
       </c>
-      <c r="I12" s="7" t="n">
-[...5 lines deleted...]
-      <c r="M12" s="7" t="n">
+      <c r="K12" s="7">
         <v>-0.1</v>
       </c>
-      <c r="O12" s="7" t="n">
-[...3 lines deleted...]
-    <row r="13">
+      <c r="M12" s="7">
+        <v>-0.1</v>
+      </c>
+      <c r="O12" s="7">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
-        <v>244</v>
+        <v>149</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
-      <c r="C13" s="7" t="n">
+      <c r="C13" s="7">
         <v>3</v>
       </c>
-      <c r="E13" s="7" t="n">
+      <c r="E13" s="7">
         <v>3</v>
       </c>
-      <c r="G13" s="7" t="n">
+      <c r="G13" s="7">
+        <v>3</v>
+      </c>
+      <c r="I13" s="7">
         <v>3.1</v>
       </c>
-      <c r="I13" s="7" t="n">
-[...12 lines deleted...]
-    <row r="14">
+      <c r="K13" s="7">
+        <v>0</v>
+      </c>
+      <c r="M13" s="7">
+        <v>0</v>
+      </c>
+      <c r="O13" s="7">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
-        <v>259</v>
+        <v>164</v>
       </c>
       <c r="B14" t="s">
         <v>34</v>
       </c>
-      <c r="C14" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G14" s="7" t="n">
+      <c r="C14" s="7">
+        <v>42.7</v>
+      </c>
+      <c r="E14" s="7">
+        <v>42.8</v>
+      </c>
+      <c r="G14" s="7">
+        <v>43.1</v>
+      </c>
+      <c r="I14" s="7">
         <v>43</v>
       </c>
-      <c r="I14" s="7" t="n">
-[...5 lines deleted...]
-      <c r="M14" s="7" t="n">
+      <c r="K14" s="7">
+        <v>-9.9999999999994302E-2</v>
+      </c>
+      <c r="M14" s="7">
+        <v>-0.39999999999999902</v>
+      </c>
+      <c r="O14" s="7">
         <v>-0.100000000000001</v>
       </c>
-      <c r="O14" s="7" t="n">
-[...3 lines deleted...]
-    <row r="15">
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
-        <v>260</v>
+        <v>165</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="C15" s="7" t="n">
+        <v>105</v>
+      </c>
+      <c r="C15" s="7">
+        <v>33.299999999999997</v>
+      </c>
+      <c r="E15" s="7">
+        <v>33.5</v>
+      </c>
+      <c r="G15" s="7">
         <v>33.6</v>
       </c>
-      <c r="E15" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G15" s="7" t="n">
+      <c r="I15" s="7">
         <v>33.6</v>
       </c>
-      <c r="I15" s="7" t="n">
-[...12 lines deleted...]
-    <row r="16">
+      <c r="K15" s="7">
+        <v>-0.20000000000000301</v>
+      </c>
+      <c r="M15" s="7">
+        <v>-0.30000000000000399</v>
+      </c>
+      <c r="O15" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
-        <v>261</v>
+        <v>166</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="C16" s="7" t="n">
+      <c r="C16" s="7">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="E16" s="7">
         <v>9.6</v>
       </c>
-      <c r="E16" s="7" t="n">
-[...18 lines deleted...]
-    <row r="17">
+      <c r="G16" s="7">
+        <v>9.9</v>
+      </c>
+      <c r="I16" s="7">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="K16" s="7">
+        <v>0.20000000000000101</v>
+      </c>
+      <c r="M16" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="O16" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
-        <v>266</v>
+        <v>171</v>
       </c>
       <c r="B17" t="s">
         <v>40</v>
       </c>
-      <c r="C17" s="7" t="n">
+      <c r="C17" s="7">
         <v>6.4</v>
       </c>
-      <c r="E17" s="7" t="n">
+      <c r="E17" s="7">
+        <v>6.4</v>
+      </c>
+      <c r="G17" s="7">
+        <v>6.4</v>
+      </c>
+      <c r="I17" s="7">
         <v>6.5</v>
       </c>
-      <c r="G17" s="7" t="n">
-[...15 lines deleted...]
-    <row r="18">
+      <c r="K17" s="7">
+        <v>0</v>
+      </c>
+      <c r="M17" s="7">
+        <v>0</v>
+      </c>
+      <c r="O17" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
-        <v>294</v>
+        <v>199</v>
       </c>
       <c r="B18" t="s">
         <v>74</v>
       </c>
-      <c r="C18" s="7" t="n">
+      <c r="C18" s="7">
+        <v>9</v>
+      </c>
+      <c r="E18" s="7">
         <v>8.9</v>
       </c>
-      <c r="E18" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G18" s="7" t="n">
+      <c r="G18" s="7">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="I18" s="7">
         <v>8.6</v>
       </c>
-      <c r="I18" s="7" t="n">
-[...12 lines deleted...]
-    <row r="19">
+      <c r="K18" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="M18" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+      <c r="O18" s="7">
+        <v>-0.20000000000000101</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
-        <v>301</v>
+        <v>206</v>
       </c>
       <c r="B19" t="s">
         <v>81</v>
       </c>
-      <c r="C19" s="7" t="n">
+      <c r="C19" s="7">
+        <v>7.4</v>
+      </c>
+      <c r="E19" s="7">
         <v>7.7</v>
       </c>
-      <c r="E19" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G19" s="7" t="n">
+      <c r="G19" s="7">
+        <v>7.5</v>
+      </c>
+      <c r="I19" s="7">
         <v>7.7</v>
       </c>
-      <c r="I19" s="7" t="n">
-[...12 lines deleted...]
-    <row r="20">
+      <c r="K19" s="7">
+        <v>-0.3</v>
+      </c>
+      <c r="M19" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="O19" s="7">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
-        <v>310</v>
+        <v>215</v>
       </c>
       <c r="B20" t="s">
+        <v>90</v>
+      </c>
+      <c r="C20" s="7">
+        <v>9.4</v>
+      </c>
+      <c r="E20" s="7">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="G20" s="7">
+        <v>9.5</v>
+      </c>
+      <c r="I20" s="7">
+        <v>9.4</v>
+      </c>
+      <c r="K20" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="M20" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="O20" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A21" t="s">
+        <v>216</v>
+      </c>
+      <c r="B21" t="s">
         <v>91</v>
       </c>
-      <c r="C20" s="7" t="n">
-[...25 lines deleted...]
-      <c r="B21" t="s">
+      <c r="C21" s="7">
+        <v>0.9</v>
+      </c>
+      <c r="E21" s="7">
+        <v>0.9</v>
+      </c>
+      <c r="G21" s="7">
+        <v>1</v>
+      </c>
+      <c r="I21" s="7">
+        <v>1</v>
+      </c>
+      <c r="K21" s="7">
+        <v>0</v>
+      </c>
+      <c r="M21" s="7">
+        <v>-0.1</v>
+      </c>
+      <c r="O21" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A22" t="s">
+        <v>217</v>
+      </c>
+      <c r="B22" t="s">
         <v>92</v>
       </c>
-      <c r="C21" s="7" t="n">
-[...50 lines deleted...]
-    <row r="23">
+      <c r="C22" s="7">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="E22" s="7">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="G22" s="7">
+        <v>1.2</v>
+      </c>
+      <c r="I22" s="7">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="K22" s="7">
+        <v>0</v>
+      </c>
+      <c r="M22" s="7">
+        <v>-9.9999999999999895E-2</v>
+      </c>
+      <c r="O22" s="7">
+        <v>-9.9999999999999895E-2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
-        <v>315</v>
+        <v>220</v>
       </c>
       <c r="B23" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="C23" s="7" t="n">
+        <v>94</v>
+      </c>
+      <c r="C23" s="7">
+        <v>7.4</v>
+      </c>
+      <c r="E23" s="7">
         <v>7.3</v>
       </c>
-      <c r="E23" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G23" s="7" t="n">
+      <c r="G23" s="7">
         <v>7.3</v>
       </c>
-      <c r="I23" s="7" t="n">
-[...12 lines deleted...]
-    <row r="27">
+      <c r="I23" s="7">
+        <v>7.3</v>
+      </c>
+      <c r="K23" s="7">
+        <v>0.100000000000001</v>
+      </c>
+      <c r="M23" s="7">
+        <v>0.100000000000001</v>
+      </c>
+      <c r="O23" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A28" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="28">
-      <c r="A28" t="s">
+    <row r="29" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A29" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="29">
-      <c r="A29" t="s">
+    <row r="31" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A31" t="s">
         <v>100</v>
-      </c>
-[...3 lines deleted...]
-        <v>101</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
-  <dimension ref="A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
+  <dimension ref="A1:O39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="54.140625" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="54.140625" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="10.7109375" hidden="0" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15" max="15" width="10.7109375" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.7109375" customWidth="1"/>
+    <col min="4" max="4" width="2.5703125" customWidth="1"/>
+    <col min="5" max="5" width="10.7109375" customWidth="1"/>
+    <col min="6" max="6" width="2.5703125" customWidth="1"/>
+    <col min="7" max="7" width="10.7109375" customWidth="1"/>
+    <col min="8" max="8" width="2.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10.7109375" customWidth="1"/>
+    <col min="10" max="10" width="2.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10.7109375" customWidth="1"/>
+    <col min="12" max="12" width="2.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10.7109375" customWidth="1"/>
+    <col min="14" max="14" width="2.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-    <row r="2">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
-        <v>324</v>
+        <v>229</v>
       </c>
       <c r="M2" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3">
+    <row r="3" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="M3" s="6" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.2">
       <c r="C5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="G5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="K5" s="6" t="s">
-        <v>320</v>
+        <v>225</v>
       </c>
       <c r="M5" s="6" t="s">
-        <v>322</v>
+        <v>227</v>
       </c>
       <c r="O5" s="6" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      <c r="C6" s="6" t="n">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="C6" s="6">
         <v>2025</v>
       </c>
-      <c r="E6" s="6" t="n">
+      <c r="E6" s="6">
         <v>2025</v>
       </c>
-      <c r="G6" s="6" t="n">
+      <c r="G6" s="6">
         <v>2024</v>
       </c>
-      <c r="I6" s="6" t="n">
+      <c r="I6" s="6">
         <v>2024</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="7">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="9">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
-        <v>232</v>
+        <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="7" t="n">
+      <c r="C9" s="7">
         <v>90.3</v>
       </c>
-      <c r="E9" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G9" s="7" t="n">
+      <c r="E9" s="7">
+        <v>90.2</v>
+      </c>
+      <c r="G9" s="7">
+        <v>90.7</v>
+      </c>
+      <c r="I9" s="7">
         <v>89.6</v>
       </c>
-      <c r="I9" s="7" t="n">
-[...12 lines deleted...]
-    <row r="10">
+      <c r="K9" s="7">
+        <v>9.9999999999994302E-2</v>
+      </c>
+      <c r="M9" s="7">
+        <v>-0.40000000000000602</v>
+      </c>
+      <c r="O9" s="7">
+        <v>-1.1000000000000101</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
-        <v>233</v>
+        <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
-      <c r="C10" s="7" t="n">
-[...21 lines deleted...]
-    <row r="11">
+      <c r="C10" s="7">
+        <v>72.2</v>
+      </c>
+      <c r="E10" s="7">
+        <v>72.400000000000006</v>
+      </c>
+      <c r="G10" s="7">
+        <v>72.400000000000006</v>
+      </c>
+      <c r="I10" s="7">
+        <v>71.599999999999994</v>
+      </c>
+      <c r="K10" s="7">
+        <v>-0.20000000000000301</v>
+      </c>
+      <c r="M10" s="7">
+        <v>-0.20000000000000301</v>
+      </c>
+      <c r="O10" s="7">
+        <v>-0.80000000000001104</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
-        <v>234</v>
+        <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="7" t="n">
+      <c r="C11" s="7">
+        <v>12.2</v>
+      </c>
+      <c r="E11" s="7">
         <v>12</v>
       </c>
-      <c r="E11" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G11" s="7" t="n">
+      <c r="G11" s="7">
+        <v>12.7</v>
+      </c>
+      <c r="I11" s="7">
         <v>12.3</v>
       </c>
-      <c r="I11" s="7" t="n">
-[...12 lines deleted...]
-    <row r="12">
+      <c r="K11" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+      <c r="M11" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="O11" s="7">
+        <v>-0.39999999999999902</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
-        <v>237</v>
+        <v>142</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="C12" s="7" t="n">
+        <v>103</v>
+      </c>
+      <c r="C12" s="7">
         <v>4.2</v>
       </c>
-      <c r="E12" s="7" t="n">
+      <c r="E12" s="7">
         <v>4.2</v>
       </c>
-      <c r="G12" s="7" t="n">
-[...8 lines deleted...]
-      <c r="M12" s="7" t="n">
+      <c r="G12" s="7">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="I12" s="7">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="K12" s="7">
+        <v>0</v>
+      </c>
+      <c r="M12" s="7">
         <v>-0.2</v>
       </c>
-      <c r="O12" s="7" t="n">
-[...3 lines deleted...]
-    <row r="13">
+      <c r="O12" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
-        <v>244</v>
+        <v>149</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
-      <c r="C13" s="7" t="n">
+      <c r="C13" s="7">
+        <v>8</v>
+      </c>
+      <c r="E13" s="7">
         <v>7.8</v>
       </c>
-      <c r="E13" s="7" t="n">
+      <c r="G13" s="7">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="I13" s="7">
         <v>7.9</v>
       </c>
-      <c r="G13" s="7" t="n">
-[...15 lines deleted...]
-    <row r="14">
+      <c r="K13" s="7">
+        <v>0.2</v>
+      </c>
+      <c r="M13" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="O13" s="7">
+        <v>-0.4</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
-        <v>254</v>
+        <v>159</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
-      <c r="C14" s="7" t="n">
+      <c r="C14" s="7">
+        <v>5.6</v>
+      </c>
+      <c r="E14" s="7">
         <v>5.4</v>
       </c>
-      <c r="E14" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G14" s="7" t="n">
+      <c r="G14" s="7">
+        <v>5.7</v>
+      </c>
+      <c r="I14" s="7">
         <v>5.4</v>
       </c>
-      <c r="I14" s="7" t="n">
-[...12 lines deleted...]
-    <row r="15">
+      <c r="K14" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+      <c r="M14" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="O14" s="7">
+        <v>-0.3</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
-        <v>259</v>
+        <v>164</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
-      <c r="C15" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G15" s="7" t="n">
+      <c r="C15" s="7">
+        <v>78.099999999999994</v>
+      </c>
+      <c r="E15" s="7">
+        <v>78.2</v>
+      </c>
+      <c r="G15" s="7">
+        <v>78</v>
+      </c>
+      <c r="I15" s="7">
         <v>77.3</v>
       </c>
-      <c r="I15" s="7" t="n">
-[...12 lines deleted...]
-    <row r="16">
+      <c r="K15" s="7">
+        <v>-0.100000000000009</v>
+      </c>
+      <c r="M15" s="7">
+        <v>9.9999999999994302E-2</v>
+      </c>
+      <c r="O15" s="7">
+        <v>-0.70000000000000295</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
-        <v>260</v>
+        <v>165</v>
       </c>
       <c r="B16" t="s">
-        <v>106</v>
-[...7 lines deleted...]
-      <c r="G16" s="7" t="n">
+        <v>105</v>
+      </c>
+      <c r="C16" s="7">
+        <v>60</v>
+      </c>
+      <c r="E16" s="7">
+        <v>60.4</v>
+      </c>
+      <c r="G16" s="7">
+        <v>59.7</v>
+      </c>
+      <c r="I16" s="7">
         <v>59.3</v>
       </c>
-      <c r="I16" s="7" t="n">
-[...12 lines deleted...]
-    <row r="17">
+      <c r="K16" s="7">
+        <v>-0.39999999999999902</v>
+      </c>
+      <c r="M16" s="7">
+        <v>0.29999999999999699</v>
+      </c>
+      <c r="O16" s="7">
+        <v>-0.40000000000000602</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
-        <v>261</v>
+        <v>166</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
-      <c r="C17" s="7" t="n">
+      <c r="C17" s="7">
+        <v>19.7</v>
+      </c>
+      <c r="E17" s="7">
         <v>19.8</v>
       </c>
-      <c r="E17" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G17" s="7" t="n">
+      <c r="G17" s="7">
+        <v>19.899999999999999</v>
+      </c>
+      <c r="I17" s="7">
         <v>19.5</v>
       </c>
-      <c r="I17" s="7" t="n">
-[...12 lines deleted...]
-    <row r="18">
+      <c r="K17" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="M17" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="O17" s="7">
+        <v>-0.39999999999999902</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
-        <v>262</v>
+        <v>167</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
-      <c r="C18" s="7" t="n">
+      <c r="C18" s="7">
         <v>4.7</v>
       </c>
-      <c r="E18" s="7" t="n">
+      <c r="E18" s="7">
         <v>4.7</v>
       </c>
-      <c r="G18" s="7" t="n">
+      <c r="G18" s="7">
+        <v>4.7</v>
+      </c>
+      <c r="I18" s="7">
         <v>4.5</v>
       </c>
-      <c r="I18" s="7" t="n">
-[...12 lines deleted...]
-    <row r="19">
+      <c r="K18" s="7">
+        <v>0</v>
+      </c>
+      <c r="M18" s="7">
+        <v>0</v>
+      </c>
+      <c r="O18" s="7">
+        <v>-0.2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
-        <v>266</v>
+        <v>171</v>
       </c>
       <c r="B19" t="s">
         <v>40</v>
       </c>
-      <c r="C19" s="7" t="n">
+      <c r="C19" s="7">
+        <v>11.3</v>
+      </c>
+      <c r="E19" s="7">
         <v>11.4</v>
       </c>
-      <c r="E19" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G19" s="7" t="n">
+      <c r="G19" s="7">
+        <v>11.3</v>
+      </c>
+      <c r="I19" s="7">
         <v>11.2</v>
       </c>
-      <c r="I19" s="7" t="n">
-[...12 lines deleted...]
-    <row r="20">
+      <c r="K19" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M19" s="7">
+        <v>0</v>
+      </c>
+      <c r="O19" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
-        <v>270</v>
+        <v>175</v>
       </c>
       <c r="B20" t="s">
         <v>48</v>
       </c>
-      <c r="C20" s="7" t="n">
+      <c r="C20" s="7">
         <v>3.7</v>
       </c>
-      <c r="E20" s="7" t="n">
+      <c r="E20" s="7">
         <v>3.7</v>
       </c>
-      <c r="G20" s="7" t="n">
+      <c r="G20" s="7">
+        <v>3.9</v>
+      </c>
+      <c r="I20" s="7">
         <v>3.8</v>
       </c>
-      <c r="I20" s="7" t="n">
-[...12 lines deleted...]
-    <row r="21">
+      <c r="K20" s="7">
+        <v>0</v>
+      </c>
+      <c r="M20" s="7">
+        <v>-0.2</v>
+      </c>
+      <c r="O20" s="7">
+        <v>-0.1</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
-        <v>277</v>
+        <v>182</v>
       </c>
       <c r="B21" t="s">
         <v>63</v>
       </c>
-      <c r="C21" s="7" t="n">
+      <c r="C21" s="7">
         <v>0.5</v>
       </c>
-      <c r="E21" s="7" t="n">
+      <c r="E21" s="7">
         <v>0.5</v>
       </c>
-      <c r="G21" s="7" t="n">
+      <c r="G21" s="7">
         <v>0.5</v>
       </c>
-      <c r="I21" s="7" t="n">
+      <c r="I21" s="7">
         <v>0.5</v>
       </c>
-      <c r="K21" s="7" t="n">
-[...9 lines deleted...]
-    <row r="22">
+      <c r="K21" s="7">
+        <v>0</v>
+      </c>
+      <c r="M21" s="7">
+        <v>0</v>
+      </c>
+      <c r="O21" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
-        <v>278</v>
+        <v>183</v>
       </c>
       <c r="B22" t="s">
         <v>74</v>
       </c>
-      <c r="C22" s="7" t="n">
+      <c r="C22" s="7">
+        <v>2.4</v>
+      </c>
+      <c r="E22" s="7">
         <v>2.5</v>
       </c>
-      <c r="E22" s="7" t="n">
+      <c r="G22" s="7">
+        <v>2.4</v>
+      </c>
+      <c r="I22" s="7">
         <v>2.5</v>
       </c>
-      <c r="G22" s="7" t="n">
-[...15 lines deleted...]
-    <row r="23">
+      <c r="K22" s="7">
+        <v>-0.1</v>
+      </c>
+      <c r="M22" s="7">
+        <v>0</v>
+      </c>
+      <c r="O22" s="7">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
-        <v>283</v>
+        <v>188</v>
       </c>
       <c r="B23" t="s">
         <v>76</v>
       </c>
-      <c r="C23" s="7" t="n">
+      <c r="C23" s="7">
+        <v>5.5</v>
+      </c>
+      <c r="E23" s="7">
+        <v>5.5</v>
+      </c>
+      <c r="G23" s="7">
         <v>5.4</v>
       </c>
-      <c r="E23" s="7" t="n">
+      <c r="I23" s="7">
         <v>5.5</v>
       </c>
-      <c r="G23" s="7" t="n">
-[...15 lines deleted...]
-    <row r="24">
+      <c r="K23" s="7">
+        <v>0</v>
+      </c>
+      <c r="M23" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="O23" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
-        <v>294</v>
+        <v>199</v>
       </c>
       <c r="B24" t="s">
         <v>81</v>
       </c>
-      <c r="C24" s="7" t="n">
+      <c r="C24" s="7">
+        <v>20.7</v>
+      </c>
+      <c r="E24" s="7">
         <v>20.6</v>
       </c>
-      <c r="E24" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G24" s="7" t="n">
+      <c r="G24" s="7">
+        <v>20.3</v>
+      </c>
+      <c r="I24" s="7">
         <v>19.8</v>
       </c>
-      <c r="I24" s="7" t="n">
-[...12 lines deleted...]
-    <row r="25">
+      <c r="K24" s="7">
+        <v>9.9999999999997896E-2</v>
+      </c>
+      <c r="M24" s="7">
+        <v>0.39999999999999902</v>
+      </c>
+      <c r="O24" s="7">
+        <v>-0.5</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
-        <v>296</v>
+        <v>201</v>
       </c>
       <c r="B25" t="s">
         <v>85</v>
       </c>
-      <c r="C25" s="7" t="n">
+      <c r="C25" s="7">
         <v>19.2</v>
       </c>
-      <c r="E25" s="7" t="n">
+      <c r="E25" s="7">
         <v>19.2</v>
       </c>
-      <c r="G25" s="7" t="n">
+      <c r="G25" s="7">
+        <v>18.8</v>
+      </c>
+      <c r="I25" s="7">
         <v>18.5</v>
       </c>
-      <c r="I25" s="7" t="n">
-[...12 lines deleted...]
-    <row r="26">
+      <c r="K25" s="7">
+        <v>0</v>
+      </c>
+      <c r="M25" s="7">
+        <v>0.39999999999999902</v>
+      </c>
+      <c r="O25" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
-        <v>301</v>
+        <v>206</v>
       </c>
       <c r="B26" t="s">
+        <v>90</v>
+      </c>
+      <c r="C26" s="7">
+        <v>8.5</v>
+      </c>
+      <c r="E26" s="7">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="G26" s="7">
+        <v>8.5</v>
+      </c>
+      <c r="I26" s="7">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="K26" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="M26" s="7">
+        <v>0</v>
+      </c>
+      <c r="O26" s="7">
+        <v>0.30000000000000099</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A27" t="s">
+        <v>210</v>
+      </c>
+      <c r="B27" t="s">
         <v>91</v>
       </c>
-      <c r="C26" s="7" t="n">
-[...11 lines deleted...]
-      <c r="K26" s="7" t="n">
+      <c r="C27" s="7">
+        <v>6.7</v>
+      </c>
+      <c r="E27" s="7">
+        <v>6.9</v>
+      </c>
+      <c r="G27" s="7">
+        <v>6.7</v>
+      </c>
+      <c r="I27" s="7">
+        <v>6.9</v>
+      </c>
+      <c r="K27" s="7">
+        <v>-0.2</v>
+      </c>
+      <c r="M27" s="7">
+        <v>0</v>
+      </c>
+      <c r="O27" s="7">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A28" t="s">
+        <v>211</v>
+      </c>
+      <c r="B28" t="s">
+        <v>92</v>
+      </c>
+      <c r="C28" s="7">
+        <v>2.7</v>
+      </c>
+      <c r="E28" s="7">
+        <v>2.8</v>
+      </c>
+      <c r="G28" s="7">
+        <v>2.7</v>
+      </c>
+      <c r="I28" s="7">
+        <v>2.7</v>
+      </c>
+      <c r="K28" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M28" s="7">
+        <v>0</v>
+      </c>
+      <c r="O28" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A29" t="s">
+        <v>215</v>
+      </c>
+      <c r="B29" t="s">
+        <v>94</v>
+      </c>
+      <c r="C29" s="7">
+        <v>18.100000000000001</v>
+      </c>
+      <c r="E29" s="7">
+        <v>17.8</v>
+      </c>
+      <c r="G29" s="7">
+        <v>18.3</v>
+      </c>
+      <c r="I29" s="7">
+        <v>18</v>
+      </c>
+      <c r="K29" s="7">
+        <v>0.30000000000000099</v>
+      </c>
+      <c r="M29" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="O29" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A30" t="s">
+        <v>216</v>
+      </c>
+      <c r="C30" s="7">
+        <v>1.3</v>
+      </c>
+      <c r="E30" s="7">
+        <v>1.3</v>
+      </c>
+      <c r="G30" s="7">
+        <v>1.3</v>
+      </c>
+      <c r="I30" s="7">
+        <v>1.3</v>
+      </c>
+      <c r="K30" s="7">
+        <v>0</v>
+      </c>
+      <c r="M30" s="7">
+        <v>0</v>
+      </c>
+      <c r="O30" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A31" t="s">
+        <v>217</v>
+      </c>
+      <c r="C31" s="7">
+        <v>2.6</v>
+      </c>
+      <c r="E31" s="7">
+        <v>2.5</v>
+      </c>
+      <c r="G31" s="7">
+        <v>2.7</v>
+      </c>
+      <c r="I31" s="7">
+        <v>2.6</v>
+      </c>
+      <c r="K31" s="7">
+        <v>0.1</v>
+      </c>
+      <c r="M31" s="7">
+        <v>-0.1</v>
+      </c>
+      <c r="O31" s="7">
+        <v>-0.1</v>
+      </c>
+    </row>
+    <row r="32" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A32" t="s">
+        <v>220</v>
+      </c>
+      <c r="C32" s="7">
+        <v>14.2</v>
+      </c>
+      <c r="E32" s="7">
+        <v>14</v>
+      </c>
+      <c r="G32" s="7">
+        <v>14.3</v>
+      </c>
+      <c r="I32" s="7">
+        <v>14.1</v>
+      </c>
+      <c r="K32" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+      <c r="M32" s="7">
         <v>-0.100000000000001</v>
       </c>
-      <c r="M26" s="7" t="n">
-[...171 lines deleted...]
-    <row r="35">
+      <c r="O32" s="7">
+        <v>-0.20000000000000101</v>
+      </c>
+    </row>
+    <row r="35" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="36" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A36" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="36">
-      <c r="A36" t="s">
+    <row r="37" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A37" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="37">
-      <c r="A37" t="s">
+    <row r="39" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A39" t="s">
         <v>100</v>
-      </c>
-[...3 lines deleted...]
-        <v>101</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
-  <dimension ref="A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="A1:Q101"/>
   <sheetViews>
-    <sheetView topLeftCell="A73" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="54.140625" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="54.140625" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="10.7109375" hidden="0" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15" max="15" width="10.7109375" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.7109375" customWidth="1"/>
+    <col min="4" max="4" width="2.5703125" customWidth="1"/>
+    <col min="5" max="5" width="10.7109375" customWidth="1"/>
+    <col min="6" max="6" width="2.5703125" customWidth="1"/>
+    <col min="7" max="7" width="10.7109375" customWidth="1"/>
+    <col min="8" max="8" width="2.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10.7109375" customWidth="1"/>
+    <col min="10" max="10" width="2.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10.7109375" customWidth="1"/>
+    <col min="12" max="12" width="2.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10.7109375" customWidth="1"/>
+    <col min="14" max="14" width="2.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1">
+    <row r="1" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2">
+    <row r="2" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
-        <v>324</v>
+        <v>229</v>
       </c>
       <c r="M2" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3">
+    <row r="3" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="M3" s="6" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5">
+    <row r="5" spans="1:17" x14ac:dyDescent="0.2">
       <c r="C5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="G5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="K5" s="6" t="s">
-        <v>320</v>
+        <v>225</v>
       </c>
       <c r="M5" s="6" t="s">
-        <v>322</v>
+        <v>227</v>
       </c>
       <c r="O5" s="6" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      <c r="C6" s="6" t="n">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="C6" s="6">
         <v>2025</v>
       </c>
-      <c r="E6" s="6" t="n">
+      <c r="E6" s="6">
         <v>2025</v>
       </c>
-      <c r="G6" s="6" t="n">
+      <c r="G6" s="6">
         <v>2024</v>
       </c>
-      <c r="I6" s="6" t="n">
+      <c r="I6" s="6">
         <v>2024</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="7">
+    <row r="7" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="9">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
-        <v>232</v>
+        <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G9" s="7" t="n">
+      <c r="C9" s="7">
+        <v>3666.8</v>
+      </c>
+      <c r="E9" s="7">
+        <v>3672</v>
+      </c>
+      <c r="G9" s="7">
+        <v>3667.1</v>
+      </c>
+      <c r="I9" s="7">
         <v>3650.3</v>
       </c>
-      <c r="I9" s="7" t="n">
-[...9 lines deleted...]
-        <v>4.19999999999982</v>
+      <c r="K9" s="7">
+        <v>-5.1999999999998199</v>
+      </c>
+      <c r="M9" s="7">
+        <v>-0.29999999999972699</v>
+      </c>
+      <c r="O9" s="7">
+        <v>-16.799999999999699</v>
       </c>
       <c r="P9" s="8"/>
       <c r="Q9" s="8"/>
     </row>
-    <row r="10">
+    <row r="10" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A10" s="9" t="s">
-        <v>233</v>
+        <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
-      <c r="C10" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G10" s="7" t="n">
+      <c r="C10" s="7">
+        <v>3067.5</v>
+      </c>
+      <c r="E10" s="7">
+        <v>3084.4</v>
+      </c>
+      <c r="G10" s="7">
+        <v>3061.6</v>
+      </c>
+      <c r="I10" s="7">
         <v>3056.5</v>
       </c>
-      <c r="I10" s="7" t="n">
-[...12 lines deleted...]
-    <row r="11">
+      <c r="K10" s="7">
+        <v>-16.900000000000102</v>
+      </c>
+      <c r="M10" s="7">
+        <v>5.9000000000000901</v>
+      </c>
+      <c r="O10" s="7">
+        <v>-5.0999999999999099</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
-        <v>234</v>
+        <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G11" s="7" t="n">
+      <c r="C11" s="7">
+        <v>497.4</v>
+      </c>
+      <c r="E11" s="7">
+        <v>500.9</v>
+      </c>
+      <c r="G11" s="7">
+        <v>514.6</v>
+      </c>
+      <c r="I11" s="7">
         <v>516</v>
       </c>
-      <c r="I11" s="7" t="n">
-[...12 lines deleted...]
-    <row r="12">
+      <c r="K11" s="7">
+        <v>-3.5</v>
+      </c>
+      <c r="M11" s="7">
+        <v>-17.2</v>
+      </c>
+      <c r="O11" s="7">
+        <v>1.3999999999999799</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
-        <v>235</v>
+        <v>140</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
-      <c r="C12" s="7" t="n">
+      <c r="C12" s="7">
         <v>5.4</v>
       </c>
-      <c r="E12" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G12" s="7" t="n">
+      <c r="E12" s="7">
         <v>5.4</v>
       </c>
-      <c r="I12" s="7" t="n">
+      <c r="G12" s="7">
+        <v>5.3</v>
+      </c>
+      <c r="I12" s="7">
         <v>5.4</v>
       </c>
-      <c r="K12" s="7" t="n">
-[...9 lines deleted...]
-    <row r="13">
+      <c r="K12" s="7">
+        <v>0</v>
+      </c>
+      <c r="M12" s="7">
+        <v>0.100000000000001</v>
+      </c>
+      <c r="O12" s="7">
+        <v>0.100000000000001</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
-        <v>236</v>
+        <v>141</v>
       </c>
       <c r="B13" t="s">
         <v>12</v>
       </c>
-      <c r="C13" s="7" t="n">
+      <c r="C13" s="7">
         <v>3.2</v>
       </c>
-      <c r="E13" s="7" t="n">
+      <c r="E13" s="7">
         <v>3.2</v>
       </c>
-      <c r="G13" s="7" t="n">
+      <c r="G13" s="7">
+        <v>3.1</v>
+      </c>
+      <c r="I13" s="7">
         <v>3.2</v>
       </c>
-      <c r="I13" s="7" t="n">
-[...12 lines deleted...]
-    <row r="14">
+      <c r="K13" s="7">
+        <v>0</v>
+      </c>
+      <c r="M13" s="7">
+        <v>0.1</v>
+      </c>
+      <c r="O13" s="7">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
-        <v>237</v>
+        <v>142</v>
       </c>
       <c r="B14" t="s">
         <v>13</v>
       </c>
-      <c r="C14" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G14" s="7" t="n">
+      <c r="C14" s="7">
+        <v>222.7</v>
+      </c>
+      <c r="E14" s="7">
+        <v>225.9</v>
+      </c>
+      <c r="G14" s="7">
+        <v>234.2</v>
+      </c>
+      <c r="I14" s="7">
         <v>236.4</v>
       </c>
-      <c r="I14" s="7" t="n">
-[...12 lines deleted...]
-    <row r="15">
+      <c r="K14" s="7">
+        <v>-3.2000000000000202</v>
+      </c>
+      <c r="M14" s="7">
+        <v>-11.5</v>
+      </c>
+      <c r="O14" s="7">
+        <v>2.2000000000000202</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
-        <v>238</v>
+        <v>143</v>
       </c>
       <c r="B15" t="s">
         <v>14</v>
       </c>
-      <c r="C15" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G15" s="7" t="n">
+      <c r="C15" s="7">
+        <v>217.3</v>
+      </c>
+      <c r="E15" s="7">
+        <v>220.5</v>
+      </c>
+      <c r="G15" s="7">
+        <v>228.9</v>
+      </c>
+      <c r="I15" s="7">
         <v>231</v>
       </c>
-      <c r="I15" s="7" t="n">
-[...12 lines deleted...]
-    <row r="16">
+      <c r="K15" s="7">
+        <v>-3.19999999999999</v>
+      </c>
+      <c r="M15" s="7">
+        <v>-11.6</v>
+      </c>
+      <c r="O15" s="7">
+        <v>2.0999999999999899</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
-        <v>239</v>
+        <v>144</v>
       </c>
       <c r="B16" t="s">
         <v>15</v>
       </c>
-      <c r="C16" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G16" s="7" t="n">
+      <c r="C16" s="7">
+        <v>58.2</v>
+      </c>
+      <c r="E16" s="7">
+        <v>59</v>
+      </c>
+      <c r="G16" s="7">
+        <v>60.5</v>
+      </c>
+      <c r="I16" s="7">
         <v>61.2</v>
       </c>
-      <c r="I16" s="7" t="n">
-[...12 lines deleted...]
-    <row r="17">
+      <c r="K16" s="7">
+        <v>-0.79999999999999705</v>
+      </c>
+      <c r="M16" s="7">
+        <v>-2.2999999999999998</v>
+      </c>
+      <c r="O16" s="7">
+        <v>0.70000000000000295</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
-        <v>240</v>
+        <v>145</v>
       </c>
       <c r="B17" t="s">
         <v>16</v>
       </c>
-      <c r="C17" s="7" t="n">
-[...17 lines deleted...]
-      <c r="O17" s="7" t="n">
+      <c r="C17" s="7">
+        <v>36.9</v>
+      </c>
+      <c r="E17" s="7">
+        <v>37.4</v>
+      </c>
+      <c r="G17" s="7">
+        <v>38</v>
+      </c>
+      <c r="I17" s="7">
+        <v>38.299999999999997</v>
+      </c>
+      <c r="K17" s="7">
         <v>-0.5</v>
       </c>
-    </row>
-    <row r="18">
+      <c r="M17" s="7">
+        <v>-1.1000000000000001</v>
+      </c>
+      <c r="O17" s="7">
+        <v>0.29999999999999699</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
-        <v>241</v>
+        <v>146</v>
       </c>
       <c r="B18" t="s">
         <v>17</v>
       </c>
-      <c r="C18" s="7" t="n">
+      <c r="C18" s="7">
+        <v>21.3</v>
+      </c>
+      <c r="E18" s="7">
         <v>21.6</v>
       </c>
-      <c r="E18" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G18" s="7" t="n">
+      <c r="G18" s="7">
+        <v>22.5</v>
+      </c>
+      <c r="I18" s="7">
         <v>22.9</v>
       </c>
-      <c r="I18" s="7" t="n">
-[...12 lines deleted...]
-    <row r="19">
+      <c r="K18" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="M18" s="7">
+        <v>-1.2</v>
+      </c>
+      <c r="O18" s="7">
+        <v>0.39999999999999902</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
-        <v>242</v>
+        <v>147</v>
       </c>
       <c r="B19" t="s">
         <v>18</v>
       </c>
-      <c r="C19" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G19" s="7" t="n">
+      <c r="C19" s="7">
+        <v>19.8</v>
+      </c>
+      <c r="E19" s="7">
+        <v>20.100000000000001</v>
+      </c>
+      <c r="G19" s="7">
+        <v>21.5</v>
+      </c>
+      <c r="I19" s="7">
         <v>21.7</v>
       </c>
-      <c r="I19" s="7" t="n">
-[...12 lines deleted...]
-    <row r="20">
+      <c r="K19" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="M19" s="7">
+        <v>-1.7</v>
+      </c>
+      <c r="O19" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
-        <v>243</v>
+        <v>148</v>
       </c>
       <c r="B20" t="s">
         <v>19</v>
       </c>
-      <c r="C20" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G20" s="7" t="n">
+      <c r="C20" s="7">
+        <v>139.30000000000001</v>
+      </c>
+      <c r="E20" s="7">
+        <v>141.4</v>
+      </c>
+      <c r="G20" s="7">
+        <v>146.9</v>
+      </c>
+      <c r="I20" s="7">
         <v>148.1</v>
       </c>
-      <c r="I20" s="7" t="n">
-[...12 lines deleted...]
-    <row r="21">
+      <c r="K20" s="7">
+        <v>-2.0999999999999899</v>
+      </c>
+      <c r="M20" s="7">
+        <v>-7.5999999999999899</v>
+      </c>
+      <c r="O20" s="7">
+        <v>1.19999999999999</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
-        <v>244</v>
+        <v>149</v>
       </c>
       <c r="B21" t="s">
         <v>20</v>
       </c>
-      <c r="C21" s="7" t="n">
-[...21 lines deleted...]
-    <row r="22">
+      <c r="C21" s="7">
+        <v>274.7</v>
+      </c>
+      <c r="E21" s="7">
+        <v>275</v>
+      </c>
+      <c r="G21" s="7">
+        <v>280.39999999999998</v>
+      </c>
+      <c r="I21" s="7">
+        <v>279.60000000000002</v>
+      </c>
+      <c r="K21" s="7">
+        <v>-0.30000000000001098</v>
+      </c>
+      <c r="M21" s="7">
+        <v>-5.6999999999999904</v>
+      </c>
+      <c r="O21" s="7">
+        <v>-0.79999999999995497</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
-        <v>245</v>
+        <v>150</v>
       </c>
       <c r="B22" t="s">
         <v>21</v>
       </c>
-      <c r="C22" s="7" t="n">
+      <c r="C22" s="7">
+        <v>186.2</v>
+      </c>
+      <c r="E22" s="7">
         <v>187.1</v>
       </c>
-      <c r="E22" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G22" s="7" t="n">
+      <c r="G22" s="7">
+        <v>192.4</v>
+      </c>
+      <c r="I22" s="7">
         <v>192.5</v>
       </c>
-      <c r="I22" s="7" t="n">
-[...12 lines deleted...]
-    <row r="23">
+      <c r="K22" s="7">
+        <v>-0.90000000000000602</v>
+      </c>
+      <c r="M22" s="7">
+        <v>-6.2000000000000197</v>
+      </c>
+      <c r="O22" s="7">
+        <v>9.9999999999994302E-2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
-        <v>246</v>
+        <v>151</v>
       </c>
       <c r="B23" t="s">
         <v>22</v>
       </c>
-      <c r="C23" s="7" t="n">
+      <c r="C23" s="7">
+        <v>12.7</v>
+      </c>
+      <c r="E23" s="7">
         <v>12.8</v>
       </c>
-      <c r="E23" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G23" s="7" t="n">
+      <c r="G23" s="7">
+        <v>13.2</v>
+      </c>
+      <c r="I23" s="7">
         <v>13.3</v>
       </c>
-      <c r="I23" s="7" t="n">
-[...5 lines deleted...]
-      <c r="M23" s="7" t="n">
+      <c r="K23" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="M23" s="7">
         <v>-0.5</v>
       </c>
-      <c r="O23" s="7" t="n">
-[...3 lines deleted...]
-    <row r="24">
+      <c r="O23" s="7">
+        <v>0.100000000000001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
-        <v>247</v>
+        <v>152</v>
       </c>
       <c r="B24" t="s">
         <v>23</v>
       </c>
-      <c r="C24" s="7" t="n">
+      <c r="C24" s="7">
         <v>5.7</v>
       </c>
-      <c r="E24" s="7" t="n">
+      <c r="E24" s="7">
         <v>5.7</v>
       </c>
-      <c r="G24" s="7" t="n">
+      <c r="G24" s="7">
         <v>5.8</v>
       </c>
-      <c r="I24" s="7" t="n">
-[...12 lines deleted...]
-    <row r="25">
+      <c r="I24" s="7">
+        <v>5.8</v>
+      </c>
+      <c r="K24" s="7">
+        <v>0</v>
+      </c>
+      <c r="M24" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="O24" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
-        <v>248</v>
+        <v>153</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
-      <c r="C25" s="7" t="n">
+      <c r="C25" s="7">
         <v>8.4</v>
       </c>
-      <c r="E25" s="7" t="n">
+      <c r="E25" s="7">
         <v>8.4</v>
       </c>
-      <c r="G25" s="7" t="n">
-[...15 lines deleted...]
-    <row r="26">
+      <c r="G25" s="7">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="I25" s="7">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="K25" s="7">
+        <v>0</v>
+      </c>
+      <c r="M25" s="7">
+        <v>-0.29999999999999899</v>
+      </c>
+      <c r="O25" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
-        <v>249</v>
+        <v>154</v>
       </c>
       <c r="B26" t="s">
         <v>25</v>
       </c>
-      <c r="C26" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G26" s="7" t="n">
+      <c r="C26" s="7">
+        <v>18.3</v>
+      </c>
+      <c r="E26" s="7">
+        <v>18.399999999999999</v>
+      </c>
+      <c r="G26" s="7">
+        <v>18.600000000000001</v>
+      </c>
+      <c r="I26" s="7">
         <v>18.5</v>
       </c>
-      <c r="I26" s="7" t="n">
-[...5 lines deleted...]
-      <c r="M26" s="7" t="n">
+      <c r="K26" s="7">
+        <v>-9.9999999999997896E-2</v>
+      </c>
+      <c r="M26" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="O26" s="7">
         <v>-0.100000000000001</v>
       </c>
-      <c r="O26" s="7" t="n">
-[...3 lines deleted...]
-    <row r="27">
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
-        <v>250</v>
+        <v>155</v>
       </c>
       <c r="B27" t="s">
         <v>26</v>
       </c>
-      <c r="C27" s="7" t="n">
+      <c r="C27" s="7">
+        <v>14.1</v>
+      </c>
+      <c r="E27" s="7">
         <v>14.2</v>
       </c>
-      <c r="E27" s="7" t="n">
+      <c r="G27" s="7">
         <v>14.3</v>
       </c>
-      <c r="G27" s="7" t="n">
+      <c r="I27" s="7">
         <v>14.5</v>
       </c>
-      <c r="I27" s="7" t="n">
-[...12 lines deleted...]
-    <row r="28">
+      <c r="K27" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M27" s="7">
+        <v>-0.20000000000000101</v>
+      </c>
+      <c r="O27" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
-        <v>251</v>
+        <v>156</v>
       </c>
       <c r="B28" t="s">
         <v>27</v>
       </c>
-      <c r="C28" s="7" t="n">
+      <c r="C28" s="7">
+        <v>18.2</v>
+      </c>
+      <c r="E28" s="7">
         <v>18.3</v>
       </c>
-      <c r="E28" s="7" t="n">
-[...18 lines deleted...]
-    <row r="29">
+      <c r="G28" s="7">
+        <v>18.399999999999999</v>
+      </c>
+      <c r="I28" s="7">
+        <v>18.399999999999999</v>
+      </c>
+      <c r="K28" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="M28" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="O28" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
-        <v>252</v>
+        <v>157</v>
       </c>
       <c r="B29" t="s">
         <v>28</v>
       </c>
-      <c r="C29" s="7" t="n">
+      <c r="C29" s="7">
+        <v>86.1</v>
+      </c>
+      <c r="E29" s="7">
         <v>85.8</v>
       </c>
-      <c r="E29" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G29" s="7" t="n">
+      <c r="G29" s="7">
+        <v>93.4</v>
+      </c>
+      <c r="I29" s="7">
         <v>93.1</v>
       </c>
-      <c r="I29" s="7" t="n">
-[...12 lines deleted...]
-    <row r="30">
+      <c r="K29" s="7">
+        <v>0.29999999999999699</v>
+      </c>
+      <c r="M29" s="7">
+        <v>-7.3000000000000096</v>
+      </c>
+      <c r="O29" s="7">
+        <v>-0.30000000000001098</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
-        <v>253</v>
+        <v>158</v>
       </c>
       <c r="B30" t="s">
         <v>29</v>
       </c>
-      <c r="C30" s="7" t="n">
+      <c r="C30" s="7">
+        <v>76.400000000000006</v>
+      </c>
+      <c r="E30" s="7">
         <v>76.3</v>
       </c>
-      <c r="E30" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G30" s="7" t="n">
+      <c r="G30" s="7">
+        <v>83.8</v>
+      </c>
+      <c r="I30" s="7">
         <v>83.5</v>
       </c>
-      <c r="I30" s="7" t="n">
-[...12 lines deleted...]
-    <row r="31">
+      <c r="K30" s="7">
+        <v>0.100000000000009</v>
+      </c>
+      <c r="M30" s="7">
+        <v>-7.3999999999999897</v>
+      </c>
+      <c r="O30" s="7">
+        <v>-0.29999999999999699</v>
+      </c>
+    </row>
+    <row r="31" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
-        <v>254</v>
+        <v>159</v>
       </c>
       <c r="B31" t="s">
         <v>30</v>
       </c>
-      <c r="C31" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G31" s="7" t="n">
+      <c r="C31" s="7">
+        <v>88.5</v>
+      </c>
+      <c r="E31" s="7">
+        <v>87.9</v>
+      </c>
+      <c r="G31" s="7">
+        <v>88</v>
+      </c>
+      <c r="I31" s="7">
         <v>87.1</v>
       </c>
-      <c r="I31" s="7" t="n">
-[...12 lines deleted...]
-    <row r="32">
+      <c r="K31" s="7">
+        <v>0.59999999999999398</v>
+      </c>
+      <c r="M31" s="7">
+        <v>0.5</v>
+      </c>
+      <c r="O31" s="7">
+        <v>-0.90000000000000602</v>
+      </c>
+    </row>
+    <row r="32" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
-        <v>255</v>
+        <v>160</v>
       </c>
       <c r="B32" t="s">
         <v>31</v>
       </c>
-      <c r="C32" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G32" s="7" t="n">
+      <c r="C32" s="7">
+        <v>44.2</v>
+      </c>
+      <c r="E32" s="7">
+        <v>43.5</v>
+      </c>
+      <c r="G32" s="7">
+        <v>42.6</v>
+      </c>
+      <c r="I32" s="7">
         <v>41.6</v>
       </c>
-      <c r="I32" s="7" t="n">
-[...12 lines deleted...]
-    <row r="33">
+      <c r="K32" s="7">
+        <v>0.70000000000000295</v>
+      </c>
+      <c r="M32" s="7">
+        <v>1.6</v>
+      </c>
+      <c r="O32" s="7">
+        <v>-1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
-        <v>256</v>
+        <v>161</v>
       </c>
       <c r="B33" t="s">
         <v>32</v>
       </c>
-      <c r="C33" s="7" t="n">
+      <c r="C33" s="7">
+        <v>12.7</v>
+      </c>
+      <c r="E33" s="7">
         <v>12.4</v>
       </c>
-      <c r="E33" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G33" s="7" t="n">
+      <c r="G33" s="7">
+        <v>12.6</v>
+      </c>
+      <c r="I33" s="7">
         <v>12.4</v>
       </c>
-      <c r="I33" s="7" t="n">
-[...12 lines deleted...]
-    <row r="34">
+      <c r="K33" s="7">
+        <v>0.29999999999999899</v>
+      </c>
+      <c r="M33" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="O33" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="34" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
-        <v>257</v>
+        <v>162</v>
       </c>
       <c r="B34" t="s">
         <v>33</v>
       </c>
-      <c r="C34" s="7" t="n">
+      <c r="C34" s="7">
         <v>7.1</v>
       </c>
-      <c r="E34" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G34" s="7" t="n">
+      <c r="E34" s="7">
+        <v>7.1</v>
+      </c>
+      <c r="G34" s="7">
         <v>7.2</v>
       </c>
-      <c r="I34" s="7" t="n">
-[...5 lines deleted...]
-      <c r="M34" s="7" t="n">
+      <c r="I34" s="7">
+        <v>7.2</v>
+      </c>
+      <c r="K34" s="7">
+        <v>0</v>
+      </c>
+      <c r="M34" s="7">
         <v>-0.100000000000001</v>
       </c>
-      <c r="O34" s="7" t="n">
-[...3 lines deleted...]
-    <row r="35">
+      <c r="O34" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
-        <v>258</v>
+        <v>163</v>
       </c>
       <c r="B35" t="s">
         <v>34</v>
       </c>
-      <c r="C35" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G35" s="7" t="n">
+      <c r="C35" s="7">
         <v>4.8</v>
       </c>
-      <c r="I35" s="7" t="n">
-[...12 lines deleted...]
-    <row r="36">
+      <c r="E35" s="7">
+        <v>4.8</v>
+      </c>
+      <c r="G35" s="7">
+        <v>4.8</v>
+      </c>
+      <c r="I35" s="7">
+        <v>4.8</v>
+      </c>
+      <c r="K35" s="7">
+        <v>0</v>
+      </c>
+      <c r="M35" s="7">
+        <v>0</v>
+      </c>
+      <c r="O35" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
-        <v>259</v>
+        <v>164</v>
       </c>
       <c r="B36" t="s">
         <v>35</v>
       </c>
-      <c r="C36" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G36" s="7" t="n">
+      <c r="C36" s="7">
+        <v>3169.4</v>
+      </c>
+      <c r="E36" s="7">
+        <v>3171.1</v>
+      </c>
+      <c r="G36" s="7">
+        <v>3152.5</v>
+      </c>
+      <c r="I36" s="7">
         <v>3134.3</v>
       </c>
-      <c r="I36" s="7" t="n">
-[...12 lines deleted...]
-    <row r="37">
+      <c r="K36" s="7">
+        <v>-1.6999999999998201</v>
+      </c>
+      <c r="M36" s="7">
+        <v>16.900000000000102</v>
+      </c>
+      <c r="O36" s="7">
+        <v>-18.1999999999998</v>
+      </c>
+    </row>
+    <row r="37" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
-        <v>260</v>
+        <v>165</v>
       </c>
       <c r="B37" t="s">
         <v>36</v>
       </c>
-      <c r="C37" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G37" s="7" t="n">
+      <c r="C37" s="7">
+        <v>2570.1</v>
+      </c>
+      <c r="E37" s="7">
+        <v>2583.5</v>
+      </c>
+      <c r="G37" s="7">
+        <v>2547</v>
+      </c>
+      <c r="I37" s="7">
         <v>2540.5</v>
       </c>
-      <c r="I37" s="7" t="n">
-[...12 lines deleted...]
-    <row r="38">
+      <c r="K37" s="7">
+        <v>-13.4000000000001</v>
+      </c>
+      <c r="M37" s="7">
+        <v>23.099999999999898</v>
+      </c>
+      <c r="O37" s="7">
+        <v>-6.5</v>
+      </c>
+    </row>
+    <row r="38" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
-        <v>261</v>
+        <v>166</v>
       </c>
       <c r="B38" t="s">
         <v>37</v>
       </c>
-      <c r="C38" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G38" s="7" t="n">
+      <c r="C38" s="7">
+        <v>627.6</v>
+      </c>
+      <c r="E38" s="7">
+        <v>630</v>
+      </c>
+      <c r="G38" s="7">
+        <v>630</v>
+      </c>
+      <c r="I38" s="7">
         <v>627.5</v>
       </c>
-      <c r="I38" s="7" t="n">
-[...12 lines deleted...]
-    <row r="39">
+      <c r="K38" s="7">
+        <v>-2.3999999999999799</v>
+      </c>
+      <c r="M38" s="7">
+        <v>-2.3999999999999799</v>
+      </c>
+      <c r="O38" s="7">
+        <v>-2.5</v>
+      </c>
+    </row>
+    <row r="39" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
-        <v>262</v>
+        <v>167</v>
       </c>
       <c r="B39" t="s">
         <v>38</v>
       </c>
-      <c r="C39" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E39" s="7" t="n">
+      <c r="C39" s="7">
+        <v>137.6</v>
+      </c>
+      <c r="E39" s="7">
+        <v>138.30000000000001</v>
+      </c>
+      <c r="G39" s="7">
         <v>139.1</v>
       </c>
-      <c r="G39" s="7" t="n">
+      <c r="I39" s="7">
         <v>138.5</v>
       </c>
-      <c r="I39" s="7" t="n">
-[...12 lines deleted...]
-    <row r="40">
+      <c r="K39" s="7">
+        <v>-0.70000000000001705</v>
+      </c>
+      <c r="M39" s="7">
+        <v>-1.5</v>
+      </c>
+      <c r="O39" s="7">
+        <v>-0.59999999999999398</v>
+      </c>
+    </row>
+    <row r="40" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
-        <v>263</v>
+        <v>168</v>
       </c>
       <c r="B40" t="s">
         <v>39</v>
       </c>
-      <c r="C40" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G40" s="7" t="n">
+      <c r="C40" s="7">
         <v>74.2</v>
       </c>
-      <c r="I40" s="7" t="n">
+      <c r="E40" s="7">
+        <v>75.099999999999994</v>
+      </c>
+      <c r="G40" s="7">
+        <v>74</v>
+      </c>
+      <c r="I40" s="7">
         <v>74.2</v>
       </c>
-      <c r="K40" s="7" t="n">
-[...9 lines deleted...]
-    <row r="41">
+      <c r="K40" s="7">
+        <v>-0.89999999999999103</v>
+      </c>
+      <c r="M40" s="7">
+        <v>0.20000000000000301</v>
+      </c>
+      <c r="O40" s="7">
+        <v>0.20000000000000301</v>
+      </c>
+    </row>
+    <row r="41" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
-        <v>264</v>
+        <v>169</v>
       </c>
       <c r="B41" t="s">
         <v>40</v>
       </c>
-      <c r="C41" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G41" s="7" t="n">
+      <c r="C41" s="7">
+        <v>50.1</v>
+      </c>
+      <c r="E41" s="7">
+        <v>49.9</v>
+      </c>
+      <c r="G41" s="7">
+        <v>51.7</v>
+      </c>
+      <c r="I41" s="7">
         <v>50.9</v>
       </c>
-      <c r="I41" s="7" t="n">
-[...12 lines deleted...]
-    <row r="42">
+      <c r="K41" s="7">
+        <v>0.20000000000000301</v>
+      </c>
+      <c r="M41" s="7">
+        <v>-1.6</v>
+      </c>
+      <c r="O41" s="7">
+        <v>-0.80000000000000404</v>
+      </c>
+    </row>
+    <row r="42" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
-        <v>265</v>
+        <v>170</v>
       </c>
       <c r="B42" t="s">
         <v>41</v>
       </c>
-      <c r="C42" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G42" s="7" t="n">
+      <c r="C42" s="7">
+        <v>13.3</v>
+      </c>
+      <c r="E42" s="7">
+        <v>13.3</v>
+      </c>
+      <c r="G42" s="7">
         <v>13.4</v>
       </c>
-      <c r="I42" s="7" t="n">
+      <c r="I42" s="7">
         <v>13.4</v>
       </c>
-      <c r="K42" s="7" t="n">
-[...9 lines deleted...]
-    <row r="43">
+      <c r="K42" s="7">
+        <v>0</v>
+      </c>
+      <c r="M42" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="O42" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
-        <v>266</v>
+        <v>171</v>
       </c>
       <c r="B43" t="s">
         <v>42</v>
       </c>
-      <c r="C43" s="7" t="n">
+      <c r="C43" s="7">
+        <v>335.1</v>
+      </c>
+      <c r="E43" s="7">
         <v>335.7</v>
       </c>
-      <c r="E43" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G43" s="7" t="n">
+      <c r="G43" s="7">
+        <v>335.5</v>
+      </c>
+      <c r="I43" s="7">
         <v>335.6</v>
       </c>
-      <c r="I43" s="7" t="n">
-[...12 lines deleted...]
-    <row r="44">
+      <c r="K43" s="7">
+        <v>-0.599999999999966</v>
+      </c>
+      <c r="M43" s="7">
+        <v>-0.39999999999997699</v>
+      </c>
+      <c r="O43" s="7">
+        <v>0.100000000000023</v>
+      </c>
+    </row>
+    <row r="44" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
-        <v>267</v>
+        <v>172</v>
       </c>
       <c r="B44" t="s">
         <v>43</v>
       </c>
-      <c r="C44" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E44" s="7" t="n">
+      <c r="C44" s="7">
+        <v>41.8</v>
+      </c>
+      <c r="E44" s="7">
         <v>42.5</v>
       </c>
-      <c r="G44" s="7" t="n">
+      <c r="G44" s="7">
+        <v>43.2</v>
+      </c>
+      <c r="I44" s="7">
         <v>43</v>
       </c>
-      <c r="I44" s="7" t="n">
-[...12 lines deleted...]
-    <row r="45">
+      <c r="K44" s="7">
+        <v>-0.70000000000000295</v>
+      </c>
+      <c r="M44" s="7">
+        <v>-1.4000000000000099</v>
+      </c>
+      <c r="O44" s="7">
+        <v>-0.20000000000000301</v>
+      </c>
+    </row>
+    <row r="45" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
-        <v>268</v>
+        <v>173</v>
       </c>
       <c r="B45" t="s">
         <v>44</v>
       </c>
-      <c r="C45" s="7" t="n">
+      <c r="C45" s="7">
+        <v>31.1</v>
+      </c>
+      <c r="E45" s="7">
         <v>31.7</v>
       </c>
-      <c r="E45" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G45" s="7" t="n">
+      <c r="G45" s="7">
+        <v>31.5</v>
+      </c>
+      <c r="I45" s="7">
         <v>32</v>
       </c>
-      <c r="I45" s="7" t="n">
-[...8 lines deleted...]
-      <c r="O45" s="7" t="n">
+      <c r="K45" s="7">
+        <v>-0.59999999999999798</v>
+      </c>
+      <c r="M45" s="7">
+        <v>-0.39999999999999902</v>
+      </c>
+      <c r="O45" s="7">
         <v>0.5</v>
       </c>
     </row>
-    <row r="46">
+    <row r="46" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
-        <v>269</v>
+        <v>174</v>
       </c>
       <c r="B46" t="s">
         <v>45</v>
       </c>
-      <c r="C46" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G46" s="7" t="n">
+      <c r="C46" s="7">
+        <v>72.400000000000006</v>
+      </c>
+      <c r="E46" s="7">
+        <v>72.599999999999994</v>
+      </c>
+      <c r="G46" s="7">
+        <v>72.400000000000006</v>
+      </c>
+      <c r="I46" s="7">
         <v>72.5</v>
       </c>
-      <c r="I46" s="7" t="n">
-[...12 lines deleted...]
-    <row r="47">
+      <c r="K46" s="7">
+        <v>-0.19999999999998899</v>
+      </c>
+      <c r="M46" s="7">
+        <v>0</v>
+      </c>
+      <c r="O46" s="7">
+        <v>9.9999999999994302E-2</v>
+      </c>
+    </row>
+    <row r="47" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
-        <v>270</v>
+        <v>175</v>
       </c>
       <c r="B47" t="s">
         <v>46</v>
       </c>
-      <c r="C47" s="7" t="n">
+      <c r="C47" s="7">
+        <v>154.9</v>
+      </c>
+      <c r="E47" s="7">
+        <v>156</v>
+      </c>
+      <c r="G47" s="7">
         <v>155.4</v>
       </c>
-      <c r="E47" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G47" s="7" t="n">
+      <c r="I47" s="7">
         <v>153.4</v>
       </c>
-      <c r="I47" s="7" t="n">
-[...12 lines deleted...]
-    <row r="48">
+      <c r="K47" s="7">
+        <v>-1.0999999999999901</v>
+      </c>
+      <c r="M47" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="O47" s="7">
+        <v>-2</v>
+      </c>
+    </row>
+    <row r="48" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
-        <v>271</v>
+        <v>176</v>
       </c>
       <c r="B48" t="s">
         <v>47</v>
       </c>
-      <c r="C48" s="7" t="n">
+      <c r="C48" s="7">
         <v>6.1</v>
       </c>
-      <c r="E48" s="7" t="n">
+      <c r="E48" s="7">
         <v>6.1</v>
       </c>
-      <c r="G48" s="7" t="n">
+      <c r="G48" s="7">
         <v>6</v>
       </c>
-      <c r="I48" s="7" t="n">
+      <c r="I48" s="7">
         <v>6</v>
       </c>
-      <c r="K48" s="7" t="n">
-[...9 lines deleted...]
-    <row r="49">
+      <c r="K48" s="7">
+        <v>0</v>
+      </c>
+      <c r="M48" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="O48" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
-        <v>272</v>
+        <v>177</v>
       </c>
       <c r="B49" t="s">
         <v>48</v>
       </c>
-      <c r="C49" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G49" s="7" t="n">
+      <c r="C49" s="7">
+        <v>148.80000000000001</v>
+      </c>
+      <c r="E49" s="7">
+        <v>149.9</v>
+      </c>
+      <c r="G49" s="7">
+        <v>149.4</v>
+      </c>
+      <c r="I49" s="7">
         <v>147.4</v>
       </c>
-      <c r="I49" s="7" t="n">
-[...12 lines deleted...]
-    <row r="50">
+      <c r="K49" s="7">
+        <v>-1.0999999999999901</v>
+      </c>
+      <c r="M49" s="7">
+        <v>-0.59999999999999398</v>
+      </c>
+      <c r="O49" s="7">
+        <v>-2</v>
+      </c>
+    </row>
+    <row r="50" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
-        <v>273</v>
+        <v>178</v>
       </c>
       <c r="B50" t="s">
         <v>49</v>
       </c>
-      <c r="C50" s="7" t="n">
+      <c r="C50" s="7">
+        <v>18.899999999999999</v>
+      </c>
+      <c r="E50" s="7">
         <v>19</v>
       </c>
-      <c r="E50" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G50" s="7" t="n">
+      <c r="G50" s="7">
         <v>18.5</v>
       </c>
-      <c r="I50" s="7" t="n">
-[...2 lines deleted...]
-      <c r="K50" s="7" t="n">
+      <c r="I50" s="7">
+        <v>18.5</v>
+      </c>
+      <c r="K50" s="7">
         <v>-0.100000000000001</v>
       </c>
-      <c r="M50" s="7" t="n">
-[...6 lines deleted...]
-    <row r="51">
+      <c r="M50" s="7">
+        <v>0.39999999999999902</v>
+      </c>
+      <c r="O50" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
-        <v>274</v>
+        <v>179</v>
       </c>
       <c r="B51" t="s">
         <v>50</v>
       </c>
-      <c r="C51" s="7" t="n">
+      <c r="C51" s="7">
+        <v>24.3</v>
+      </c>
+      <c r="E51" s="7">
+        <v>24.5</v>
+      </c>
+      <c r="G51" s="7">
+        <v>24.8</v>
+      </c>
+      <c r="I51" s="7">
         <v>24.6</v>
       </c>
-      <c r="E51" s="7" t="n">
-[...18 lines deleted...]
-    <row r="52">
+      <c r="K51" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="M51" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="O51" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="52" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
-        <v>275</v>
+        <v>180</v>
       </c>
       <c r="B52" t="s">
         <v>51</v>
       </c>
-      <c r="C52" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G52" s="7" t="n">
+      <c r="C52" s="7">
+        <v>21.7</v>
+      </c>
+      <c r="E52" s="7">
+        <v>21.8</v>
+      </c>
+      <c r="G52" s="7">
+        <v>22.2</v>
+      </c>
+      <c r="I52" s="7">
         <v>22.3</v>
       </c>
-      <c r="I52" s="7" t="n">
-[...12 lines deleted...]
-    <row r="53">
+      <c r="K52" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="M52" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="O52" s="7">
+        <v>0.100000000000001</v>
+      </c>
+    </row>
+    <row r="53" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
-        <v>276</v>
+        <v>181</v>
       </c>
       <c r="B53" t="s">
         <v>52</v>
       </c>
-      <c r="C53" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G53" s="7" t="n">
+      <c r="C53" s="7">
+        <v>33.700000000000003</v>
+      </c>
+      <c r="E53" s="7">
+        <v>33.700000000000003</v>
+      </c>
+      <c r="G53" s="7">
+        <v>34</v>
+      </c>
+      <c r="I53" s="7">
         <v>33.9</v>
       </c>
-      <c r="I53" s="7" t="n">
-[...5 lines deleted...]
-      <c r="M53" s="7" t="n">
+      <c r="K53" s="7">
+        <v>0</v>
+      </c>
+      <c r="M53" s="7">
+        <v>-0.29999999999999699</v>
+      </c>
+      <c r="O53" s="7">
         <v>-0.100000000000001</v>
       </c>
-      <c r="O53" s="7" t="n">
-[...3 lines deleted...]
-    <row r="54">
+    </row>
+    <row r="54" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A54" t="s">
-        <v>277</v>
+        <v>182</v>
       </c>
       <c r="B54" t="s">
         <v>53</v>
       </c>
-      <c r="C54" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G54" s="7" t="n">
+      <c r="C54" s="7">
+        <v>168.7</v>
+      </c>
+      <c r="E54" s="7">
+        <v>169.9</v>
+      </c>
+      <c r="G54" s="7">
+        <v>166.2</v>
+      </c>
+      <c r="I54" s="7">
         <v>166.9</v>
       </c>
-      <c r="I54" s="7" t="n">
-[...12 lines deleted...]
-    <row r="55">
+      <c r="K54" s="7">
+        <v>-1.2000000000000199</v>
+      </c>
+      <c r="M54" s="7">
+        <v>2.5</v>
+      </c>
+      <c r="O54" s="7">
+        <v>0.70000000000001705</v>
+      </c>
+    </row>
+    <row r="55" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A55" t="s">
-        <v>278</v>
+        <v>183</v>
       </c>
       <c r="B55" t="s">
         <v>54</v>
       </c>
-      <c r="C55" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G55" s="7" t="n">
+      <c r="C55" s="7">
+        <v>163.9</v>
+      </c>
+      <c r="E55" s="7">
+        <v>164.6</v>
+      </c>
+      <c r="G55" s="7">
+        <v>164.6</v>
+      </c>
+      <c r="I55" s="7">
         <v>164.7</v>
       </c>
-      <c r="I55" s="7" t="n">
-[...12 lines deleted...]
-    <row r="56">
+      <c r="K55" s="7">
+        <v>-0.69999999999998896</v>
+      </c>
+      <c r="M55" s="7">
+        <v>-0.69999999999998896</v>
+      </c>
+      <c r="O55" s="7">
+        <v>9.9999999999994302E-2</v>
+      </c>
+    </row>
+    <row r="56" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A56" t="s">
-        <v>279</v>
+        <v>184</v>
       </c>
       <c r="B56" t="s">
         <v>55</v>
       </c>
-      <c r="C56" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G56" s="7" t="n">
+      <c r="C56" s="7">
+        <v>100.3</v>
+      </c>
+      <c r="E56" s="7">
+        <v>100.3</v>
+      </c>
+      <c r="G56" s="7">
+        <v>100.8</v>
+      </c>
+      <c r="I56" s="7">
         <v>100.6</v>
       </c>
-      <c r="I56" s="7" t="n">
-[...12 lines deleted...]
-    <row r="57">
+      <c r="K56" s="7">
+        <v>0</v>
+      </c>
+      <c r="M56" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="O56" s="7">
+        <v>-0.20000000000000301</v>
+      </c>
+    </row>
+    <row r="57" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A57" t="s">
-        <v>280</v>
+        <v>185</v>
       </c>
       <c r="B57" t="s">
         <v>56</v>
       </c>
-      <c r="C57" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G57" s="7" t="n">
+      <c r="C57" s="7">
+        <v>40.299999999999997</v>
+      </c>
+      <c r="E57" s="7">
+        <v>40.299999999999997</v>
+      </c>
+      <c r="G57" s="7">
+        <v>40.799999999999997</v>
+      </c>
+      <c r="I57" s="7">
         <v>40.9</v>
       </c>
-      <c r="I57" s="7" t="n">
-[...8 lines deleted...]
-      <c r="O57" s="7" t="n">
+      <c r="K57" s="7">
+        <v>0</v>
+      </c>
+      <c r="M57" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="O57" s="7">
         <v>0.100000000000001</v>
       </c>
     </row>
-    <row r="58">
+    <row r="58" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A58" t="s">
-        <v>281</v>
+        <v>186</v>
       </c>
       <c r="B58" t="s">
         <v>57</v>
       </c>
-      <c r="C58" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E58" s="7" t="n">
+      <c r="C58" s="7">
         <v>42.4</v>
       </c>
-      <c r="G58" s="7" t="n">
+      <c r="E58" s="7">
+        <v>42.4</v>
+      </c>
+      <c r="G58" s="7">
+        <v>42.8</v>
+      </c>
+      <c r="I58" s="7">
         <v>42.6</v>
       </c>
-      <c r="I58" s="7" t="n">
-[...12 lines deleted...]
-    <row r="59">
+      <c r="K58" s="7">
+        <v>0</v>
+      </c>
+      <c r="M58" s="7">
+        <v>-0.39999999999999902</v>
+      </c>
+      <c r="O58" s="7">
+        <v>-0.19999999999999599</v>
+      </c>
+    </row>
+    <row r="59" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A59" t="s">
-        <v>282</v>
+        <v>187</v>
       </c>
       <c r="B59" t="s">
         <v>58</v>
       </c>
-      <c r="C59" s="7" t="n">
-[...21 lines deleted...]
-    <row r="60">
+      <c r="C59" s="7">
+        <v>63.6</v>
+      </c>
+      <c r="E59" s="7">
+        <v>64.3</v>
+      </c>
+      <c r="G59" s="7">
+        <v>63.8</v>
+      </c>
+      <c r="I59" s="7">
+        <v>64.099999999999994</v>
+      </c>
+      <c r="K59" s="7">
+        <v>-0.69999999999999596</v>
+      </c>
+      <c r="M59" s="7">
+        <v>-0.19999999999999599</v>
+      </c>
+      <c r="O59" s="7">
+        <v>0.29999999999999699</v>
+      </c>
+    </row>
+    <row r="60" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A60" t="s">
-        <v>283</v>
+        <v>188</v>
       </c>
       <c r="B60" t="s">
         <v>59</v>
       </c>
-      <c r="C60" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G60" s="7" t="n">
+      <c r="C60" s="7">
+        <v>553.4</v>
+      </c>
+      <c r="E60" s="7">
+        <v>552.9</v>
+      </c>
+      <c r="G60" s="7">
+        <v>552.1</v>
+      </c>
+      <c r="I60" s="7">
         <v>552.5</v>
       </c>
-      <c r="I60" s="7" t="n">
-[...12 lines deleted...]
-    <row r="61">
+      <c r="K60" s="7">
+        <v>0.5</v>
+      </c>
+      <c r="M60" s="7">
+        <v>1.2999999999999501</v>
+      </c>
+      <c r="O60" s="7">
+        <v>0.39999999999997699</v>
+      </c>
+    </row>
+    <row r="61" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A61" t="s">
-        <v>284</v>
+        <v>189</v>
       </c>
       <c r="B61" t="s">
         <v>60</v>
       </c>
-      <c r="C61" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G61" s="7" t="n">
+      <c r="C61" s="7">
+        <v>265.89999999999998</v>
+      </c>
+      <c r="E61" s="7">
+        <v>265.5</v>
+      </c>
+      <c r="G61" s="7">
+        <v>263.3</v>
+      </c>
+      <c r="I61" s="7">
         <v>264</v>
       </c>
-      <c r="I61" s="7" t="n">
-[...12 lines deleted...]
-    <row r="62">
+      <c r="K61" s="7">
+        <v>0.39999999999997699</v>
+      </c>
+      <c r="M61" s="7">
+        <v>2.5999999999999699</v>
+      </c>
+      <c r="O61" s="7">
+        <v>0.69999999999998896</v>
+      </c>
+    </row>
+    <row r="62" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A62" t="s">
-        <v>285</v>
+        <v>190</v>
       </c>
       <c r="B62" t="s">
         <v>61</v>
       </c>
-      <c r="C62" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G62" s="7" t="n">
+      <c r="C62" s="7">
+        <v>21.7</v>
+      </c>
+      <c r="E62" s="7">
+        <v>21.7</v>
+      </c>
+      <c r="G62" s="7">
         <v>21.4</v>
       </c>
-      <c r="I62" s="7" t="n">
+      <c r="I62" s="7">
         <v>21.4</v>
       </c>
-      <c r="K62" s="7" t="n">
-[...9 lines deleted...]
-    <row r="63">
+      <c r="K62" s="7">
+        <v>0</v>
+      </c>
+      <c r="M62" s="7">
+        <v>0.30000000000000099</v>
+      </c>
+      <c r="O62" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A63" t="s">
-        <v>286</v>
+        <v>191</v>
       </c>
       <c r="B63" t="s">
         <v>62</v>
       </c>
-      <c r="C63" s="7" t="n">
+      <c r="C63" s="7">
+        <v>24.7</v>
+      </c>
+      <c r="E63" s="7">
+        <v>24.7</v>
+      </c>
+      <c r="G63" s="7">
         <v>24.6</v>
       </c>
-      <c r="E63" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G63" s="7" t="n">
+      <c r="I63" s="7">
         <v>24.7</v>
       </c>
-      <c r="I63" s="7" t="n">
-[...12 lines deleted...]
-    <row r="64">
+      <c r="K63" s="7">
+        <v>0</v>
+      </c>
+      <c r="M63" s="7">
+        <v>9.9999999999997896E-2</v>
+      </c>
+      <c r="O63" s="7">
+        <v>9.9999999999997896E-2</v>
+      </c>
+    </row>
+    <row r="64" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A64" t="s">
-        <v>287</v>
+        <v>192</v>
       </c>
       <c r="B64" t="s">
         <v>63</v>
       </c>
-      <c r="C64" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G64" s="7" t="n">
+      <c r="C64" s="7">
+        <v>41.6</v>
+      </c>
+      <c r="E64" s="7">
+        <v>42.3</v>
+      </c>
+      <c r="G64" s="7">
+        <v>41.3</v>
+      </c>
+      <c r="I64" s="7">
         <v>41.4</v>
       </c>
-      <c r="I64" s="7" t="n">
-[...12 lines deleted...]
-    <row r="65">
+      <c r="K64" s="7">
+        <v>-0.69999999999999596</v>
+      </c>
+      <c r="M64" s="7">
+        <v>0.30000000000000399</v>
+      </c>
+      <c r="O64" s="7">
+        <v>0.100000000000001</v>
+      </c>
+    </row>
+    <row r="65" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A65" t="s">
-        <v>288</v>
+        <v>193</v>
       </c>
       <c r="B65" t="s">
         <v>64</v>
       </c>
-      <c r="C65" s="7" t="n">
+      <c r="C65" s="7">
+        <v>76.400000000000006</v>
+      </c>
+      <c r="E65" s="7">
         <v>76.3</v>
       </c>
-      <c r="E65" s="7" t="n">
-[...18 lines deleted...]
-    <row r="66">
+      <c r="G65" s="7">
+        <v>72.7</v>
+      </c>
+      <c r="I65" s="7">
+        <v>73.099999999999994</v>
+      </c>
+      <c r="K65" s="7">
+        <v>0.100000000000009</v>
+      </c>
+      <c r="M65" s="7">
+        <v>3.7</v>
+      </c>
+      <c r="O65" s="7">
+        <v>0.39999999999999097</v>
+      </c>
+    </row>
+    <row r="66" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A66" t="s">
-        <v>289</v>
+        <v>194</v>
       </c>
       <c r="B66" t="s">
         <v>65</v>
       </c>
-      <c r="C66" s="7" t="n">
+      <c r="C66" s="7">
+        <v>101.2</v>
+      </c>
+      <c r="E66" s="7">
+        <v>101.9</v>
+      </c>
+      <c r="G66" s="7">
         <v>102</v>
       </c>
-      <c r="E66" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G66" s="7" t="n">
+      <c r="I66" s="7">
         <v>103</v>
       </c>
-      <c r="I66" s="7" t="n">
-[...12 lines deleted...]
-    <row r="67">
+      <c r="K66" s="7">
+        <v>-0.70000000000000295</v>
+      </c>
+      <c r="M66" s="7">
+        <v>-0.79999999999999705</v>
+      </c>
+      <c r="O66" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="67" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A67" t="s">
-        <v>290</v>
+        <v>195</v>
       </c>
       <c r="B67" t="s">
         <v>66</v>
       </c>
-      <c r="C67" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E67" s="7" t="n">
+      <c r="C67" s="7">
+        <v>186.3</v>
+      </c>
+      <c r="E67" s="7">
+        <v>185.5</v>
+      </c>
+      <c r="G67" s="7">
         <v>186.8</v>
       </c>
-      <c r="G67" s="7" t="n">
+      <c r="I67" s="7">
         <v>185.5</v>
       </c>
-      <c r="I67" s="7" t="n">
-[...12 lines deleted...]
-    <row r="68">
+      <c r="K67" s="7">
+        <v>0.80000000000001104</v>
+      </c>
+      <c r="M67" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="O67" s="7">
+        <v>-1.30000000000001</v>
+      </c>
+    </row>
+    <row r="68" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A68" t="s">
-        <v>291</v>
+        <v>196</v>
       </c>
       <c r="B68" t="s">
         <v>67</v>
       </c>
-      <c r="C68" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G68" s="7" t="n">
+      <c r="C68" s="7">
+        <v>167.3</v>
+      </c>
+      <c r="E68" s="7">
+        <v>166.4</v>
+      </c>
+      <c r="G68" s="7">
+        <v>168.1</v>
+      </c>
+      <c r="I68" s="7">
         <v>166.6</v>
       </c>
-      <c r="I68" s="7" t="n">
-[...8 lines deleted...]
-      <c r="O68" s="7" t="n">
+      <c r="K68" s="7">
+        <v>0.90000000000000602</v>
+      </c>
+      <c r="M68" s="7">
+        <v>-0.79999999999998295</v>
+      </c>
+      <c r="O68" s="7">
         <v>-1.5</v>
       </c>
     </row>
-    <row r="69">
+    <row r="69" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A69" t="s">
-        <v>292</v>
+        <v>197</v>
       </c>
       <c r="B69" t="s">
         <v>68</v>
       </c>
-      <c r="C69" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G69" s="7" t="n">
+      <c r="C69" s="7">
+        <v>52.4</v>
+      </c>
+      <c r="E69" s="7">
         <v>50.8</v>
       </c>
-      <c r="I69" s="7" t="n">
-[...12 lines deleted...]
-    <row r="70">
+      <c r="G69" s="7">
+        <v>52.9</v>
+      </c>
+      <c r="I69" s="7">
+        <v>50.8</v>
+      </c>
+      <c r="K69" s="7">
+        <v>1.6</v>
+      </c>
+      <c r="M69" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="O69" s="7">
+        <v>-2.1</v>
+      </c>
+    </row>
+    <row r="70" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A70" t="s">
-        <v>293</v>
+        <v>198</v>
       </c>
       <c r="B70" t="s">
         <v>69</v>
       </c>
-      <c r="C70" s="7" t="n">
+      <c r="C70" s="7">
         <v>19</v>
       </c>
-      <c r="E70" s="7" t="n">
-[...18 lines deleted...]
-    <row r="71">
+      <c r="E70" s="7">
+        <v>19.100000000000001</v>
+      </c>
+      <c r="G70" s="7">
+        <v>18.7</v>
+      </c>
+      <c r="I70" s="7">
+        <v>18.899999999999999</v>
+      </c>
+      <c r="K70" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="M70" s="7">
+        <v>0.30000000000000099</v>
+      </c>
+      <c r="O70" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="71" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A71" t="s">
-        <v>294</v>
+        <v>199</v>
       </c>
       <c r="B71" t="s">
         <v>70</v>
       </c>
-      <c r="C71" s="7" t="n">
-[...21 lines deleted...]
-    <row r="72">
+      <c r="C71" s="7">
+        <v>570.6</v>
+      </c>
+      <c r="E71" s="7">
+        <v>566.29999999999995</v>
+      </c>
+      <c r="G71" s="7">
+        <v>555.29999999999995</v>
+      </c>
+      <c r="I71" s="7">
+        <v>542.20000000000005</v>
+      </c>
+      <c r="K71" s="7">
+        <v>4.30000000000007</v>
+      </c>
+      <c r="M71" s="7">
+        <v>15.3000000000001</v>
+      </c>
+      <c r="O71" s="7">
+        <v>-13.0999999999999</v>
+      </c>
+    </row>
+    <row r="72" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A72" t="s">
-        <v>295</v>
+        <v>200</v>
       </c>
       <c r="B72" t="s">
         <v>71</v>
       </c>
-      <c r="C72" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G72" s="7" t="n">
+      <c r="C72" s="7">
+        <v>75.5</v>
+      </c>
+      <c r="E72" s="7">
+        <v>71.3</v>
+      </c>
+      <c r="G72" s="7">
+        <v>73.599999999999994</v>
+      </c>
+      <c r="I72" s="7">
         <v>64</v>
       </c>
-      <c r="I72" s="7" t="n">
-[...12 lines deleted...]
-    <row r="73">
+      <c r="K72" s="7">
+        <v>4.2</v>
+      </c>
+      <c r="M72" s="7">
+        <v>1.9000000000000099</v>
+      </c>
+      <c r="O72" s="7">
+        <v>-9.5999999999999908</v>
+      </c>
+    </row>
+    <row r="73" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A73" t="s">
-        <v>296</v>
+        <v>201</v>
       </c>
       <c r="B73" t="s">
         <v>72</v>
       </c>
-      <c r="C73" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G73" s="7" t="n">
+      <c r="C73" s="7">
+        <v>495.1</v>
+      </c>
+      <c r="E73" s="7">
+        <v>495</v>
+      </c>
+      <c r="G73" s="7">
+        <v>481.7</v>
+      </c>
+      <c r="I73" s="7">
         <v>478.2</v>
       </c>
-      <c r="I73" s="7" t="n">
-[...12 lines deleted...]
-    <row r="74">
+      <c r="K73" s="7">
+        <v>0.100000000000023</v>
+      </c>
+      <c r="M73" s="7">
+        <v>13.4</v>
+      </c>
+      <c r="O73" s="7">
+        <v>-3.5</v>
+      </c>
+    </row>
+    <row r="74" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A74" t="s">
-        <v>297</v>
+        <v>202</v>
       </c>
       <c r="B74" t="s">
         <v>73</v>
       </c>
-      <c r="C74" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G74" s="7" t="n">
+      <c r="C74" s="7">
+        <v>184.3</v>
+      </c>
+      <c r="E74" s="7">
+        <v>183.7</v>
+      </c>
+      <c r="G74" s="7">
+        <v>177.8</v>
+      </c>
+      <c r="I74" s="7">
         <v>176.8</v>
       </c>
-      <c r="I74" s="7" t="n">
-[...12 lines deleted...]
-    <row r="75">
+      <c r="K74" s="7">
+        <v>0.60000000000002296</v>
+      </c>
+      <c r="M74" s="7">
+        <v>6.5</v>
+      </c>
+      <c r="O74" s="7">
+        <v>-1</v>
+      </c>
+    </row>
+    <row r="75" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A75" t="s">
-        <v>298</v>
+        <v>203</v>
       </c>
       <c r="B75" t="s">
         <v>74</v>
       </c>
-      <c r="C75" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G75" s="7" t="n">
+      <c r="C75" s="7">
+        <v>97.3</v>
+      </c>
+      <c r="E75" s="7">
+        <v>97.5</v>
+      </c>
+      <c r="G75" s="7">
+        <v>96.3</v>
+      </c>
+      <c r="I75" s="7">
         <v>95.3</v>
       </c>
-      <c r="I75" s="7" t="n">
-[...12 lines deleted...]
-    <row r="76">
+      <c r="K75" s="7">
+        <v>-0.20000000000000301</v>
+      </c>
+      <c r="M75" s="7">
+        <v>1</v>
+      </c>
+      <c r="O75" s="7">
+        <v>-1</v>
+      </c>
+    </row>
+    <row r="76" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A76" t="s">
-        <v>299</v>
+        <v>204</v>
       </c>
       <c r="B76" t="s">
         <v>75</v>
       </c>
-      <c r="C76" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G76" s="7" t="n">
+      <c r="C76" s="7">
+        <v>66.7</v>
+      </c>
+      <c r="E76" s="7">
+        <v>67.3</v>
+      </c>
+      <c r="G76" s="7">
+        <v>66.400000000000006</v>
+      </c>
+      <c r="I76" s="7">
         <v>65.7</v>
       </c>
-      <c r="I76" s="7" t="n">
-[...12 lines deleted...]
-    <row r="77">
+      <c r="K76" s="7">
+        <v>-0.59999999999999398</v>
+      </c>
+      <c r="M76" s="7">
+        <v>0.29999999999999699</v>
+      </c>
+      <c r="O76" s="7">
+        <v>-0.70000000000000295</v>
+      </c>
+    </row>
+    <row r="77" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A77" t="s">
-        <v>300</v>
+        <v>205</v>
       </c>
       <c r="B77" t="s">
         <v>76</v>
       </c>
-      <c r="C77" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G77" s="7" t="n">
+      <c r="C77" s="7">
+        <v>146.80000000000001</v>
+      </c>
+      <c r="E77" s="7">
+        <v>146.5</v>
+      </c>
+      <c r="G77" s="7">
+        <v>141.19999999999999</v>
+      </c>
+      <c r="I77" s="7">
         <v>140.4</v>
       </c>
-      <c r="I77" s="7" t="n">
-[...12 lines deleted...]
-    <row r="78">
+      <c r="K77" s="7">
+        <v>0.30000000000001098</v>
+      </c>
+      <c r="M77" s="7">
+        <v>5.6000000000000201</v>
+      </c>
+      <c r="O77" s="7">
+        <v>-0.79999999999998295</v>
+      </c>
+    </row>
+    <row r="78" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A78" t="s">
-        <v>301</v>
+        <v>206</v>
       </c>
       <c r="B78" t="s">
         <v>77</v>
       </c>
-      <c r="C78" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G78" s="7" t="n">
+      <c r="C78" s="7">
+        <v>361.3</v>
+      </c>
+      <c r="E78" s="7">
+        <v>371.1</v>
+      </c>
+      <c r="G78" s="7">
+        <v>355.8</v>
+      </c>
+      <c r="I78" s="7">
         <v>362.6</v>
       </c>
-      <c r="I78" s="7" t="n">
-[...12 lines deleted...]
-    <row r="79">
+      <c r="K78" s="7">
+        <v>-9.8000000000000096</v>
+      </c>
+      <c r="M78" s="7">
+        <v>5.5</v>
+      </c>
+      <c r="O78" s="7">
+        <v>6.8000000000000096</v>
+      </c>
+    </row>
+    <row r="79" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A79" t="s">
-        <v>302</v>
+        <v>207</v>
       </c>
       <c r="B79" t="s">
         <v>78</v>
       </c>
-      <c r="C79" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G79" s="7" t="n">
+      <c r="C79" s="7">
+        <v>62.8</v>
+      </c>
+      <c r="E79" s="7">
+        <v>65.5</v>
+      </c>
+      <c r="G79" s="7">
+        <v>59.2</v>
+      </c>
+      <c r="I79" s="7">
         <v>63.1</v>
       </c>
-      <c r="I79" s="7" t="n">
-[...12 lines deleted...]
-    <row r="80">
+      <c r="K79" s="7">
+        <v>-2.7</v>
+      </c>
+      <c r="M79" s="7">
+        <v>3.5999999999999899</v>
+      </c>
+      <c r="O79" s="7">
+        <v>3.9</v>
+      </c>
+    </row>
+    <row r="80" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A80" t="s">
-        <v>303</v>
+        <v>208</v>
       </c>
       <c r="B80" t="s">
         <v>79</v>
       </c>
-      <c r="C80" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G80" s="7" t="n">
+      <c r="C80" s="7">
+        <v>298.5</v>
+      </c>
+      <c r="E80" s="7">
+        <v>305.60000000000002</v>
+      </c>
+      <c r="G80" s="7">
+        <v>296.60000000000002</v>
+      </c>
+      <c r="I80" s="7">
         <v>299.5</v>
       </c>
-      <c r="I80" s="7" t="n">
-[...12 lines deleted...]
-    <row r="81">
+      <c r="K80" s="7">
+        <v>-7.1000000000000201</v>
+      </c>
+      <c r="M80" s="7">
+        <v>1.8999999999999799</v>
+      </c>
+      <c r="O80" s="7">
+        <v>2.8999999999999799</v>
+      </c>
+    </row>
+    <row r="81" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A81" t="s">
-        <v>304</v>
+        <v>209</v>
       </c>
       <c r="B81" t="s">
         <v>80</v>
       </c>
-      <c r="C81" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E81" s="7" t="n">
+      <c r="C81" s="7">
+        <v>34.700000000000003</v>
+      </c>
+      <c r="E81" s="7">
         <v>36.4</v>
       </c>
-      <c r="G81" s="7" t="n">
+      <c r="G81" s="7">
+        <v>35.299999999999997</v>
+      </c>
+      <c r="I81" s="7">
         <v>36.6</v>
       </c>
-      <c r="I81" s="7" t="n">
-[...12 lines deleted...]
-    <row r="82">
+      <c r="K81" s="7">
+        <v>-1.7</v>
+      </c>
+      <c r="M81" s="7">
+        <v>-0.59999999999999398</v>
+      </c>
+      <c r="O81" s="7">
+        <v>1.3</v>
+      </c>
+    </row>
+    <row r="82" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A82" t="s">
-        <v>305</v>
+        <v>210</v>
       </c>
       <c r="B82" t="s">
         <v>81</v>
       </c>
-      <c r="C82" s="7" t="n">
-[...21 lines deleted...]
-    <row r="83">
+      <c r="C82" s="7">
+        <v>263.8</v>
+      </c>
+      <c r="E82" s="7">
+        <v>269.2</v>
+      </c>
+      <c r="G82" s="7">
+        <v>261.3</v>
+      </c>
+      <c r="I82" s="7">
+        <v>262.89999999999998</v>
+      </c>
+      <c r="K82" s="7">
+        <v>-5.3999999999999799</v>
+      </c>
+      <c r="M82" s="7">
+        <v>2.5</v>
+      </c>
+      <c r="O82" s="7">
+        <v>1.5999999999999699</v>
+      </c>
+    </row>
+    <row r="83" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A83" t="s">
-        <v>306</v>
+        <v>211</v>
       </c>
       <c r="B83" t="s">
         <v>82</v>
       </c>
-      <c r="C83" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G83" s="7" t="n">
+      <c r="C83" s="7">
+        <v>124.6</v>
+      </c>
+      <c r="E83" s="7">
+        <v>128.69999999999999</v>
+      </c>
+      <c r="G83" s="7">
+        <v>123</v>
+      </c>
+      <c r="I83" s="7">
         <v>124.1</v>
       </c>
-      <c r="I83" s="7" t="n">
-[...12 lines deleted...]
-    <row r="84">
+      <c r="K83" s="7">
+        <v>-4.0999999999999899</v>
+      </c>
+      <c r="M83" s="7">
+        <v>1.5999999999999901</v>
+      </c>
+      <c r="O83" s="7">
+        <v>1.0999999999999901</v>
+      </c>
+    </row>
+    <row r="84" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A84" t="s">
-        <v>307</v>
+        <v>212</v>
       </c>
       <c r="B84" t="s">
         <v>83</v>
       </c>
-      <c r="C84" s="7" t="n">
+      <c r="C84" s="7">
+        <v>30.2</v>
+      </c>
+      <c r="E84" s="7">
         <v>30.9</v>
       </c>
-      <c r="E84" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G84" s="7" t="n">
+      <c r="G84" s="7">
+        <v>30</v>
+      </c>
+      <c r="I84" s="7">
         <v>29.9</v>
       </c>
-      <c r="I84" s="7" t="n">
-[...12 lines deleted...]
-    <row r="85">
+      <c r="K84" s="7">
+        <v>-0.69999999999999896</v>
+      </c>
+      <c r="M84" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+      <c r="O84" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+    </row>
+    <row r="85" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A85" t="s">
-        <v>308</v>
+        <v>213</v>
       </c>
       <c r="B85" t="s">
         <v>84</v>
       </c>
-      <c r="C85" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G85" s="7" t="n">
+      <c r="C85" s="7">
+        <v>35.5</v>
+      </c>
+      <c r="E85" s="7">
+        <v>36.700000000000003</v>
+      </c>
+      <c r="G85" s="7">
+        <v>34.6</v>
+      </c>
+      <c r="I85" s="7">
         <v>34.4</v>
       </c>
-      <c r="I85" s="7" t="n">
-[...12 lines deleted...]
-    <row r="86">
+      <c r="K85" s="7">
+        <v>-1.2</v>
+      </c>
+      <c r="M85" s="7">
+        <v>0.89999999999999902</v>
+      </c>
+      <c r="O85" s="7">
+        <v>-0.20000000000000301</v>
+      </c>
+    </row>
+    <row r="86" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A86" t="s">
-        <v>309</v>
+        <v>214</v>
       </c>
       <c r="B86" t="s">
         <v>85</v>
       </c>
-      <c r="C86" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G86" s="7" t="n">
+      <c r="C86" s="7">
+        <v>58.9</v>
+      </c>
+      <c r="E86" s="7">
+        <v>61.1</v>
+      </c>
+      <c r="G86" s="7">
+        <v>58.4</v>
+      </c>
+      <c r="I86" s="7">
         <v>59.8</v>
       </c>
-      <c r="I86" s="7" t="n">
-[...12 lines deleted...]
-    <row r="87">
+      <c r="K86" s="7">
+        <v>-2.2000000000000002</v>
+      </c>
+      <c r="M86" s="7">
+        <v>0.5</v>
+      </c>
+      <c r="O86" s="7">
+        <v>1.4</v>
+      </c>
+    </row>
+    <row r="87" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A87" t="s">
-        <v>310</v>
+        <v>215</v>
       </c>
       <c r="B87" t="s">
         <v>86</v>
       </c>
-      <c r="C87" s="7" t="n">
-[...21 lines deleted...]
-    <row r="88">
+      <c r="C87" s="7">
+        <v>599.29999999999995</v>
+      </c>
+      <c r="E87" s="7">
+        <v>587.6</v>
+      </c>
+      <c r="G87" s="7">
+        <v>605.5</v>
+      </c>
+      <c r="I87" s="7">
+        <v>593.79999999999995</v>
+      </c>
+      <c r="K87" s="7">
+        <v>11.6999999999999</v>
+      </c>
+      <c r="M87" s="7">
+        <v>-6.2000000000000499</v>
+      </c>
+      <c r="O87" s="7">
+        <v>-11.7</v>
+      </c>
+    </row>
+    <row r="88" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A88" t="s">
-        <v>311</v>
+        <v>216</v>
       </c>
       <c r="B88" t="s">
         <v>87</v>
       </c>
-      <c r="C88" s="7" t="n">
+      <c r="C88" s="7">
+        <v>77.099999999999994</v>
+      </c>
+      <c r="E88" s="7">
         <v>77.5</v>
       </c>
-      <c r="E88" s="7" t="n">
-[...18 lines deleted...]
-    <row r="89">
+      <c r="G88" s="7">
+        <v>80.5</v>
+      </c>
+      <c r="I88" s="7">
+        <v>80.599999999999994</v>
+      </c>
+      <c r="K88" s="7">
+        <v>-0.40000000000000602</v>
+      </c>
+      <c r="M88" s="7">
+        <v>-3.4000000000000101</v>
+      </c>
+      <c r="O88" s="7">
+        <v>9.9999999999994302E-2</v>
+      </c>
+    </row>
+    <row r="89" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A89" t="s">
-        <v>312</v>
+        <v>217</v>
       </c>
       <c r="B89" t="s">
         <v>88</v>
       </c>
-      <c r="C89" s="7" t="n">
-[...21 lines deleted...]
-    <row r="90">
+      <c r="C89" s="7">
+        <v>152.30000000000001</v>
+      </c>
+      <c r="E89" s="7">
+        <v>144</v>
+      </c>
+      <c r="G89" s="7">
+        <v>158.19999999999999</v>
+      </c>
+      <c r="I89" s="7">
+        <v>149.69999999999999</v>
+      </c>
+      <c r="K89" s="7">
+        <v>8.3000000000000096</v>
+      </c>
+      <c r="M89" s="7">
+        <v>-5.8999999999999799</v>
+      </c>
+      <c r="O89" s="7">
+        <v>-8.5</v>
+      </c>
+    </row>
+    <row r="90" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A90" t="s">
-        <v>313</v>
+        <v>218</v>
       </c>
       <c r="B90" t="s">
         <v>89</v>
       </c>
-      <c r="C90" s="7" t="n">
-[...21 lines deleted...]
-    <row r="91">
+      <c r="C90" s="7">
+        <v>75.2</v>
+      </c>
+      <c r="E90" s="7">
+        <v>67.099999999999994</v>
+      </c>
+      <c r="G90" s="7">
+        <v>80.599999999999994</v>
+      </c>
+      <c r="I90" s="7">
+        <v>71.900000000000006</v>
+      </c>
+      <c r="K90" s="7">
+        <v>8.1000000000000103</v>
+      </c>
+      <c r="M90" s="7">
+        <v>-5.3999999999999897</v>
+      </c>
+      <c r="O90" s="7">
+        <v>-8.6999999999999904</v>
+      </c>
+    </row>
+    <row r="91" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A91" t="s">
-        <v>314</v>
+        <v>219</v>
       </c>
       <c r="B91" t="s">
+        <v>90</v>
+      </c>
+      <c r="C91" s="7">
+        <v>77.099999999999994</v>
+      </c>
+      <c r="E91" s="7">
+        <v>76.900000000000006</v>
+      </c>
+      <c r="G91" s="7">
+        <v>77.599999999999994</v>
+      </c>
+      <c r="I91" s="7">
+        <v>77.8</v>
+      </c>
+      <c r="K91" s="7">
+        <v>0.19999999999998899</v>
+      </c>
+      <c r="M91" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="O91" s="7">
+        <v>0.20000000000000301</v>
+      </c>
+    </row>
+    <row r="92" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A92" t="s">
+        <v>220</v>
+      </c>
+      <c r="B92" t="s">
         <v>91</v>
       </c>
-      <c r="C91" s="7" t="n">
-[...25 lines deleted...]
-      <c r="B92" t="s">
+      <c r="C92" s="7">
+        <v>369.9</v>
+      </c>
+      <c r="E92" s="7">
+        <v>366.1</v>
+      </c>
+      <c r="G92" s="7">
+        <v>366.8</v>
+      </c>
+      <c r="I92" s="7">
+        <v>363.5</v>
+      </c>
+      <c r="K92" s="7">
+        <v>3.7999999999999501</v>
+      </c>
+      <c r="M92" s="7">
+        <v>3.0999999999999699</v>
+      </c>
+      <c r="O92" s="7">
+        <v>-3.30000000000001</v>
+      </c>
+    </row>
+    <row r="93" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A93" t="s">
+        <v>221</v>
+      </c>
+      <c r="B93" t="s">
         <v>92</v>
       </c>
-      <c r="C92" s="7" t="n">
-[...25 lines deleted...]
-      <c r="B93" t="s">
+      <c r="C93" s="7">
+        <v>167.8</v>
+      </c>
+      <c r="E93" s="7">
+        <v>160.9</v>
+      </c>
+      <c r="G93" s="7">
+        <v>167.2</v>
+      </c>
+      <c r="I93" s="7">
+        <v>160.30000000000001</v>
+      </c>
+      <c r="K93" s="7">
+        <v>6.9000000000000101</v>
+      </c>
+      <c r="M93" s="7">
+        <v>0.60000000000002296</v>
+      </c>
+      <c r="O93" s="7">
+        <v>-6.8999999999999799</v>
+      </c>
+    </row>
+    <row r="94" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A94" t="s">
+        <v>222</v>
+      </c>
+      <c r="B94" t="s">
         <v>93</v>
       </c>
-      <c r="C93" s="7" t="n">
-[...34 lines deleted...]
-      <c r="G94" s="7" t="n">
+      <c r="C94" s="7">
+        <v>202.1</v>
+      </c>
+      <c r="E94" s="7">
+        <v>205.2</v>
+      </c>
+      <c r="G94" s="7">
+        <v>199.6</v>
+      </c>
+      <c r="I94" s="7">
         <v>203.2</v>
       </c>
-      <c r="I94" s="7" t="n">
-[...12 lines deleted...]
-    <row r="97">
+      <c r="K94" s="7">
+        <v>-3.0999999999999899</v>
+      </c>
+      <c r="M94" s="7">
+        <v>2.5</v>
+      </c>
+      <c r="O94" s="7">
+        <v>3.5999999999999899</v>
+      </c>
+    </row>
+    <row r="97" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A97" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="98" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A98" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="98">
-      <c r="A98" t="s">
+    <row r="99" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A99" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="99">
-      <c r="A99" t="s">
+    <row r="101" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A101" t="s">
         <v>100</v>
-      </c>
-[...3 lines deleted...]
-        <v>101</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
-  <dimension ref="A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="A1:O47"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="54.140625" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="54.140625" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="10.7109375" hidden="0" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15" max="15" width="10.7109375" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.7109375" customWidth="1"/>
+    <col min="4" max="4" width="2.5703125" customWidth="1"/>
+    <col min="5" max="5" width="10.7109375" customWidth="1"/>
+    <col min="6" max="6" width="2.5703125" customWidth="1"/>
+    <col min="7" max="7" width="10.7109375" customWidth="1"/>
+    <col min="8" max="8" width="2.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10.7109375" customWidth="1"/>
+    <col min="10" max="10" width="2.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10.7109375" customWidth="1"/>
+    <col min="12" max="12" width="2.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10.7109375" customWidth="1"/>
+    <col min="14" max="14" width="2.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="2">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
-        <v>324</v>
+        <v>229</v>
       </c>
       <c r="M2" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3">
+    <row r="3" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="M3" s="6" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.2">
       <c r="C5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="G5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="K5" s="6" t="s">
-        <v>320</v>
+        <v>225</v>
       </c>
       <c r="M5" s="6" t="s">
-        <v>322</v>
+        <v>227</v>
       </c>
       <c r="O5" s="6" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      <c r="C6" s="6" t="n">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="C6" s="6">
         <v>2025</v>
       </c>
-      <c r="E6" s="6" t="n">
+      <c r="E6" s="6">
         <v>2025</v>
       </c>
-      <c r="G6" s="6" t="n">
+      <c r="G6" s="6">
         <v>2024</v>
       </c>
-      <c r="I6" s="6" t="n">
+      <c r="I6" s="6">
         <v>2024</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="7">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="9">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
-        <v>232</v>
+        <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="7" t="n">
+      <c r="C9" s="7">
+        <v>304.3</v>
+      </c>
+      <c r="E9" s="7">
         <v>305.7</v>
       </c>
-      <c r="E9" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G9" s="7" t="n">
+      <c r="G9" s="7">
+        <v>308.89999999999998</v>
+      </c>
+      <c r="I9" s="7">
         <v>308</v>
       </c>
-      <c r="I9" s="7" t="n">
-[...12 lines deleted...]
-    <row r="10">
+      <c r="K9" s="7">
+        <v>-1.3999999999999799</v>
+      </c>
+      <c r="M9" s="7">
+        <v>-4.5999999999999703</v>
+      </c>
+      <c r="O9" s="7">
+        <v>-0.89999999999997704</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
-        <v>233</v>
+        <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
-      <c r="C10" s="7" t="n">
-[...21 lines deleted...]
-    <row r="11">
+      <c r="C10" s="7">
+        <v>262.7</v>
+      </c>
+      <c r="E10" s="7">
+        <v>264.60000000000002</v>
+      </c>
+      <c r="G10" s="7">
+        <v>268.2</v>
+      </c>
+      <c r="I10" s="7">
+        <v>268.10000000000002</v>
+      </c>
+      <c r="K10" s="7">
+        <v>-1.9000000000000301</v>
+      </c>
+      <c r="M10" s="7">
+        <v>-5.5</v>
+      </c>
+      <c r="O10" s="7">
+        <v>-9.9999999999965894E-2</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
-        <v>234</v>
+        <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G11" s="7" t="n">
+      <c r="C11" s="7">
+        <v>79.2</v>
+      </c>
+      <c r="E11" s="7">
+        <v>79.900000000000006</v>
+      </c>
+      <c r="G11" s="7">
+        <v>85.4</v>
+      </c>
+      <c r="I11" s="7">
         <v>85.3</v>
       </c>
-      <c r="I11" s="7" t="n">
-[...12 lines deleted...]
-    <row r="12">
+      <c r="K11" s="7">
+        <v>-0.70000000000000295</v>
+      </c>
+      <c r="M11" s="7">
+        <v>-6.2</v>
+      </c>
+      <c r="O11" s="7">
+        <v>-0.100000000000009</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
-        <v>237</v>
+        <v>142</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
-[...7 lines deleted...]
-      <c r="G12" s="7" t="n">
+        <v>103</v>
+      </c>
+      <c r="C12" s="7">
+        <v>26.4</v>
+      </c>
+      <c r="E12" s="7">
+        <v>26.8</v>
+      </c>
+      <c r="G12" s="7">
+        <v>27</v>
+      </c>
+      <c r="I12" s="7">
         <v>27.1</v>
       </c>
-      <c r="I12" s="7" t="n">
-[...12 lines deleted...]
-    <row r="13">
+      <c r="K12" s="7">
+        <v>-0.40000000000000202</v>
+      </c>
+      <c r="M12" s="7">
+        <v>-0.60000000000000098</v>
+      </c>
+      <c r="O12" s="7">
+        <v>0.100000000000001</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
-        <v>243</v>
+        <v>148</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
-      <c r="C13" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G13" s="7" t="n">
+      <c r="C13" s="7">
+        <v>18.5</v>
+      </c>
+      <c r="E13" s="7">
+        <v>18.7</v>
+      </c>
+      <c r="G13" s="7">
+        <v>19.600000000000001</v>
+      </c>
+      <c r="I13" s="7">
         <v>19.7</v>
       </c>
-      <c r="I13" s="7" t="n">
-[...12 lines deleted...]
-    <row r="14">
+      <c r="K13" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="M13" s="7">
+        <v>-1.1000000000000001</v>
+      </c>
+      <c r="O13" s="7">
+        <v>9.9999999999997896E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
-        <v>244</v>
+        <v>149</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
-      <c r="C14" s="7" t="n">
+      <c r="C14" s="7">
+        <v>52.8</v>
+      </c>
+      <c r="E14" s="7">
         <v>53.1</v>
       </c>
-      <c r="E14" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G14" s="7" t="n">
+      <c r="G14" s="7">
+        <v>58.4</v>
+      </c>
+      <c r="I14" s="7">
         <v>58.2</v>
       </c>
-      <c r="I14" s="7" t="n">
-[...12 lines deleted...]
-    <row r="15">
+      <c r="K14" s="7">
+        <v>-0.30000000000000399</v>
+      </c>
+      <c r="M14" s="7">
+        <v>-5.6</v>
+      </c>
+      <c r="O14" s="7">
+        <v>-0.19999999999999599</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
-        <v>252</v>
+        <v>157</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
-      <c r="C15" s="7" t="n">
-[...21 lines deleted...]
-    <row r="16">
+      <c r="C15" s="7">
+        <v>35.799999999999997</v>
+      </c>
+      <c r="E15" s="7">
+        <v>35.799999999999997</v>
+      </c>
+      <c r="G15" s="7">
+        <v>39.9</v>
+      </c>
+      <c r="I15" s="7">
+        <v>39.700000000000003</v>
+      </c>
+      <c r="K15" s="7">
+        <v>0</v>
+      </c>
+      <c r="M15" s="7">
+        <v>-4.0999999999999996</v>
+      </c>
+      <c r="O15" s="7">
+        <v>-0.19999999999999599</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
-        <v>253</v>
+        <v>158</v>
       </c>
       <c r="B16" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="C16" s="7" t="n">
+        <v>105</v>
+      </c>
+      <c r="C16" s="7">
+        <v>35</v>
+      </c>
+      <c r="E16" s="7">
         <v>35.1</v>
       </c>
-      <c r="E16" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G16" s="7" t="n">
+      <c r="G16" s="7">
+        <v>39.1</v>
+      </c>
+      <c r="I16" s="7">
         <v>39</v>
       </c>
-      <c r="I16" s="7" t="n">
-[...12 lines deleted...]
-    <row r="17">
+      <c r="K16" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="M16" s="7">
+        <v>-4.0999999999999996</v>
+      </c>
+      <c r="O16" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
-        <v>259</v>
+        <v>164</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
-      <c r="C17" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G17" s="7" t="n">
+      <c r="C17" s="7">
+        <v>225.1</v>
+      </c>
+      <c r="E17" s="7">
+        <v>225.8</v>
+      </c>
+      <c r="G17" s="7">
+        <v>223.5</v>
+      </c>
+      <c r="I17" s="7">
         <v>222.7</v>
       </c>
-      <c r="I17" s="7" t="n">
-[...12 lines deleted...]
-    <row r="18">
+      <c r="K17" s="7">
+        <v>-0.70000000000001705</v>
+      </c>
+      <c r="M17" s="7">
+        <v>1.5999999999999901</v>
+      </c>
+      <c r="O17" s="7">
+        <v>-0.80000000000001104</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
-        <v>260</v>
+        <v>165</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
-      <c r="C18" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G18" s="7" t="n">
+      <c r="C18" s="7">
+        <v>183.5</v>
+      </c>
+      <c r="E18" s="7">
+        <v>184.7</v>
+      </c>
+      <c r="G18" s="7">
         <v>182.8</v>
       </c>
-      <c r="I18" s="7" t="n">
-[...12 lines deleted...]
-    <row r="19">
+      <c r="I18" s="7">
+        <v>182.8</v>
+      </c>
+      <c r="K18" s="7">
+        <v>-1.19999999999999</v>
+      </c>
+      <c r="M18" s="7">
+        <v>0.69999999999998896</v>
+      </c>
+      <c r="O18" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
-        <v>261</v>
+        <v>166</v>
       </c>
       <c r="B19" t="s">
         <v>40</v>
       </c>
-      <c r="C19" s="7" t="n">
+      <c r="C19" s="7">
+        <v>52.4</v>
+      </c>
+      <c r="E19" s="7">
         <v>52.7</v>
       </c>
-      <c r="E19" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G19" s="7" t="n">
+      <c r="G19" s="7">
+        <v>52.9</v>
+      </c>
+      <c r="I19" s="7">
         <v>52.6</v>
       </c>
-      <c r="I19" s="7" t="n">
-[...12 lines deleted...]
-    <row r="20">
+      <c r="K19" s="7">
+        <v>-0.30000000000000399</v>
+      </c>
+      <c r="M19" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="O19" s="7">
+        <v>-0.29999999999999699</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
-        <v>262</v>
+        <v>167</v>
       </c>
       <c r="B20" t="s">
         <v>48</v>
       </c>
-      <c r="C20" s="7" t="n">
+      <c r="C20" s="7">
         <v>9.6</v>
       </c>
-      <c r="E20" s="7" t="n">
+      <c r="E20" s="7">
         <v>9.6</v>
       </c>
-      <c r="G20" s="7" t="n">
+      <c r="G20" s="7">
+        <v>9.6</v>
+      </c>
+      <c r="I20" s="7">
         <v>9.5</v>
       </c>
-      <c r="I20" s="7" t="n">
-[...12 lines deleted...]
-    <row r="21">
+      <c r="K20" s="7">
+        <v>0</v>
+      </c>
+      <c r="M20" s="7">
+        <v>0</v>
+      </c>
+      <c r="O20" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
-        <v>266</v>
+        <v>171</v>
       </c>
       <c r="B21" t="s">
         <v>63</v>
       </c>
-      <c r="C21" s="7" t="n">
-[...21 lines deleted...]
-    <row r="22">
+      <c r="C21" s="7">
+        <v>35</v>
+      </c>
+      <c r="E21" s="7">
+        <v>35.200000000000003</v>
+      </c>
+      <c r="G21" s="7">
+        <v>35.299999999999997</v>
+      </c>
+      <c r="I21" s="7">
+        <v>35.200000000000003</v>
+      </c>
+      <c r="K21" s="7">
+        <v>-0.20000000000000301</v>
+      </c>
+      <c r="M21" s="7">
+        <v>-0.29999999999999699</v>
+      </c>
+      <c r="O21" s="7">
+        <v>-9.9999999999994302E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
-        <v>269</v>
+        <v>174</v>
       </c>
       <c r="B22" t="s">
         <v>74</v>
       </c>
-      <c r="C22" s="7" t="n">
+      <c r="C22" s="7">
+        <v>7.6</v>
+      </c>
+      <c r="E22" s="7">
         <v>7.7</v>
       </c>
-      <c r="E22" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G22" s="7" t="n">
+      <c r="G22" s="7">
         <v>7.6</v>
       </c>
-      <c r="I22" s="7" t="n">
-[...12 lines deleted...]
-    <row r="23">
+      <c r="I22" s="7">
+        <v>7.6</v>
+      </c>
+      <c r="K22" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="M22" s="7">
+        <v>0</v>
+      </c>
+      <c r="O22" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
-        <v>270</v>
+        <v>175</v>
       </c>
       <c r="B23" t="s">
         <v>76</v>
       </c>
-      <c r="C23" s="7" t="n">
+      <c r="C23" s="7">
+        <v>7.8</v>
+      </c>
+      <c r="E23" s="7">
         <v>7.9</v>
       </c>
-      <c r="E23" s="7" t="n">
+      <c r="G23" s="7">
+        <v>8</v>
+      </c>
+      <c r="I23" s="7">
         <v>7.9</v>
       </c>
-      <c r="G23" s="7" t="n">
-[...11 lines deleted...]
-      <c r="O23" s="7" t="n">
+      <c r="K23" s="7">
         <v>-0.100000000000001</v>
       </c>
-    </row>
-    <row r="24">
+      <c r="M23" s="7">
+        <v>-0.2</v>
+      </c>
+      <c r="O23" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
-        <v>277</v>
+        <v>182</v>
       </c>
       <c r="B24" t="s">
         <v>81</v>
       </c>
-      <c r="C24" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G24" s="7" t="n">
+      <c r="C24" s="7">
         <v>3.5</v>
       </c>
-      <c r="I24" s="7" t="n">
+      <c r="E24" s="7">
         <v>3.5</v>
       </c>
-      <c r="K24" s="7" t="n">
-[...9 lines deleted...]
-    <row r="25">
+      <c r="G24" s="7">
+        <v>3.5</v>
+      </c>
+      <c r="I24" s="7">
+        <v>3.5</v>
+      </c>
+      <c r="K24" s="7">
+        <v>0</v>
+      </c>
+      <c r="M24" s="7">
+        <v>0</v>
+      </c>
+      <c r="O24" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
-        <v>278</v>
+        <v>183</v>
       </c>
       <c r="B25" t="s">
         <v>85</v>
       </c>
-      <c r="C25" s="7" t="n">
+      <c r="C25" s="7">
         <v>12.7</v>
       </c>
-      <c r="E25" s="7" t="n">
+      <c r="E25" s="7">
         <v>12.8</v>
       </c>
-      <c r="G25" s="7" t="n">
+      <c r="G25" s="7">
         <v>12.8</v>
       </c>
-      <c r="I25" s="7" t="n">
-[...2 lines deleted...]
-      <c r="K25" s="7" t="n">
+      <c r="I25" s="7">
+        <v>12.8</v>
+      </c>
+      <c r="K25" s="7">
         <v>-0.100000000000001</v>
       </c>
-      <c r="M25" s="7" t="n">
+      <c r="M25" s="7">
         <v>-0.100000000000001</v>
       </c>
-      <c r="O25" s="7" t="n">
-[...3 lines deleted...]
-    <row r="26">
+      <c r="O25" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
-        <v>283</v>
+        <v>188</v>
       </c>
       <c r="B26" t="s">
+        <v>90</v>
+      </c>
+      <c r="C26" s="7">
+        <v>33.6</v>
+      </c>
+      <c r="E26" s="7">
+        <v>33.4</v>
+      </c>
+      <c r="G26" s="7">
+        <v>33.1</v>
+      </c>
+      <c r="I26" s="7">
+        <v>33</v>
+      </c>
+      <c r="K26" s="7">
+        <v>0.20000000000000301</v>
+      </c>
+      <c r="M26" s="7">
+        <v>0.5</v>
+      </c>
+      <c r="O26" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A27" t="s">
+        <v>195</v>
+      </c>
+      <c r="B27" t="s">
         <v>91</v>
       </c>
-      <c r="C26" s="7" t="n">
-[...25 lines deleted...]
-      <c r="B27" t="s">
+      <c r="C27" s="7">
+        <v>15.3</v>
+      </c>
+      <c r="E27" s="7">
+        <v>15.2</v>
+      </c>
+      <c r="G27" s="7">
+        <v>15.2</v>
+      </c>
+      <c r="I27" s="7">
+        <v>15.1</v>
+      </c>
+      <c r="K27" s="7">
+        <v>0.100000000000001</v>
+      </c>
+      <c r="M27" s="7">
+        <v>0.100000000000001</v>
+      </c>
+      <c r="O27" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A28" t="s">
+        <v>196</v>
+      </c>
+      <c r="B28" t="s">
         <v>92</v>
       </c>
-      <c r="C27" s="7" t="n">
-[...28 lines deleted...]
-      <c r="C28" s="7" t="n">
+      <c r="C28" s="7">
+        <v>13.7</v>
+      </c>
+      <c r="E28" s="7">
+        <v>13.6</v>
+      </c>
+      <c r="G28" s="7">
+        <v>13.6</v>
+      </c>
+      <c r="I28" s="7">
         <v>13.5</v>
       </c>
-      <c r="E28" s="7" t="n">
-[...18 lines deleted...]
-    <row r="29">
+      <c r="K28" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="M28" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="O28" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
-        <v>294</v>
+        <v>199</v>
       </c>
       <c r="B29" t="s">
         <v>36</v>
       </c>
-      <c r="C29" s="7" t="n">
+      <c r="C29" s="7">
+        <v>41.7</v>
+      </c>
+      <c r="E29" s="7">
         <v>41.6</v>
       </c>
-      <c r="E29" s="7" t="n">
-[...8 lines deleted...]
-      <c r="K29" s="7" t="n">
+      <c r="G29" s="7">
+        <v>40.6</v>
+      </c>
+      <c r="I29" s="7">
+        <v>40.200000000000003</v>
+      </c>
+      <c r="K29" s="7">
         <v>0.100000000000001</v>
       </c>
-      <c r="M29" s="7" t="n">
-[...6 lines deleted...]
-    <row r="30">
+      <c r="M29" s="7">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="O29" s="7">
+        <v>-0.39999999999999902</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
-        <v>297</v>
+        <v>202</v>
       </c>
       <c r="B30" t="s">
         <v>40</v>
       </c>
-      <c r="C30" s="7" t="n">
+      <c r="C30" s="7">
         <v>14</v>
       </c>
-      <c r="E30" s="7" t="n">
+      <c r="E30" s="7">
         <v>14</v>
       </c>
-      <c r="G30" s="7" t="n">
+      <c r="G30" s="7">
+        <v>13.7</v>
+      </c>
+      <c r="I30" s="7">
         <v>13.5</v>
       </c>
-      <c r="I30" s="7" t="n">
-[...12 lines deleted...]
-    <row r="31">
+      <c r="K30" s="7">
+        <v>0</v>
+      </c>
+      <c r="M30" s="7">
+        <v>0.30000000000000099</v>
+      </c>
+      <c r="O30" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="31" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
-        <v>298</v>
+        <v>203</v>
       </c>
       <c r="B31" t="s">
         <v>48</v>
       </c>
-      <c r="C31" s="7" t="n">
+      <c r="C31" s="7">
         <v>6.6</v>
       </c>
-      <c r="E31" s="7" t="n">
+      <c r="E31" s="7">
         <v>6.6</v>
       </c>
-      <c r="G31" s="7" t="n">
+      <c r="G31" s="7">
         <v>6.5</v>
       </c>
-      <c r="I31" s="7" t="n">
+      <c r="I31" s="7">
         <v>6.5</v>
       </c>
-      <c r="K31" s="7" t="n">
-[...9 lines deleted...]
-    <row r="32">
+      <c r="K31" s="7">
+        <v>0</v>
+      </c>
+      <c r="M31" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="O31" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
-        <v>301</v>
+        <v>206</v>
       </c>
       <c r="B32" t="s">
         <v>63</v>
       </c>
-      <c r="C32" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G32" s="7" t="n">
+      <c r="C32" s="7">
+        <v>28.8</v>
+      </c>
+      <c r="E32" s="7">
+        <v>29.7</v>
+      </c>
+      <c r="G32" s="7">
+        <v>29.3</v>
+      </c>
+      <c r="I32" s="7">
         <v>30</v>
       </c>
-      <c r="I32" s="7" t="n">
-[...12 lines deleted...]
-    <row r="33">
+      <c r="K32" s="7">
+        <v>-0.89999999999999902</v>
+      </c>
+      <c r="M32" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="O32" s="7">
+        <v>0.69999999999999896</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
-        <v>305</v>
+        <v>210</v>
       </c>
       <c r="B33" t="s">
         <v>74</v>
       </c>
-      <c r="C33" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G33" s="7" t="n">
+      <c r="C33" s="7">
+        <v>23.2</v>
+      </c>
+      <c r="E33" s="7">
         <v>23.9</v>
       </c>
-      <c r="I33" s="7" t="n">
-[...12 lines deleted...]
-    <row r="34">
+      <c r="G33" s="7">
+        <v>23.6</v>
+      </c>
+      <c r="I33" s="7">
+        <v>23.9</v>
+      </c>
+      <c r="K33" s="7">
+        <v>-0.69999999999999896</v>
+      </c>
+      <c r="M33" s="7">
+        <v>-0.40000000000000202</v>
+      </c>
+      <c r="O33" s="7">
+        <v>0.29999999999999699</v>
+      </c>
+    </row>
+    <row r="34" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
-        <v>306</v>
+        <v>211</v>
       </c>
       <c r="B34" t="s">
         <v>76</v>
       </c>
-      <c r="C34" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E34" s="7" t="n">
+      <c r="C34" s="7">
+        <v>10.8</v>
+      </c>
+      <c r="E34" s="7">
         <v>11</v>
       </c>
-      <c r="G34" s="7" t="n">
+      <c r="G34" s="7">
+        <v>10.6</v>
+      </c>
+      <c r="I34" s="7">
         <v>10.7</v>
       </c>
-      <c r="I34" s="7" t="n">
-[...12 lines deleted...]
-    <row r="35">
+      <c r="K34" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="M34" s="7">
+        <v>0.20000000000000101</v>
+      </c>
+      <c r="O34" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="35" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
-        <v>310</v>
+        <v>215</v>
       </c>
       <c r="B35" t="s">
         <v>81</v>
       </c>
-      <c r="C35" s="7" t="n">
+      <c r="C35" s="7">
+        <v>41.6</v>
+      </c>
+      <c r="E35" s="7">
         <v>41.1</v>
       </c>
-      <c r="E35" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G35" s="7" t="n">
+      <c r="G35" s="7">
+        <v>40.700000000000003</v>
+      </c>
+      <c r="I35" s="7">
         <v>39.9</v>
       </c>
-      <c r="I35" s="7" t="n">
-[...12 lines deleted...]
-    <row r="36">
+      <c r="K35" s="7">
+        <v>0.5</v>
+      </c>
+      <c r="M35" s="7">
+        <v>0.89999999999999902</v>
+      </c>
+      <c r="O35" s="7">
+        <v>-0.80000000000000404</v>
+      </c>
+    </row>
+    <row r="36" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
-        <v>311</v>
+        <v>216</v>
       </c>
       <c r="B36" t="s">
         <v>85</v>
       </c>
-      <c r="C36" s="7" t="n">
+      <c r="C36" s="7">
         <v>2.7</v>
       </c>
-      <c r="E36" s="7" t="n">
+      <c r="E36" s="7">
         <v>2.7</v>
       </c>
-      <c r="G36" s="7" t="n">
+      <c r="G36" s="7">
         <v>2.6</v>
       </c>
-      <c r="I36" s="7" t="n">
+      <c r="I36" s="7">
         <v>2.6</v>
       </c>
-      <c r="K36" s="7" t="n">
-[...2 lines deleted...]
-      <c r="M36" s="7" t="n">
+      <c r="K36" s="7">
+        <v>0</v>
+      </c>
+      <c r="M36" s="7">
         <v>0.1</v>
       </c>
-      <c r="O36" s="7" t="n">
-[...3 lines deleted...]
-    <row r="37">
+      <c r="O36" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
-        <v>312</v>
+        <v>217</v>
       </c>
       <c r="B37" t="s">
+        <v>90</v>
+      </c>
+      <c r="C37" s="7">
+        <v>4.7</v>
+      </c>
+      <c r="E37" s="7">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="G37" s="7">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="I37" s="7">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="K37" s="7">
+        <v>0.3</v>
+      </c>
+      <c r="M37" s="7">
+        <v>0.100000000000001</v>
+      </c>
+      <c r="O37" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="38" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A38" t="s">
+        <v>218</v>
+      </c>
+      <c r="B38" t="s">
         <v>91</v>
       </c>
-      <c r="C37" s="7" t="n">
-[...25 lines deleted...]
-      <c r="B38" t="s">
+      <c r="C38" s="7">
+        <v>1.8</v>
+      </c>
+      <c r="E38" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="G38" s="7">
+        <v>1.7</v>
+      </c>
+      <c r="I38" s="7">
+        <v>1.4</v>
+      </c>
+      <c r="K38" s="7">
+        <v>0.3</v>
+      </c>
+      <c r="M38" s="7">
+        <v>0.1</v>
+      </c>
+      <c r="O38" s="7">
+        <v>-0.3</v>
+      </c>
+    </row>
+    <row r="39" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A39" t="s">
+        <v>220</v>
+      </c>
+      <c r="B39" t="s">
         <v>92</v>
       </c>
-      <c r="C38" s="7" t="n">
-[...28 lines deleted...]
-      <c r="C39" s="7" t="n">
+      <c r="C39" s="7">
+        <v>34.200000000000003</v>
+      </c>
+      <c r="E39" s="7">
         <v>34</v>
       </c>
-      <c r="E39" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G39" s="7" t="n">
+      <c r="G39" s="7">
+        <v>33.5</v>
+      </c>
+      <c r="I39" s="7">
         <v>32.9</v>
       </c>
-      <c r="I39" s="7" t="n">
-[...12 lines deleted...]
-    <row r="40">
+      <c r="K39" s="7">
+        <v>0.20000000000000301</v>
+      </c>
+      <c r="M39" s="7">
+        <v>0.70000000000000295</v>
+      </c>
+      <c r="O39" s="7">
+        <v>-0.60000000000000098</v>
+      </c>
+    </row>
+    <row r="40" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
-        <v>316</v>
+        <v>221</v>
       </c>
       <c r="B40" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="C40" s="7" t="n">
+        <v>94</v>
+      </c>
+      <c r="C40" s="7">
+        <v>15.7</v>
+      </c>
+      <c r="E40" s="7">
         <v>15.5</v>
       </c>
-      <c r="E40" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G40" s="7" t="n">
+      <c r="G40" s="7">
+        <v>15.6</v>
+      </c>
+      <c r="I40" s="7">
         <v>15.1</v>
       </c>
-      <c r="I40" s="7" t="n">
-[...12 lines deleted...]
-    <row r="43">
+      <c r="K40" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+      <c r="M40" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="O40" s="7">
+        <v>-0.5</v>
+      </c>
+    </row>
+    <row r="43" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="44" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A44" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="44">
-      <c r="A44" t="s">
+    <row r="45" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A45" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="45">
-      <c r="A45" t="s">
+    <row r="47" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A47" t="s">
         <v>100</v>
-      </c>
-[...3 lines deleted...]
-        <v>101</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
-  <dimension ref="A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+  <dimension ref="A1:O83"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="54.140625" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="54.140625" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="10.7109375" hidden="0" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15" max="15" width="10.7109375" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.7109375" customWidth="1"/>
+    <col min="4" max="4" width="2.5703125" customWidth="1"/>
+    <col min="5" max="5" width="10.7109375" customWidth="1"/>
+    <col min="6" max="6" width="2.5703125" customWidth="1"/>
+    <col min="7" max="7" width="10.7109375" customWidth="1"/>
+    <col min="8" max="8" width="2.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10.7109375" customWidth="1"/>
+    <col min="10" max="10" width="2.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10.7109375" customWidth="1"/>
+    <col min="12" max="12" width="2.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10.7109375" customWidth="1"/>
+    <col min="14" max="14" width="2.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="2">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
-        <v>324</v>
+        <v>229</v>
       </c>
       <c r="M2" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3">
+    <row r="3" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="M3" s="6" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.2">
       <c r="C5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="G5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="K5" s="6" t="s">
-        <v>320</v>
+        <v>225</v>
       </c>
       <c r="M5" s="6" t="s">
-        <v>322</v>
+        <v>227</v>
       </c>
       <c r="O5" s="6" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      <c r="C6" s="6" t="n">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="C6" s="6">
         <v>2025</v>
       </c>
-      <c r="E6" s="6" t="n">
+      <c r="E6" s="6">
         <v>2025</v>
       </c>
-      <c r="G6" s="6" t="n">
+      <c r="G6" s="6">
         <v>2024</v>
       </c>
-      <c r="I6" s="6" t="n">
+      <c r="I6" s="6">
         <v>2024</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="7">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="9">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
-        <v>232</v>
+        <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G9" s="7" t="n">
+      <c r="C9" s="7">
+        <v>1503.5</v>
+      </c>
+      <c r="E9" s="7">
+        <v>1508.7</v>
+      </c>
+      <c r="G9" s="7">
+        <v>1499.2</v>
+      </c>
+      <c r="I9" s="7">
         <v>1495.7</v>
       </c>
-      <c r="I9" s="7" t="n">
-[...12 lines deleted...]
-    <row r="10">
+      <c r="K9" s="7">
+        <v>-5.2000000000000499</v>
+      </c>
+      <c r="M9" s="7">
+        <v>4.2999999999999501</v>
+      </c>
+      <c r="O9" s="7">
+        <v>-3.5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
-        <v>233</v>
+        <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
-      <c r="C10" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G10" s="7" t="n">
+      <c r="C10" s="7">
+        <v>1320.3</v>
+      </c>
+      <c r="E10" s="7">
+        <v>1330</v>
+      </c>
+      <c r="G10" s="7">
+        <v>1314.4</v>
+      </c>
+      <c r="I10" s="7">
         <v>1315.4</v>
       </c>
-      <c r="I10" s="7" t="n">
-[...12 lines deleted...]
-    <row r="11">
+      <c r="K10" s="7">
+        <v>-9.7000000000000508</v>
+      </c>
+      <c r="M10" s="7">
+        <v>5.89999999999986</v>
+      </c>
+      <c r="O10" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
-        <v>234</v>
+        <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G11" s="7" t="n">
+      <c r="C11" s="7">
+        <v>164.4</v>
+      </c>
+      <c r="E11" s="7">
+        <v>164.6</v>
+      </c>
+      <c r="G11" s="7">
+        <v>169.3</v>
+      </c>
+      <c r="I11" s="7">
         <v>169.6</v>
       </c>
-      <c r="I11" s="7" t="n">
-[...12 lines deleted...]
-    <row r="12">
+      <c r="K11" s="7">
+        <v>-0.19999999999998899</v>
+      </c>
+      <c r="M11" s="7">
+        <v>-4.9000000000000101</v>
+      </c>
+      <c r="O11" s="7">
+        <v>0.299999999999983</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
-        <v>235</v>
+        <v>140</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
-      <c r="C12" s="7" t="n">
+      <c r="C12" s="7">
         <v>0.4</v>
       </c>
-      <c r="E12" s="7" t="n">
+      <c r="E12" s="7">
         <v>0.4</v>
       </c>
-      <c r="G12" s="7" t="n">
+      <c r="G12" s="7">
         <v>0.4</v>
       </c>
-      <c r="I12" s="7" t="n">
+      <c r="I12" s="7">
         <v>0.4</v>
       </c>
-      <c r="K12" s="7" t="n">
-[...9 lines deleted...]
-    <row r="13">
+      <c r="K12" s="7">
+        <v>0</v>
+      </c>
+      <c r="M12" s="7">
+        <v>0</v>
+      </c>
+      <c r="O12" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
-        <v>237</v>
+        <v>142</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
-      <c r="C13" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G13" s="7" t="n">
+      <c r="C13" s="7">
+        <v>70.8</v>
+      </c>
+      <c r="E13" s="7">
+        <v>71.3</v>
+      </c>
+      <c r="G13" s="7">
+        <v>74.599999999999994</v>
+      </c>
+      <c r="I13" s="7">
         <v>75.3</v>
       </c>
-      <c r="I13" s="7" t="n">
-[...5 lines deleted...]
-      <c r="M13" s="7" t="n">
+      <c r="K13" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="M13" s="7">
         <v>-3.8</v>
       </c>
-      <c r="O13" s="7" t="n">
-[...3 lines deleted...]
-    <row r="14">
+      <c r="O13" s="7">
+        <v>0.70000000000000295</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
-        <v>238</v>
+        <v>143</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
-      <c r="C14" s="7" t="n">
-[...17 lines deleted...]
-      <c r="O14" s="7" t="n">
+      <c r="C14" s="7">
+        <v>70.400000000000006</v>
+      </c>
+      <c r="E14" s="7">
+        <v>70.900000000000006</v>
+      </c>
+      <c r="G14" s="7">
+        <v>74.2</v>
+      </c>
+      <c r="I14" s="7">
+        <v>74.900000000000006</v>
+      </c>
+      <c r="K14" s="7">
         <v>-0.5</v>
       </c>
-    </row>
-    <row r="15">
+      <c r="M14" s="7">
+        <v>-3.8</v>
+      </c>
+      <c r="O14" s="7">
+        <v>0.70000000000000295</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
-        <v>239</v>
+        <v>144</v>
       </c>
       <c r="B15" t="s">
         <v>17</v>
       </c>
-      <c r="C15" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E15" s="7" t="n">
+      <c r="C15" s="7">
+        <v>20.5</v>
+      </c>
+      <c r="E15" s="7">
         <v>20.7</v>
       </c>
-      <c r="G15" s="7" t="n">
+      <c r="G15" s="7">
+        <v>22</v>
+      </c>
+      <c r="I15" s="7">
         <v>22.3</v>
       </c>
-      <c r="I15" s="7" t="n">
-[...5 lines deleted...]
-      <c r="M15" s="7" t="n">
+      <c r="K15" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="M15" s="7">
         <v>-1.5</v>
       </c>
-      <c r="O15" s="7" t="n">
-[...3 lines deleted...]
-    <row r="16">
+      <c r="O15" s="7">
+        <v>0.30000000000000099</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
-        <v>242</v>
+        <v>147</v>
       </c>
       <c r="B16" t="s">
         <v>18</v>
       </c>
-      <c r="C16" s="7" t="n">
+      <c r="C16" s="7">
         <v>5.3</v>
       </c>
-      <c r="E16" s="7" t="n">
+      <c r="E16" s="7">
         <v>5.3</v>
       </c>
-      <c r="G16" s="7" t="n">
+      <c r="G16" s="7">
+        <v>5.6</v>
+      </c>
+      <c r="I16" s="7">
         <v>5.7</v>
       </c>
-      <c r="I16" s="7" t="n">
-[...12 lines deleted...]
-    <row r="17">
+      <c r="K16" s="7">
+        <v>0</v>
+      </c>
+      <c r="M16" s="7">
+        <v>-0.3</v>
+      </c>
+      <c r="O16" s="7">
+        <v>0.100000000000001</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
-        <v>243</v>
+        <v>148</v>
       </c>
       <c r="B17" t="s">
         <v>19</v>
       </c>
-      <c r="C17" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E17" s="7" t="n">
+      <c r="C17" s="7">
         <v>44.6</v>
       </c>
-      <c r="G17" s="7" t="n">
+      <c r="E17" s="7">
+        <v>44.9</v>
+      </c>
+      <c r="G17" s="7">
+        <v>46.6</v>
+      </c>
+      <c r="I17" s="7">
         <v>46.9</v>
       </c>
-      <c r="I17" s="7" t="n">
-[...12 lines deleted...]
-    <row r="18">
+      <c r="K17" s="7">
+        <v>-0.29999999999999699</v>
+      </c>
+      <c r="M17" s="7">
+        <v>-2</v>
+      </c>
+      <c r="O17" s="7">
+        <v>0.29999999999999699</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
-        <v>244</v>
+        <v>149</v>
       </c>
       <c r="B18" t="s">
         <v>20</v>
       </c>
-      <c r="C18" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G18" s="7" t="n">
+      <c r="C18" s="7">
+        <v>93.6</v>
+      </c>
+      <c r="E18" s="7">
+        <v>93.3</v>
+      </c>
+      <c r="G18" s="7">
+        <v>94.7</v>
+      </c>
+      <c r="I18" s="7">
         <v>94.3</v>
       </c>
-      <c r="I18" s="7" t="n">
-[...12 lines deleted...]
-    <row r="19">
+      <c r="K18" s="7">
+        <v>0.29999999999999699</v>
+      </c>
+      <c r="M18" s="7">
+        <v>-1.1000000000000101</v>
+      </c>
+      <c r="O18" s="7">
+        <v>-0.40000000000000602</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
-        <v>245</v>
+        <v>150</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
-      <c r="C19" s="7" t="n">
+      <c r="C19" s="7">
+        <v>68.900000000000006</v>
+      </c>
+      <c r="E19" s="7">
         <v>68.7</v>
       </c>
-      <c r="E19" s="7" t="n">
-[...18 lines deleted...]
-    <row r="20">
+      <c r="G19" s="7">
+        <v>70.7</v>
+      </c>
+      <c r="I19" s="7">
+        <v>70.599999999999994</v>
+      </c>
+      <c r="K19" s="7">
+        <v>0.20000000000000301</v>
+      </c>
+      <c r="M19" s="7">
+        <v>-1.8</v>
+      </c>
+      <c r="O19" s="7">
+        <v>-0.100000000000009</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
-        <v>249</v>
+        <v>154</v>
       </c>
       <c r="B20" t="s">
         <v>26</v>
       </c>
-      <c r="C20" s="7" t="n">
+      <c r="C20" s="7">
         <v>5.3</v>
       </c>
-      <c r="E20" s="7" t="n">
+      <c r="E20" s="7">
         <v>5.3</v>
       </c>
-      <c r="G20" s="7" t="n">
+      <c r="G20" s="7">
+        <v>5.4</v>
+      </c>
+      <c r="I20" s="7">
         <v>5.3</v>
       </c>
-      <c r="I20" s="7" t="n">
-[...12 lines deleted...]
-    <row r="21">
+      <c r="K20" s="7">
+        <v>0</v>
+      </c>
+      <c r="M20" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="O20" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
-        <v>251</v>
+        <v>156</v>
       </c>
       <c r="B21" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="C21" s="7" t="n">
+        <v>101</v>
+      </c>
+      <c r="C21" s="7">
         <v>7.1</v>
       </c>
-      <c r="E21" s="7" t="n">
+      <c r="E21" s="7">
+        <v>7.1</v>
+      </c>
+      <c r="G21" s="7">
         <v>7.2</v>
       </c>
-      <c r="G21" s="7" t="n">
+      <c r="I21" s="7">
         <v>7.2</v>
       </c>
-      <c r="I21" s="7" t="n">
-[...2 lines deleted...]
-      <c r="K21" s="7" t="n">
+      <c r="K21" s="7">
+        <v>0</v>
+      </c>
+      <c r="M21" s="7">
         <v>-0.100000000000001</v>
       </c>
-      <c r="M21" s="7" t="n">
-[...6 lines deleted...]
-    <row r="22">
+      <c r="O21" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
-        <v>325</v>
+        <v>230</v>
       </c>
       <c r="B22" t="s">
         <v>27</v>
       </c>
-      <c r="C22" s="7" t="n">
+      <c r="C22" s="7">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="E22" s="7">
         <v>4.5</v>
       </c>
-      <c r="E22" s="7" t="n">
+      <c r="G22" s="7">
         <v>4.5</v>
       </c>
-      <c r="G22" s="7" t="n">
+      <c r="I22" s="7">
         <v>4.5</v>
       </c>
-      <c r="I22" s="7" t="n">
-[...12 lines deleted...]
-    <row r="23">
+      <c r="K22" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M22" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="O22" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
-        <v>252</v>
+        <v>157</v>
       </c>
       <c r="B23" t="s">
         <v>28</v>
       </c>
-      <c r="C23" s="7" t="n">
+      <c r="C23" s="7">
+        <v>40.9</v>
+      </c>
+      <c r="E23" s="7">
         <v>40.5</v>
       </c>
-      <c r="E23" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G23" s="7" t="n">
+      <c r="G23" s="7">
+        <v>43.3</v>
+      </c>
+      <c r="I23" s="7">
         <v>43.2</v>
       </c>
-      <c r="I23" s="7" t="n">
-[...12 lines deleted...]
-    <row r="24">
+      <c r="K23" s="7">
+        <v>0.39999999999999902</v>
+      </c>
+      <c r="M23" s="7">
+        <v>-2.4</v>
+      </c>
+      <c r="O23" s="7">
+        <v>-9.9999999999994302E-2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
-        <v>253</v>
+        <v>158</v>
       </c>
       <c r="B24" t="s">
         <v>29</v>
       </c>
-      <c r="C24" s="7" t="n">
+      <c r="C24" s="7">
+        <v>37.299999999999997</v>
+      </c>
+      <c r="E24" s="7">
         <v>37</v>
       </c>
-      <c r="E24" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G24" s="7" t="n">
+      <c r="G24" s="7">
+        <v>40.1</v>
+      </c>
+      <c r="I24" s="7">
         <v>39.9</v>
       </c>
-      <c r="I24" s="7" t="n">
-[...12 lines deleted...]
-    <row r="25">
+      <c r="K24" s="7">
+        <v>0.29999999999999699</v>
+      </c>
+      <c r="M24" s="7">
+        <v>-2.8</v>
+      </c>
+      <c r="O24" s="7">
+        <v>-0.20000000000000301</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
-        <v>254</v>
+        <v>159</v>
       </c>
       <c r="B25" t="s">
         <v>30</v>
       </c>
-      <c r="C25" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G25" s="7" t="n">
+      <c r="C25" s="7">
+        <v>24.7</v>
+      </c>
+      <c r="E25" s="7">
+        <v>24.6</v>
+      </c>
+      <c r="G25" s="7">
+        <v>24</v>
+      </c>
+      <c r="I25" s="7">
         <v>23.7</v>
       </c>
-      <c r="I25" s="7" t="n">
-[...12 lines deleted...]
-    <row r="26">
+      <c r="K25" s="7">
+        <v>9.9999999999997896E-2</v>
+      </c>
+      <c r="M25" s="7">
+        <v>0.69999999999999896</v>
+      </c>
+      <c r="O25" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
-        <v>255</v>
+        <v>160</v>
       </c>
       <c r="B26" t="s">
         <v>34</v>
       </c>
-      <c r="C26" s="7" t="n">
+      <c r="C26" s="7">
+        <v>12.8</v>
+      </c>
+      <c r="E26" s="7">
         <v>12.7</v>
       </c>
-      <c r="E26" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G26" s="7" t="n">
+      <c r="G26" s="7">
+        <v>12.6</v>
+      </c>
+      <c r="I26" s="7">
         <v>12.1</v>
       </c>
-      <c r="I26" s="7" t="n">
-[...12 lines deleted...]
-    <row r="27">
+      <c r="K26" s="7">
+        <v>0.100000000000001</v>
+      </c>
+      <c r="M26" s="7">
+        <v>0.20000000000000101</v>
+      </c>
+      <c r="O26" s="7">
+        <v>-0.5</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
-        <v>259</v>
+        <v>164</v>
       </c>
       <c r="B27" t="s">
         <v>35</v>
       </c>
-      <c r="C27" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G27" s="7" t="n">
+      <c r="C27" s="7">
+        <v>1339.1</v>
+      </c>
+      <c r="E27" s="7">
+        <v>1344.1</v>
+      </c>
+      <c r="G27" s="7">
+        <v>1329.9</v>
+      </c>
+      <c r="I27" s="7">
         <v>1326.1</v>
       </c>
-      <c r="I27" s="7" t="n">
-[...12 lines deleted...]
-    <row r="28">
+      <c r="K27" s="7">
+        <v>-5</v>
+      </c>
+      <c r="M27" s="7">
+        <v>9.1999999999998199</v>
+      </c>
+      <c r="O27" s="7">
+        <v>-3.8000000000001801</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
-        <v>260</v>
+        <v>165</v>
       </c>
       <c r="B28" t="s">
         <v>36</v>
       </c>
-      <c r="C28" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G28" s="7" t="n">
+      <c r="C28" s="7">
+        <v>1155.9000000000001</v>
+      </c>
+      <c r="E28" s="7">
+        <v>1165.4000000000001</v>
+      </c>
+      <c r="G28" s="7">
+        <v>1145.0999999999999</v>
+      </c>
+      <c r="I28" s="7">
         <v>1145.8</v>
       </c>
-      <c r="I28" s="7" t="n">
-[...12 lines deleted...]
-    <row r="29">
+      <c r="K28" s="7">
+        <v>-9.5</v>
+      </c>
+      <c r="M28" s="7">
+        <v>10.8000000000002</v>
+      </c>
+      <c r="O28" s="7">
+        <v>0.70000000000004503</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
-        <v>261</v>
+        <v>166</v>
       </c>
       <c r="B29" t="s">
         <v>40</v>
       </c>
-      <c r="C29" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G29" s="7" t="n">
+      <c r="C29" s="7">
+        <v>232.2</v>
+      </c>
+      <c r="E29" s="7">
+        <v>233</v>
+      </c>
+      <c r="G29" s="7">
+        <v>231.3</v>
+      </c>
+      <c r="I29" s="7">
         <v>231.5</v>
       </c>
-      <c r="I29" s="7" t="n">
-[...12 lines deleted...]
-    <row r="30">
+      <c r="K29" s="7">
+        <v>-0.80000000000001104</v>
+      </c>
+      <c r="M29" s="7">
+        <v>0.89999999999997704</v>
+      </c>
+      <c r="O29" s="7">
+        <v>0.19999999999998899</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
-        <v>262</v>
+        <v>167</v>
       </c>
       <c r="B30" t="s">
         <v>41</v>
       </c>
-      <c r="C30" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E30" s="7" t="n">
+      <c r="C30" s="7">
+        <v>60.7</v>
+      </c>
+      <c r="E30" s="7">
         <v>61</v>
       </c>
-      <c r="G30" s="7" t="n">
+      <c r="G30" s="7">
+        <v>60.7</v>
+      </c>
+      <c r="I30" s="7">
         <v>60.9</v>
       </c>
-      <c r="I30" s="7" t="n">
-[...12 lines deleted...]
-    <row r="31">
+      <c r="K30" s="7">
+        <v>-0.29999999999999699</v>
+      </c>
+      <c r="M30" s="7">
+        <v>0</v>
+      </c>
+      <c r="O30" s="7">
+        <v>0.19999999999999599</v>
+      </c>
+    </row>
+    <row r="31" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
-        <v>266</v>
+        <v>171</v>
       </c>
       <c r="B31" t="s">
         <v>44</v>
       </c>
-      <c r="C31" s="7" t="n">
+      <c r="C31" s="7">
+        <v>105.1</v>
+      </c>
+      <c r="E31" s="7">
         <v>105.6</v>
       </c>
-      <c r="E31" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G31" s="7" t="n">
+      <c r="G31" s="7">
+        <v>105</v>
+      </c>
+      <c r="I31" s="7">
         <v>105.1</v>
       </c>
-      <c r="I31" s="7" t="n">
-[...12 lines deleted...]
-    <row r="32">
+      <c r="K31" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="M31" s="7">
+        <v>9.9999999999994302E-2</v>
+      </c>
+      <c r="O31" s="7">
+        <v>9.9999999999994302E-2</v>
+      </c>
+    </row>
+    <row r="32" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
-        <v>267</v>
+        <v>172</v>
       </c>
       <c r="B32" t="s">
         <v>47</v>
       </c>
-      <c r="C32" s="7" t="n">
+      <c r="C32" s="7">
+        <v>10.9</v>
+      </c>
+      <c r="E32" s="7">
         <v>11</v>
       </c>
-      <c r="E32" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G32" s="7" t="n">
+      <c r="G32" s="7">
         <v>10.9</v>
       </c>
-      <c r="I32" s="7" t="n">
-[...12 lines deleted...]
-    <row r="33">
+      <c r="I32" s="7">
+        <v>10.9</v>
+      </c>
+      <c r="K32" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M32" s="7">
+        <v>0</v>
+      </c>
+      <c r="O32" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
-        <v>269</v>
+        <v>174</v>
       </c>
       <c r="B33" t="s">
         <v>48</v>
       </c>
-      <c r="C33" s="7" t="n">
+      <c r="C33" s="7">
+        <v>25.1</v>
+      </c>
+      <c r="E33" s="7">
         <v>25.2</v>
       </c>
-      <c r="E33" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G33" s="7" t="n">
+      <c r="G33" s="7">
+        <v>25</v>
+      </c>
+      <c r="I33" s="7">
         <v>24.9</v>
       </c>
-      <c r="I33" s="7" t="n">
-[...12 lines deleted...]
-    <row r="34">
+      <c r="K33" s="7">
+        <v>-9.9999999999997896E-2</v>
+      </c>
+      <c r="M33" s="7">
+        <v>0.100000000000001</v>
+      </c>
+      <c r="O33" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+    </row>
+    <row r="34" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
-        <v>270</v>
+        <v>175</v>
       </c>
       <c r="B34" t="s">
         <v>50</v>
       </c>
-      <c r="C34" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G34" s="7" t="n">
+      <c r="C34" s="7">
+        <v>66.400000000000006</v>
+      </c>
+      <c r="E34" s="7">
+        <v>66.400000000000006</v>
+      </c>
+      <c r="G34" s="7">
+        <v>65.599999999999994</v>
+      </c>
+      <c r="I34" s="7">
         <v>65.5</v>
       </c>
-      <c r="I34" s="7" t="n">
-[...12 lines deleted...]
-    <row r="35">
+      <c r="K34" s="7">
+        <v>0</v>
+      </c>
+      <c r="M34" s="7">
+        <v>0.80000000000001104</v>
+      </c>
+      <c r="O34" s="7">
+        <v>-9.9999999999994302E-2</v>
+      </c>
+    </row>
+    <row r="35" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
-        <v>272</v>
+        <v>177</v>
       </c>
       <c r="B35" t="s">
         <v>51</v>
       </c>
-      <c r="C35" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G35" s="7" t="n">
+      <c r="C35" s="7">
+        <v>64.5</v>
+      </c>
+      <c r="E35" s="7">
+        <v>64.5</v>
+      </c>
+      <c r="G35" s="7">
         <v>63.5</v>
       </c>
-      <c r="I35" s="7" t="n">
-[...12 lines deleted...]
-    <row r="36">
+      <c r="I35" s="7">
+        <v>63.5</v>
+      </c>
+      <c r="K35" s="7">
+        <v>0</v>
+      </c>
+      <c r="M35" s="7">
+        <v>1</v>
+      </c>
+      <c r="O35" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
-        <v>273</v>
+        <v>178</v>
       </c>
       <c r="B36" t="s">
         <v>52</v>
       </c>
-      <c r="C36" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G36" s="7" t="n">
+      <c r="C36" s="7">
+        <v>17.600000000000001</v>
+      </c>
+      <c r="E36" s="7">
+        <v>17.600000000000001</v>
+      </c>
+      <c r="G36" s="7">
         <v>17.2</v>
       </c>
-      <c r="I36" s="7" t="n">
-[...12 lines deleted...]
-    <row r="37">
+      <c r="I36" s="7">
+        <v>17.2</v>
+      </c>
+      <c r="K36" s="7">
+        <v>0</v>
+      </c>
+      <c r="M36" s="7">
+        <v>0.40000000000000202</v>
+      </c>
+      <c r="O36" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
-        <v>274</v>
+        <v>179</v>
       </c>
       <c r="B37" t="s">
         <v>53</v>
       </c>
-      <c r="C37" s="7" t="n">
+      <c r="C37" s="7">
+        <v>6</v>
+      </c>
+      <c r="E37" s="7">
         <v>6.1</v>
       </c>
-      <c r="E37" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G37" s="7" t="n">
+      <c r="G37" s="7">
         <v>6.3</v>
       </c>
-      <c r="I37" s="7" t="n">
+      <c r="I37" s="7">
         <v>6.3</v>
       </c>
-      <c r="K37" s="7" t="n">
-[...9 lines deleted...]
-    <row r="38">
+      <c r="K37" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M37" s="7">
+        <v>-0.3</v>
+      </c>
+      <c r="O37" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
-        <v>275</v>
+        <v>180</v>
       </c>
       <c r="B38" t="s">
         <v>54</v>
       </c>
-      <c r="C38" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G38" s="7" t="n">
+      <c r="C38" s="7">
+        <v>13</v>
+      </c>
+      <c r="E38" s="7">
+        <v>13.1</v>
+      </c>
+      <c r="G38" s="7">
         <v>13.6</v>
       </c>
-      <c r="I38" s="7" t="n">
-[...12 lines deleted...]
-    <row r="39">
+      <c r="I38" s="7">
+        <v>13.6</v>
+      </c>
+      <c r="K38" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M38" s="7">
+        <v>-0.6</v>
+      </c>
+      <c r="O38" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
-        <v>276</v>
+        <v>181</v>
       </c>
       <c r="B39" t="s">
         <v>55</v>
       </c>
-      <c r="C39" s="7" t="n">
+      <c r="C39" s="7">
+        <v>11.9</v>
+      </c>
+      <c r="E39" s="7">
         <v>12</v>
       </c>
-      <c r="E39" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G39" s="7" t="n">
+      <c r="G39" s="7">
+        <v>11.8</v>
+      </c>
+      <c r="I39" s="7">
         <v>11.9</v>
       </c>
-      <c r="I39" s="7" t="n">
-[...12 lines deleted...]
-    <row r="40">
+      <c r="K39" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M39" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="O39" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
-        <v>277</v>
+        <v>182</v>
       </c>
       <c r="B40" t="s">
         <v>57</v>
       </c>
-      <c r="C40" s="7" t="n">
-[...21 lines deleted...]
-    <row r="41">
+      <c r="C40" s="7">
+        <v>130.6</v>
+      </c>
+      <c r="E40" s="7">
+        <v>131.30000000000001</v>
+      </c>
+      <c r="G40" s="7">
+        <v>131.4</v>
+      </c>
+      <c r="I40" s="7">
+        <v>132.19999999999999</v>
+      </c>
+      <c r="K40" s="7">
+        <v>-0.70000000000001705</v>
+      </c>
+      <c r="M40" s="7">
+        <v>-0.80000000000001104</v>
+      </c>
+      <c r="O40" s="7">
+        <v>0.79999999999998295</v>
+      </c>
+    </row>
+    <row r="41" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
-        <v>278</v>
+        <v>183</v>
       </c>
       <c r="B41" t="s">
         <v>58</v>
       </c>
-      <c r="C41" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G41" s="7" t="n">
+      <c r="C41" s="7">
+        <v>73.7</v>
+      </c>
+      <c r="E41" s="7">
+        <v>74.400000000000006</v>
+      </c>
+      <c r="G41" s="7">
+        <v>74.2</v>
+      </c>
+      <c r="I41" s="7">
         <v>74.3</v>
       </c>
-      <c r="I41" s="7" t="n">
-[...2 lines deleted...]
-      <c r="K41" s="7" t="n">
+      <c r="K41" s="7">
+        <v>-0.70000000000000295</v>
+      </c>
+      <c r="M41" s="7">
         <v>-0.5</v>
       </c>
-      <c r="M41" s="7" t="n">
-[...6 lines deleted...]
-    <row r="42">
+      <c r="O41" s="7">
+        <v>9.9999999999994302E-2</v>
+      </c>
+    </row>
+    <row r="42" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
-        <v>279</v>
+        <v>184</v>
       </c>
       <c r="B42" t="s">
         <v>59</v>
       </c>
-      <c r="C42" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E42" s="7" t="n">
+      <c r="C42" s="7">
+        <v>40.700000000000003</v>
+      </c>
+      <c r="E42" s="7">
+        <v>41.1</v>
+      </c>
+      <c r="G42" s="7">
+        <v>41.2</v>
+      </c>
+      <c r="I42" s="7">
         <v>41.3</v>
       </c>
-      <c r="G42" s="7" t="n">
-[...15 lines deleted...]
-    <row r="43">
+      <c r="K42" s="7">
+        <v>-0.39999999999999902</v>
+      </c>
+      <c r="M42" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="O42" s="7">
+        <v>9.9999999999994302E-2</v>
+      </c>
+    </row>
+    <row r="43" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
-        <v>280</v>
+        <v>185</v>
       </c>
       <c r="B43" t="s">
         <v>60</v>
       </c>
-      <c r="C43" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E43" s="7" t="n">
+      <c r="C43" s="7">
         <v>14.4</v>
       </c>
-      <c r="G43" s="7" t="n">
+      <c r="E43" s="7">
+        <v>14.5</v>
+      </c>
+      <c r="G43" s="7">
+        <v>14.6</v>
+      </c>
+      <c r="I43" s="7">
         <v>14.7</v>
       </c>
-      <c r="I43" s="7" t="n">
-[...12 lines deleted...]
-    <row r="44">
+      <c r="K43" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M43" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="O43" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="44" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
-        <v>281</v>
+        <v>186</v>
       </c>
       <c r="B44" t="s">
         <v>61</v>
       </c>
-      <c r="C44" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E44" s="7" t="n">
+      <c r="C44" s="7">
+        <v>16.899999999999999</v>
+      </c>
+      <c r="E44" s="7">
         <v>17</v>
       </c>
-      <c r="G44" s="7" t="n">
+      <c r="G44" s="7">
         <v>17.2</v>
       </c>
-      <c r="I44" s="7" t="n">
+      <c r="I44" s="7">
         <v>17.2</v>
       </c>
-      <c r="K44" s="7" t="n">
+      <c r="K44" s="7">
         <v>-0.100000000000001</v>
       </c>
-      <c r="M44" s="7" t="n">
-[...6 lines deleted...]
-    <row r="45">
+      <c r="M44" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="O44" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
-        <v>282</v>
+        <v>187</v>
       </c>
       <c r="B45" t="s">
         <v>62</v>
       </c>
-      <c r="C45" s="7" t="n">
+      <c r="C45" s="7">
         <v>33</v>
       </c>
-      <c r="E45" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G45" s="7" t="n">
+      <c r="E45" s="7">
+        <v>33.299999999999997</v>
+      </c>
+      <c r="G45" s="7">
         <v>33</v>
       </c>
-      <c r="I45" s="7" t="n">
+      <c r="I45" s="7">
         <v>33</v>
       </c>
-      <c r="K45" s="7" t="n">
-[...9 lines deleted...]
-    <row r="46">
+      <c r="K45" s="7">
+        <v>-0.29999999999999699</v>
+      </c>
+      <c r="M45" s="7">
+        <v>0</v>
+      </c>
+      <c r="O45" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
-        <v>283</v>
+        <v>188</v>
       </c>
       <c r="B46" t="s">
         <v>63</v>
       </c>
-      <c r="C46" s="7" t="n">
-[...21 lines deleted...]
-    <row r="47">
+      <c r="C46" s="7">
+        <v>317</v>
+      </c>
+      <c r="E46" s="7">
+        <v>317.7</v>
+      </c>
+      <c r="G46" s="7">
+        <v>315.2</v>
+      </c>
+      <c r="I46" s="7">
+        <v>316.60000000000002</v>
+      </c>
+      <c r="K46" s="7">
+        <v>-0.69999999999998896</v>
+      </c>
+      <c r="M46" s="7">
+        <v>1.80000000000001</v>
+      </c>
+      <c r="O46" s="7">
+        <v>1.4000000000000301</v>
+      </c>
+    </row>
+    <row r="47" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
-        <v>284</v>
+        <v>189</v>
       </c>
       <c r="B47" t="s">
         <v>64</v>
       </c>
-      <c r="C47" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G47" s="7" t="n">
+      <c r="C47" s="7">
+        <v>156</v>
+      </c>
+      <c r="E47" s="7">
+        <v>156.80000000000001</v>
+      </c>
+      <c r="G47" s="7">
+        <v>154.6</v>
+      </c>
+      <c r="I47" s="7">
         <v>155.5</v>
       </c>
-      <c r="I47" s="7" t="n">
-[...12 lines deleted...]
-    <row r="48">
+      <c r="K47" s="7">
+        <v>-0.80000000000001104</v>
+      </c>
+      <c r="M47" s="7">
+        <v>1.4000000000000099</v>
+      </c>
+      <c r="O47" s="7">
+        <v>0.90000000000000602</v>
+      </c>
+    </row>
+    <row r="48" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
-        <v>285</v>
+        <v>190</v>
       </c>
       <c r="B48" t="s">
         <v>65</v>
       </c>
-      <c r="C48" s="7" t="n">
+      <c r="C48" s="7">
         <v>12.3</v>
       </c>
-      <c r="E48" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G48" s="7" t="n">
+      <c r="E48" s="7">
+        <v>12.3</v>
+      </c>
+      <c r="G48" s="7">
+        <v>12.2</v>
+      </c>
+      <c r="I48" s="7">
         <v>12.1</v>
       </c>
-      <c r="I48" s="7" t="n">
-[...12 lines deleted...]
-    <row r="49">
+      <c r="K48" s="7">
+        <v>0</v>
+      </c>
+      <c r="M48" s="7">
+        <v>0.100000000000001</v>
+      </c>
+      <c r="O48" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="49" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
-        <v>286</v>
+        <v>191</v>
       </c>
       <c r="B49" t="s">
         <v>66</v>
       </c>
-      <c r="C49" s="7" t="n">
+      <c r="C49" s="7">
+        <v>11.7</v>
+      </c>
+      <c r="E49" s="7">
+        <v>11.7</v>
+      </c>
+      <c r="G49" s="7">
+        <v>11.4</v>
+      </c>
+      <c r="I49" s="7">
         <v>11.6</v>
       </c>
-      <c r="E49" s="7" t="n">
-[...18 lines deleted...]
-    <row r="50">
+      <c r="K49" s="7">
+        <v>0</v>
+      </c>
+      <c r="M49" s="7">
+        <v>0.29999999999999899</v>
+      </c>
+      <c r="O49" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="50" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
-        <v>287</v>
+        <v>192</v>
       </c>
       <c r="B50" t="s">
         <v>67</v>
       </c>
-      <c r="C50" s="7" t="n">
+      <c r="C50" s="7">
         <v>22.2</v>
       </c>
-      <c r="E50" s="7" t="n">
+      <c r="E50" s="7">
         <v>22.3</v>
       </c>
-      <c r="G50" s="7" t="n">
+      <c r="G50" s="7">
+        <v>21.3</v>
+      </c>
+      <c r="I50" s="7">
         <v>21.4</v>
       </c>
-      <c r="I50" s="7" t="n">
-[...2 lines deleted...]
-      <c r="K50" s="7" t="n">
+      <c r="K50" s="7">
         <v>-0.100000000000001</v>
       </c>
-      <c r="M50" s="7" t="n">
-[...6 lines deleted...]
-    <row r="51">
+      <c r="M50" s="7">
+        <v>0.89999999999999902</v>
+      </c>
+      <c r="O50" s="7">
+        <v>9.9999999999997896E-2</v>
+      </c>
+    </row>
+    <row r="51" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
-        <v>288</v>
+        <v>193</v>
       </c>
       <c r="B51" t="s">
         <v>68</v>
       </c>
-      <c r="C51" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G51" s="7" t="n">
+      <c r="C51" s="7">
+        <v>51.7</v>
+      </c>
+      <c r="E51" s="7">
+        <v>52</v>
+      </c>
+      <c r="G51" s="7">
+        <v>52</v>
+      </c>
+      <c r="I51" s="7">
         <v>52.4</v>
       </c>
-      <c r="I51" s="7" t="n">
-[...12 lines deleted...]
-    <row r="52">
+      <c r="K51" s="7">
+        <v>-0.29999999999999699</v>
+      </c>
+      <c r="M51" s="7">
+        <v>-0.29999999999999699</v>
+      </c>
+      <c r="O51" s="7">
+        <v>0.39999999999999902</v>
+      </c>
+    </row>
+    <row r="52" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
-        <v>289</v>
+        <v>194</v>
       </c>
       <c r="B52" t="s">
         <v>69</v>
       </c>
-      <c r="C52" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G52" s="7" t="n">
+      <c r="C52" s="7">
+        <v>86</v>
+      </c>
+      <c r="E52" s="7">
+        <v>86.1</v>
+      </c>
+      <c r="G52" s="7">
+        <v>86.7</v>
+      </c>
+      <c r="I52" s="7">
         <v>87.8</v>
       </c>
-      <c r="I52" s="7" t="n">
-[...12 lines deleted...]
-    <row r="53">
+      <c r="K52" s="7">
+        <v>-9.9999999999994302E-2</v>
+      </c>
+      <c r="M52" s="7">
+        <v>-0.70000000000000295</v>
+      </c>
+      <c r="O52" s="7">
+        <v>1.0999999999999901</v>
+      </c>
+    </row>
+    <row r="53" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
-        <v>290</v>
+        <v>195</v>
       </c>
       <c r="B53" t="s">
         <v>70</v>
       </c>
-      <c r="C53" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G53" s="7" t="n">
+      <c r="C53" s="7">
+        <v>75</v>
+      </c>
+      <c r="E53" s="7">
+        <v>74.8</v>
+      </c>
+      <c r="G53" s="7">
+        <v>73.900000000000006</v>
+      </c>
+      <c r="I53" s="7">
         <v>73.3</v>
       </c>
-      <c r="I53" s="7" t="n">
-[...12 lines deleted...]
-    <row r="54">
+      <c r="K53" s="7">
+        <v>0.20000000000000301</v>
+      </c>
+      <c r="M53" s="7">
+        <v>1.0999999999999901</v>
+      </c>
+      <c r="O53" s="7">
+        <v>-0.60000000000000897</v>
+      </c>
+    </row>
+    <row r="54" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A54" t="s">
-        <v>291</v>
+        <v>196</v>
       </c>
       <c r="B54" t="s">
         <v>71</v>
       </c>
-      <c r="C54" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G54" s="7" t="n">
+      <c r="C54" s="7">
+        <v>71.400000000000006</v>
+      </c>
+      <c r="E54" s="7">
+        <v>71.2</v>
+      </c>
+      <c r="G54" s="7">
+        <v>70.5</v>
+      </c>
+      <c r="I54" s="7">
         <v>70</v>
       </c>
-      <c r="I54" s="7" t="n">
-[...12 lines deleted...]
-    <row r="55">
+      <c r="K54" s="7">
+        <v>0.20000000000000301</v>
+      </c>
+      <c r="M54" s="7">
+        <v>0.90000000000000602</v>
+      </c>
+      <c r="O54" s="7">
+        <v>-0.5</v>
+      </c>
+    </row>
+    <row r="55" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A55" t="s">
-        <v>292</v>
+        <v>197</v>
       </c>
       <c r="B55" t="s">
         <v>72</v>
       </c>
-      <c r="C55" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E55" s="7" t="n">
+      <c r="C55" s="7">
+        <v>24.5</v>
+      </c>
+      <c r="E55" s="7">
         <v>24.3</v>
       </c>
-      <c r="G55" s="7" t="n">
+      <c r="G55" s="7">
+        <v>24.9</v>
+      </c>
+      <c r="I55" s="7">
         <v>24.4</v>
       </c>
-      <c r="I55" s="7" t="n">
-[...12 lines deleted...]
-    <row r="56">
+      <c r="K55" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+      <c r="M55" s="7">
+        <v>-0.39999999999999902</v>
+      </c>
+      <c r="O55" s="7">
+        <v>-0.5</v>
+      </c>
+    </row>
+    <row r="56" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A56" t="s">
-        <v>294</v>
+        <v>199</v>
       </c>
       <c r="B56" t="s">
         <v>74</v>
       </c>
-      <c r="C56" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G56" s="7" t="n">
+      <c r="C56" s="7">
+        <v>208.5</v>
+      </c>
+      <c r="E56" s="7">
+        <v>208.3</v>
+      </c>
+      <c r="G56" s="7">
+        <v>201.4</v>
+      </c>
+      <c r="I56" s="7">
         <v>197.2</v>
       </c>
-      <c r="I56" s="7" t="n">
-[...12 lines deleted...]
-    <row r="57">
+      <c r="K56" s="7">
+        <v>0.19999999999998899</v>
+      </c>
+      <c r="M56" s="7">
+        <v>7.0999999999999899</v>
+      </c>
+      <c r="O56" s="7">
+        <v>-4.2000000000000197</v>
+      </c>
+    </row>
+    <row r="57" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A57" t="s">
-        <v>295</v>
+        <v>200</v>
       </c>
       <c r="B57" t="s">
         <v>75</v>
       </c>
-      <c r="C57" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E57" s="7" t="n">
+      <c r="C57" s="7">
+        <v>35.1</v>
+      </c>
+      <c r="E57" s="7">
+        <v>34.299999999999997</v>
+      </c>
+      <c r="G57" s="7">
         <v>34.1</v>
       </c>
-      <c r="G57" s="7" t="n">
+      <c r="I57" s="7">
         <v>31.1</v>
       </c>
-      <c r="I57" s="7" t="n">
-[...12 lines deleted...]
-    <row r="58">
+      <c r="K57" s="7">
+        <v>0.80000000000000404</v>
+      </c>
+      <c r="M57" s="7">
+        <v>1</v>
+      </c>
+      <c r="O57" s="7">
+        <v>-3</v>
+      </c>
+    </row>
+    <row r="58" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A58" t="s">
-        <v>296</v>
+        <v>201</v>
       </c>
       <c r="B58" t="s">
         <v>77</v>
       </c>
-      <c r="C58" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G58" s="7" t="n">
+      <c r="C58" s="7">
+        <v>173.4</v>
+      </c>
+      <c r="E58" s="7">
+        <v>174</v>
+      </c>
+      <c r="G58" s="7">
+        <v>167.3</v>
+      </c>
+      <c r="I58" s="7">
         <v>166.1</v>
       </c>
-      <c r="I58" s="7" t="n">
-[...12 lines deleted...]
-    <row r="59">
+      <c r="K58" s="7">
+        <v>-0.59999999999999398</v>
+      </c>
+      <c r="M58" s="7">
+        <v>6.0999999999999899</v>
+      </c>
+      <c r="O58" s="7">
+        <v>-1.2000000000000199</v>
+      </c>
+    </row>
+    <row r="59" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A59" t="s">
-        <v>297</v>
+        <v>202</v>
       </c>
       <c r="B59" t="s">
         <v>78</v>
       </c>
-      <c r="C59" s="7" t="n">
-[...21 lines deleted...]
-    <row r="60">
+      <c r="C59" s="7">
+        <v>68.099999999999994</v>
+      </c>
+      <c r="E59" s="7">
+        <v>68.7</v>
+      </c>
+      <c r="G59" s="7">
+        <v>65.3</v>
+      </c>
+      <c r="I59" s="7">
+        <v>65.099999999999994</v>
+      </c>
+      <c r="K59" s="7">
+        <v>-0.60000000000000897</v>
+      </c>
+      <c r="M59" s="7">
+        <v>2.8</v>
+      </c>
+      <c r="O59" s="7">
+        <v>-0.20000000000000301</v>
+      </c>
+    </row>
+    <row r="60" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A60" t="s">
-        <v>298</v>
+        <v>203</v>
       </c>
       <c r="B60" t="s">
         <v>79</v>
       </c>
-      <c r="C60" s="7" t="n">
+      <c r="C60" s="7">
         <v>32</v>
       </c>
-      <c r="E60" s="7" t="n">
+      <c r="E60" s="7">
         <v>32</v>
       </c>
-      <c r="G60" s="7" t="n">
+      <c r="G60" s="7">
+        <v>31.3</v>
+      </c>
+      <c r="I60" s="7">
         <v>31.1</v>
       </c>
-      <c r="I60" s="7" t="n">
-[...12 lines deleted...]
-    <row r="61">
+      <c r="K60" s="7">
+        <v>0</v>
+      </c>
+      <c r="M60" s="7">
+        <v>0.69999999999999896</v>
+      </c>
+      <c r="O60" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="61" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A61" t="s">
-        <v>299</v>
+        <v>204</v>
       </c>
       <c r="B61" t="s">
         <v>80</v>
       </c>
-      <c r="C61" s="7" t="n">
-[...21 lines deleted...]
-    <row r="62">
+      <c r="C61" s="7">
+        <v>21</v>
+      </c>
+      <c r="E61" s="7">
+        <v>21</v>
+      </c>
+      <c r="G61" s="7">
+        <v>20.3</v>
+      </c>
+      <c r="I61" s="7">
+        <v>20.100000000000001</v>
+      </c>
+      <c r="K61" s="7">
+        <v>0</v>
+      </c>
+      <c r="M61" s="7">
+        <v>0.69999999999999896</v>
+      </c>
+      <c r="O61" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="62" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A62" t="s">
-        <v>300</v>
+        <v>205</v>
       </c>
       <c r="B62" t="s">
         <v>81</v>
       </c>
-      <c r="C62" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E62" s="7" t="n">
+      <c r="C62" s="7">
         <v>52.3</v>
       </c>
-      <c r="G62" s="7" t="n">
+      <c r="E62" s="7">
+        <v>52.3</v>
+      </c>
+      <c r="G62" s="7">
+        <v>50.4</v>
+      </c>
+      <c r="I62" s="7">
         <v>49.8</v>
       </c>
-      <c r="I62" s="7" t="n">
-[...12 lines deleted...]
-    <row r="63">
+      <c r="K62" s="7">
+        <v>0</v>
+      </c>
+      <c r="M62" s="7">
+        <v>1.9</v>
+      </c>
+      <c r="O62" s="7">
+        <v>-0.60000000000000098</v>
+      </c>
+    </row>
+    <row r="63" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A63" t="s">
-        <v>301</v>
+        <v>206</v>
       </c>
       <c r="B63" t="s">
         <v>82</v>
       </c>
-      <c r="C63" s="7" t="n">
-[...21 lines deleted...]
-    <row r="64">
+      <c r="C63" s="7">
+        <v>144.6</v>
+      </c>
+      <c r="E63" s="7">
+        <v>148.5</v>
+      </c>
+      <c r="G63" s="7">
+        <v>142.80000000000001</v>
+      </c>
+      <c r="I63" s="7">
+        <v>144.80000000000001</v>
+      </c>
+      <c r="K63" s="7">
+        <v>-3.9000000000000101</v>
+      </c>
+      <c r="M63" s="7">
+        <v>1.7999999999999801</v>
+      </c>
+      <c r="O63" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="64" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A64" t="s">
-        <v>302</v>
+        <v>207</v>
       </c>
       <c r="B64" t="s">
         <v>84</v>
       </c>
-      <c r="C64" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G64" s="7" t="n">
+      <c r="C64" s="7">
+        <v>29.9</v>
+      </c>
+      <c r="E64" s="7">
+        <v>31.2</v>
+      </c>
+      <c r="G64" s="7">
+        <v>28.8</v>
+      </c>
+      <c r="I64" s="7">
         <v>30.3</v>
       </c>
-      <c r="I64" s="7" t="n">
-[...12 lines deleted...]
-    <row r="65">
+      <c r="K64" s="7">
+        <v>-1.3</v>
+      </c>
+      <c r="M64" s="7">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="O64" s="7">
+        <v>1.5</v>
+      </c>
+    </row>
+    <row r="65" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A65" t="s">
-        <v>303</v>
+        <v>208</v>
       </c>
       <c r="B65" t="s">
         <v>85</v>
       </c>
-      <c r="C65" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G65" s="7" t="n">
+      <c r="C65" s="7">
+        <v>114.7</v>
+      </c>
+      <c r="E65" s="7">
+        <v>117.3</v>
+      </c>
+      <c r="G65" s="7">
+        <v>114</v>
+      </c>
+      <c r="I65" s="7">
         <v>114.5</v>
       </c>
-      <c r="I65" s="7" t="n">
-[...12 lines deleted...]
-    <row r="66">
+      <c r="K65" s="7">
+        <v>-2.5999999999999899</v>
+      </c>
+      <c r="M65" s="7">
+        <v>0.70000000000000295</v>
+      </c>
+      <c r="O65" s="7">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="66" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A66" t="s">
-        <v>304</v>
+        <v>209</v>
       </c>
       <c r="B66" t="s">
         <v>86</v>
       </c>
-      <c r="C66" s="7" t="n">
+      <c r="C66" s="7">
+        <v>14.3</v>
+      </c>
+      <c r="E66" s="7">
         <v>14.5</v>
       </c>
-      <c r="E66" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G66" s="7" t="n">
+      <c r="G66" s="7">
         <v>14.2</v>
       </c>
-      <c r="I66" s="7" t="n">
-[...12 lines deleted...]
-    <row r="67">
+      <c r="I66" s="7">
+        <v>14.2</v>
+      </c>
+      <c r="K66" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="M66" s="7">
+        <v>0.100000000000001</v>
+      </c>
+      <c r="O66" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A67" t="s">
-        <v>305</v>
+        <v>210</v>
       </c>
       <c r="B67" t="s">
         <v>87</v>
       </c>
-      <c r="C67" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G67" s="7" t="n">
+      <c r="C67" s="7">
+        <v>100.4</v>
+      </c>
+      <c r="E67" s="7">
+        <v>102.8</v>
+      </c>
+      <c r="G67" s="7">
+        <v>99.8</v>
+      </c>
+      <c r="I67" s="7">
         <v>100.3</v>
       </c>
-      <c r="I67" s="7" t="n">
-[...12 lines deleted...]
-    <row r="68">
+      <c r="K67" s="7">
+        <v>-2.3999999999999901</v>
+      </c>
+      <c r="M67" s="7">
+        <v>0.60000000000000897</v>
+      </c>
+      <c r="O67" s="7">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="68" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A68" t="s">
-        <v>306</v>
+        <v>211</v>
       </c>
       <c r="B68" t="s">
         <v>88</v>
       </c>
-      <c r="C68" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G68" s="7" t="n">
+      <c r="C68" s="7">
+        <v>49.3</v>
+      </c>
+      <c r="E68" s="7">
+        <v>52.2</v>
+      </c>
+      <c r="G68" s="7">
+        <v>48.8</v>
+      </c>
+      <c r="I68" s="7">
         <v>49.2</v>
       </c>
-      <c r="I68" s="7" t="n">
-[...8 lines deleted...]
-      <c r="O68" s="7" t="n">
+      <c r="K68" s="7">
+        <v>-2.9000000000000101</v>
+      </c>
+      <c r="M68" s="7">
         <v>0.5</v>
       </c>
-    </row>
-    <row r="69">
+      <c r="O68" s="7">
+        <v>0.40000000000000602</v>
+      </c>
+    </row>
+    <row r="69" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A69" t="s">
-        <v>307</v>
+        <v>212</v>
       </c>
       <c r="B69" t="s">
         <v>89</v>
       </c>
-      <c r="C69" s="7" t="n">
-[...14 lines deleted...]
-      <c r="M69" s="7" t="n">
+      <c r="C69" s="7">
+        <v>8.9</v>
+      </c>
+      <c r="E69" s="7">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="G69" s="7">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="I69" s="7">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="K69" s="7">
+        <v>-0.29999999999999899</v>
+      </c>
+      <c r="M69" s="7">
+        <v>0.20000000000000101</v>
+      </c>
+      <c r="O69" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A70" t="s">
+        <v>213</v>
+      </c>
+      <c r="B70" t="s">
+        <v>90</v>
+      </c>
+      <c r="C70" s="7">
+        <v>15.1</v>
+      </c>
+      <c r="E70" s="7">
+        <v>16.2</v>
+      </c>
+      <c r="G70" s="7">
+        <v>15</v>
+      </c>
+      <c r="I70" s="7">
+        <v>14.9</v>
+      </c>
+      <c r="K70" s="7">
+        <v>-1.1000000000000001</v>
+      </c>
+      <c r="M70" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="O70" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="71" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A71" t="s">
+        <v>214</v>
+      </c>
+      <c r="B71" t="s">
+        <v>91</v>
+      </c>
+      <c r="C71" s="7">
+        <v>25.3</v>
+      </c>
+      <c r="E71" s="7">
+        <v>26.8</v>
+      </c>
+      <c r="G71" s="7">
+        <v>25.1</v>
+      </c>
+      <c r="I71" s="7">
+        <v>25.6</v>
+      </c>
+      <c r="K71" s="7">
+        <v>-1.5</v>
+      </c>
+      <c r="M71" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+      <c r="O71" s="7">
         <v>0.5</v>
       </c>
-      <c r="O69" s="7" t="n">
-[...36 lines deleted...]
-      <c r="B71" t="s">
+    </row>
+    <row r="72" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A72" t="s">
+        <v>215</v>
+      </c>
+      <c r="B72" t="s">
         <v>92</v>
       </c>
-      <c r="C71" s="7" t="n">
-[...25 lines deleted...]
-      <c r="B72" t="s">
+      <c r="C72" s="7">
+        <v>183.2</v>
+      </c>
+      <c r="E72" s="7">
+        <v>178.7</v>
+      </c>
+      <c r="G72" s="7">
+        <v>184.8</v>
+      </c>
+      <c r="I72" s="7">
+        <v>180.3</v>
+      </c>
+      <c r="K72" s="7">
+        <v>4.5</v>
+      </c>
+      <c r="M72" s="7">
+        <v>-1.6000000000000201</v>
+      </c>
+      <c r="O72" s="7">
+        <v>-4.5</v>
+      </c>
+    </row>
+    <row r="73" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A73" t="s">
+        <v>216</v>
+      </c>
+      <c r="B73" t="s">
         <v>93</v>
       </c>
-      <c r="C72" s="7" t="n">
-[...25 lines deleted...]
-      <c r="B73" t="s">
+      <c r="C73" s="7">
+        <v>18.100000000000001</v>
+      </c>
+      <c r="E73" s="7">
+        <v>18.100000000000001</v>
+      </c>
+      <c r="G73" s="7">
+        <v>18.899999999999999</v>
+      </c>
+      <c r="I73" s="7">
+        <v>19.100000000000001</v>
+      </c>
+      <c r="K73" s="7">
+        <v>0</v>
+      </c>
+      <c r="M73" s="7">
+        <v>-0.79999999999999705</v>
+      </c>
+      <c r="O73" s="7">
+        <v>0.20000000000000301</v>
+      </c>
+    </row>
+    <row r="74" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A74" t="s">
+        <v>217</v>
+      </c>
+      <c r="B74" t="s">
         <v>94</v>
       </c>
-      <c r="C73" s="7" t="n">
-[...34 lines deleted...]
-      <c r="G74" s="7" t="n">
+      <c r="C74" s="7">
+        <v>56.1</v>
+      </c>
+      <c r="E74" s="7">
+        <v>52.3</v>
+      </c>
+      <c r="G74" s="7">
+        <v>58.7</v>
+      </c>
+      <c r="I74" s="7">
         <v>54.7</v>
       </c>
-      <c r="I74" s="7" t="n">
-[...5 lines deleted...]
-      <c r="M74" s="7" t="n">
+      <c r="K74" s="7">
+        <v>3.8</v>
+      </c>
+      <c r="M74" s="7">
+        <v>-2.6</v>
+      </c>
+      <c r="O74" s="7">
+        <v>-4</v>
+      </c>
+    </row>
+    <row r="75" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A75" t="s">
+        <v>218</v>
+      </c>
+      <c r="B75" t="s">
+        <v>96</v>
+      </c>
+      <c r="C75" s="7">
+        <v>40.1</v>
+      </c>
+      <c r="E75" s="7">
+        <v>36.5</v>
+      </c>
+      <c r="G75" s="7">
+        <v>42.6</v>
+      </c>
+      <c r="I75" s="7">
+        <v>38.700000000000003</v>
+      </c>
+      <c r="K75" s="7">
+        <v>3.6</v>
+      </c>
+      <c r="M75" s="7">
+        <v>-2.5</v>
+      </c>
+      <c r="O75" s="7">
+        <v>-3.9</v>
+      </c>
+    </row>
+    <row r="76" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A76" t="s">
+        <v>220</v>
+      </c>
+      <c r="C76">
+        <v>109</v>
+      </c>
+      <c r="E76">
+        <v>108.3</v>
+      </c>
+      <c r="G76">
+        <v>107.2</v>
+      </c>
+      <c r="I76">
+        <v>106.5</v>
+      </c>
+      <c r="K76">
+        <v>0.70000000000000295</v>
+      </c>
+      <c r="M76">
+        <v>1.8</v>
+      </c>
+      <c r="O76">
+        <v>-0.70000000000000295</v>
+      </c>
+    </row>
+    <row r="77" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A77" t="s">
+        <v>221</v>
+      </c>
+      <c r="C77">
+        <v>43.8</v>
+      </c>
+      <c r="E77">
+        <v>41.9</v>
+      </c>
+      <c r="G77">
+        <v>43.4</v>
+      </c>
+      <c r="I77">
+        <v>41.3</v>
+      </c>
+      <c r="K77">
+        <v>1.9</v>
+      </c>
+      <c r="M77">
+        <v>0.39999999999999902</v>
+      </c>
+      <c r="O77">
         <v>-2.1</v>
       </c>
-      <c r="O74" s="7" t="n">
-[...7 lines deleted...]
-      <c r="B75" t="s">
+    </row>
+    <row r="79" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A79" t="s">
         <v>97</v>
       </c>
-      <c r="C75" s="7" t="n">
-[...74 lines deleted...]
-      <c r="A79" t="s">
+    </row>
+    <row r="80" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A80" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="80">
-      <c r="A80" t="s">
+    <row r="81" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A81" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="81">
-      <c r="A81" t="s">
+    <row r="83" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A83" t="s">
         <v>100</v>
-      </c>
-[...3 lines deleted...]
-        <v>101</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
-  <dimension ref="A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+  <dimension ref="A1:O47"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="54.140625" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="54.140625" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="10.7109375" hidden="0" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15" max="15" width="10.7109375" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.7109375" customWidth="1"/>
+    <col min="4" max="4" width="2.5703125" customWidth="1"/>
+    <col min="5" max="5" width="10.7109375" customWidth="1"/>
+    <col min="6" max="6" width="2.5703125" customWidth="1"/>
+    <col min="7" max="7" width="10.7109375" customWidth="1"/>
+    <col min="8" max="8" width="2.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10.7109375" customWidth="1"/>
+    <col min="10" max="10" width="2.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10.7109375" customWidth="1"/>
+    <col min="12" max="12" width="2.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10.7109375" customWidth="1"/>
+    <col min="14" max="14" width="2.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="2">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
-        <v>324</v>
+        <v>229</v>
       </c>
       <c r="M2" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3">
+    <row r="3" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="M3" s="6" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.2">
       <c r="C5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="G5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="K5" s="6" t="s">
-        <v>320</v>
+        <v>225</v>
       </c>
       <c r="M5" s="6" t="s">
-        <v>322</v>
+        <v>227</v>
       </c>
       <c r="O5" s="6" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      <c r="C6" s="6" t="n">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="C6" s="6">
         <v>2025</v>
       </c>
-      <c r="E6" s="6" t="n">
+      <c r="E6" s="6">
         <v>2025</v>
       </c>
-      <c r="G6" s="6" t="n">
+      <c r="G6" s="6">
         <v>2024</v>
       </c>
-      <c r="I6" s="6" t="n">
+      <c r="I6" s="6">
         <v>2024</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="7">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="9">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
-        <v>232</v>
+        <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G9" s="7" t="n">
+      <c r="C9" s="7">
+        <v>349</v>
+      </c>
+      <c r="E9" s="7">
+        <v>346.5</v>
+      </c>
+      <c r="G9" s="7">
+        <v>346.2</v>
+      </c>
+      <c r="I9" s="7">
         <v>342.9</v>
       </c>
-      <c r="I9" s="7" t="n">
-[...12 lines deleted...]
-    <row r="10">
+      <c r="K9" s="7">
+        <v>2.5</v>
+      </c>
+      <c r="M9" s="7">
+        <v>2.80000000000001</v>
+      </c>
+      <c r="O9" s="7">
+        <v>-3.30000000000001</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
-        <v>233</v>
+        <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
-      <c r="C10" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G10" s="7" t="n">
+      <c r="C10" s="7">
+        <v>289.5</v>
+      </c>
+      <c r="E10" s="7">
+        <v>287.60000000000002</v>
+      </c>
+      <c r="G10" s="7">
+        <v>286.89999999999998</v>
+      </c>
+      <c r="I10" s="7">
         <v>283.8</v>
       </c>
-      <c r="I10" s="7" t="n">
-[...12 lines deleted...]
-    <row r="11">
+      <c r="K10" s="7">
+        <v>1.8999999999999799</v>
+      </c>
+      <c r="M10" s="7">
+        <v>2.6000000000000201</v>
+      </c>
+      <c r="O10" s="7">
+        <v>-3.0999999999999699</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
-        <v>234</v>
+        <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G11" s="7" t="n">
+      <c r="C11" s="7">
+        <v>42.3</v>
+      </c>
+      <c r="E11" s="7">
+        <v>42.7</v>
+      </c>
+      <c r="G11" s="7">
+        <v>43.1</v>
+      </c>
+      <c r="I11" s="7">
         <v>43.3</v>
       </c>
-      <c r="I11" s="7" t="n">
-[...12 lines deleted...]
-    <row r="12">
+      <c r="K11" s="7">
+        <v>-0.40000000000000602</v>
+      </c>
+      <c r="M11" s="7">
+        <v>-0.80000000000000404</v>
+      </c>
+      <c r="O11" s="7">
+        <v>0.19999999999999599</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
-        <v>237</v>
+        <v>142</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
-      <c r="C12" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E12" s="7" t="n">
+      <c r="C12" s="7">
         <v>25.7</v>
       </c>
-      <c r="G12" s="7" t="n">
+      <c r="E12" s="7">
+        <v>26</v>
+      </c>
+      <c r="G12" s="7">
+        <v>26.3</v>
+      </c>
+      <c r="I12" s="7">
         <v>26.6</v>
       </c>
-      <c r="I12" s="7" t="n">
-[...12 lines deleted...]
-    <row r="13">
+      <c r="K12" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="M12" s="7">
+        <v>-0.60000000000000098</v>
+      </c>
+      <c r="O12" s="7">
+        <v>0.30000000000000099</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
-        <v>243</v>
+        <v>148</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
-      <c r="C13" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G13" s="7" t="n">
+      <c r="C13" s="7">
+        <v>16.2</v>
+      </c>
+      <c r="E13" s="7">
+        <v>16.399999999999999</v>
+      </c>
+      <c r="G13" s="7">
+        <v>17</v>
+      </c>
+      <c r="I13" s="7">
         <v>17.2</v>
       </c>
-      <c r="I13" s="7" t="n">
-[...12 lines deleted...]
-    <row r="14">
+      <c r="K13" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="M13" s="7">
+        <v>-0.80000000000000104</v>
+      </c>
+      <c r="O13" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
-        <v>244</v>
+        <v>149</v>
       </c>
       <c r="B14" t="s">
         <v>18</v>
       </c>
-      <c r="C14" s="7" t="n">
+      <c r="C14" s="7">
+        <v>16.600000000000001</v>
+      </c>
+      <c r="E14" s="7">
         <v>16.7</v>
       </c>
-      <c r="E14" s="7" t="n">
+      <c r="G14" s="7">
+        <v>16.8</v>
+      </c>
+      <c r="I14" s="7">
         <v>16.7</v>
       </c>
-      <c r="G14" s="7" t="n">
-[...15 lines deleted...]
-    <row r="15">
+      <c r="K14" s="7">
+        <v>-9.9999999999997896E-2</v>
+      </c>
+      <c r="M14" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="O14" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
-        <v>259</v>
+        <v>164</v>
       </c>
       <c r="B15" t="s">
         <v>19</v>
       </c>
-      <c r="C15" s="7" t="n">
-[...21 lines deleted...]
-    <row r="16">
+      <c r="C15" s="7">
+        <v>306.7</v>
+      </c>
+      <c r="E15" s="7">
+        <v>303.8</v>
+      </c>
+      <c r="G15" s="7">
+        <v>303.10000000000002</v>
+      </c>
+      <c r="I15" s="7">
+        <v>299.60000000000002</v>
+      </c>
+      <c r="K15" s="7">
+        <v>2.8999999999999799</v>
+      </c>
+      <c r="M15" s="7">
+        <v>3.5999999999999699</v>
+      </c>
+      <c r="O15" s="7">
+        <v>-3.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
-        <v>260</v>
+        <v>165</v>
       </c>
       <c r="B16" t="s">
         <v>34</v>
       </c>
-      <c r="C16" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G16" s="7" t="n">
+      <c r="C16" s="7">
+        <v>247.2</v>
+      </c>
+      <c r="E16" s="7">
+        <v>244.9</v>
+      </c>
+      <c r="G16" s="7">
+        <v>243.8</v>
+      </c>
+      <c r="I16" s="7">
         <v>240.5</v>
       </c>
-      <c r="I16" s="7" t="n">
-[...12 lines deleted...]
-    <row r="17">
+      <c r="K16" s="7">
+        <v>2.2999999999999798</v>
+      </c>
+      <c r="M16" s="7">
+        <v>3.3999999999999799</v>
+      </c>
+      <c r="O16" s="7">
+        <v>-3.30000000000001</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
-        <v>261</v>
+        <v>166</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
-      <c r="C17" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G17" s="7" t="n">
+      <c r="C17" s="7">
+        <v>71.400000000000006</v>
+      </c>
+      <c r="E17" s="7">
+        <v>71.599999999999994</v>
+      </c>
+      <c r="G17" s="7">
+        <v>71.599999999999994</v>
+      </c>
+      <c r="I17" s="7">
         <v>71.2</v>
       </c>
-      <c r="I17" s="7" t="n">
-[...12 lines deleted...]
-    <row r="18">
+      <c r="K17" s="7">
+        <v>-0.19999999999998899</v>
+      </c>
+      <c r="M17" s="7">
+        <v>-0.19999999999998899</v>
+      </c>
+      <c r="O17" s="7">
+        <v>-0.39999999999999097</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
-        <v>262</v>
+        <v>167</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
-      <c r="C18" s="7" t="n">
+      <c r="C18" s="7">
         <v>13.5</v>
       </c>
-      <c r="E18" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G18" s="7" t="n">
+      <c r="E18" s="7">
+        <v>13.5</v>
+      </c>
+      <c r="G18" s="7">
+        <v>13.5</v>
+      </c>
+      <c r="I18" s="7">
         <v>13.4</v>
       </c>
-      <c r="I18" s="7" t="n">
-[...12 lines deleted...]
-    <row r="19">
+      <c r="K18" s="7">
+        <v>0</v>
+      </c>
+      <c r="M18" s="7">
+        <v>0</v>
+      </c>
+      <c r="O18" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
-        <v>266</v>
+        <v>171</v>
       </c>
       <c r="B19" t="s">
         <v>40</v>
       </c>
-      <c r="C19" s="7" t="n">
+      <c r="C19" s="7">
         <v>36.6</v>
       </c>
-      <c r="E19" s="7" t="n">
+      <c r="E19" s="7">
         <v>36.6</v>
       </c>
-      <c r="G19" s="7" t="n">
+      <c r="G19" s="7">
         <v>36.5</v>
       </c>
-      <c r="I19" s="7" t="n">
-[...5 lines deleted...]
-      <c r="M19" s="7" t="n">
+      <c r="I19" s="7">
+        <v>36.5</v>
+      </c>
+      <c r="K19" s="7">
+        <v>0</v>
+      </c>
+      <c r="M19" s="7">
         <v>0.100000000000001</v>
       </c>
-      <c r="O19" s="7" t="n">
-[...3 lines deleted...]
-    <row r="20">
+      <c r="O19" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
-        <v>269</v>
+        <v>174</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
-      <c r="C20" s="7" t="n">
+      <c r="C20" s="7">
+        <v>6.6</v>
+      </c>
+      <c r="E20" s="7">
         <v>6.7</v>
       </c>
-      <c r="E20" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G20" s="7" t="n">
+      <c r="G20" s="7">
         <v>6.5</v>
       </c>
-      <c r="I20" s="7" t="n">
-[...12 lines deleted...]
-    <row r="21">
+      <c r="I20" s="7">
+        <v>6.5</v>
+      </c>
+      <c r="K20" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="M20" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="O20" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
-        <v>270</v>
+        <v>175</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
-      <c r="C21" s="7" t="n">
+      <c r="C21" s="7">
+        <v>21.3</v>
+      </c>
+      <c r="E21" s="7">
         <v>21.5</v>
       </c>
-      <c r="E21" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G21" s="7" t="n">
+      <c r="G21" s="7">
+        <v>21.6</v>
+      </c>
+      <c r="I21" s="7">
         <v>21.3</v>
       </c>
-      <c r="I21" s="7" t="n">
-[...12 lines deleted...]
-    <row r="22">
+      <c r="K21" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="M21" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="O21" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
-        <v>277</v>
+        <v>182</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="C22" s="7" t="n">
+      <c r="C22" s="7">
         <v>2.1</v>
       </c>
-      <c r="E22" s="7" t="n">
+      <c r="E22" s="7">
         <v>2.1</v>
       </c>
-      <c r="G22" s="7" t="n">
+      <c r="G22" s="7">
+        <v>2.1</v>
+      </c>
+      <c r="I22" s="7">
         <v>2</v>
       </c>
-      <c r="I22" s="7" t="n">
-[...12 lines deleted...]
-    <row r="23">
+      <c r="K22" s="7">
+        <v>0</v>
+      </c>
+      <c r="M22" s="7">
+        <v>0</v>
+      </c>
+      <c r="O22" s="7">
+        <v>-0.1</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
-        <v>278</v>
+        <v>183</v>
       </c>
       <c r="B23" t="s">
         <v>55</v>
       </c>
-      <c r="C23" s="7" t="n">
+      <c r="C23" s="7">
         <v>14.6</v>
       </c>
-      <c r="E23" s="7" t="n">
+      <c r="E23" s="7">
         <v>14.7</v>
       </c>
-      <c r="G23" s="7" t="n">
+      <c r="G23" s="7">
+        <v>14.7</v>
+      </c>
+      <c r="I23" s="7">
         <v>14.8</v>
       </c>
-      <c r="I23" s="7" t="n">
-[...12 lines deleted...]
-    <row r="24">
+      <c r="K23" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M23" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="O23" s="7">
+        <v>0.100000000000001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
-        <v>283</v>
+        <v>188</v>
       </c>
       <c r="B24" t="s">
         <v>58</v>
       </c>
-      <c r="C24" s="7" t="n">
-[...21 lines deleted...]
-    <row r="25">
+      <c r="C24" s="7">
+        <v>39.5</v>
+      </c>
+      <c r="E24" s="7">
+        <v>39.4</v>
+      </c>
+      <c r="G24" s="7">
+        <v>40.200000000000003</v>
+      </c>
+      <c r="I24" s="7">
+        <v>39.299999999999997</v>
+      </c>
+      <c r="K24" s="7">
+        <v>0.100000000000001</v>
+      </c>
+      <c r="M24" s="7">
+        <v>-0.70000000000000295</v>
+      </c>
+      <c r="O24" s="7">
+        <v>-0.90000000000000602</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
-        <v>290</v>
+        <v>195</v>
       </c>
       <c r="B25" t="s">
         <v>63</v>
       </c>
-      <c r="C25" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G25" s="7" t="n">
+      <c r="C25" s="7">
+        <v>25.1</v>
+      </c>
+      <c r="E25" s="7">
+        <v>24.9</v>
+      </c>
+      <c r="G25" s="7">
+        <v>25.2</v>
+      </c>
+      <c r="I25" s="7">
         <v>24.4</v>
       </c>
-      <c r="I25" s="7" t="n">
-[...12 lines deleted...]
-    <row r="26">
+      <c r="K25" s="7">
+        <v>0.20000000000000301</v>
+      </c>
+      <c r="M25" s="7">
+        <v>-9.9999999999997896E-2</v>
+      </c>
+      <c r="O25" s="7">
+        <v>-0.80000000000000104</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
-        <v>291</v>
+        <v>196</v>
       </c>
       <c r="B26" t="s">
         <v>70</v>
       </c>
-      <c r="C26" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E26" s="7" t="n">
+      <c r="C26" s="7">
+        <v>23</v>
+      </c>
+      <c r="E26" s="7">
         <v>22.8</v>
       </c>
-      <c r="G26" s="7" t="n">
+      <c r="G26" s="7">
+        <v>23.1</v>
+      </c>
+      <c r="I26" s="7">
         <v>22.3</v>
       </c>
-      <c r="I26" s="7" t="n">
-[...2 lines deleted...]
-      <c r="K26" s="7" t="n">
+      <c r="K26" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+      <c r="M26" s="7">
         <v>-0.100000000000001</v>
       </c>
-      <c r="M26" s="7" t="n">
-[...6 lines deleted...]
-    <row r="27">
+      <c r="O26" s="7">
+        <v>-0.80000000000000104</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
-        <v>294</v>
+        <v>199</v>
       </c>
       <c r="B27" t="s">
         <v>71</v>
       </c>
-      <c r="C27" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G27" s="7" t="n">
+      <c r="C27" s="7">
+        <v>67.900000000000006</v>
+      </c>
+      <c r="E27" s="7">
+        <v>66.900000000000006</v>
+      </c>
+      <c r="G27" s="7">
+        <v>64.900000000000006</v>
+      </c>
+      <c r="I27" s="7">
         <v>62.9</v>
       </c>
-      <c r="I27" s="7" t="n">
-[...12 lines deleted...]
-    <row r="28">
+      <c r="K27" s="7">
+        <v>1</v>
+      </c>
+      <c r="M27" s="7">
+        <v>3</v>
+      </c>
+      <c r="O27" s="7">
+        <v>-2.0000000000000102</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
-        <v>297</v>
+        <v>202</v>
       </c>
       <c r="B28" t="s">
         <v>74</v>
       </c>
-      <c r="C28" s="7" t="n">
+      <c r="C28" s="7">
         <v>19.8</v>
       </c>
-      <c r="E28" s="7" t="n">
+      <c r="E28" s="7">
         <v>19.8</v>
       </c>
-      <c r="G28" s="7" t="n">
+      <c r="G28" s="7">
+        <v>19.2</v>
+      </c>
+      <c r="I28" s="7">
         <v>19</v>
       </c>
-      <c r="I28" s="7" t="n">
-[...12 lines deleted...]
-    <row r="29">
+      <c r="K28" s="7">
+        <v>0</v>
+      </c>
+      <c r="M28" s="7">
+        <v>0.60000000000000098</v>
+      </c>
+      <c r="O28" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
-        <v>298</v>
+        <v>203</v>
       </c>
       <c r="B29" t="s">
         <v>77</v>
       </c>
-      <c r="C29" s="7" t="n">
+      <c r="C29" s="7">
         <v>14.7</v>
       </c>
-      <c r="E29" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G29" s="7" t="n">
+      <c r="E29" s="7">
+        <v>14.8</v>
+      </c>
+      <c r="G29" s="7">
+        <v>14.5</v>
+      </c>
+      <c r="I29" s="7">
         <v>14.2</v>
       </c>
-      <c r="I29" s="7" t="n">
-[...12 lines deleted...]
-    <row r="30">
+      <c r="K29" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="M29" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+      <c r="O29" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
-        <v>301</v>
+        <v>206</v>
       </c>
       <c r="B30" t="s">
         <v>78</v>
       </c>
-      <c r="C30" s="7" t="n">
-[...21 lines deleted...]
-    <row r="31">
+      <c r="C30" s="7">
+        <v>38</v>
+      </c>
+      <c r="E30" s="7">
+        <v>36.299999999999997</v>
+      </c>
+      <c r="G30" s="7">
+        <v>36.799999999999997</v>
+      </c>
+      <c r="I30" s="7">
+        <v>36.700000000000003</v>
+      </c>
+      <c r="K30" s="7">
+        <v>1.7</v>
+      </c>
+      <c r="M30" s="7">
+        <v>1.2</v>
+      </c>
+      <c r="O30" s="7">
+        <v>-9.9999999999994302E-2</v>
+      </c>
+    </row>
+    <row r="31" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
-        <v>305</v>
+        <v>210</v>
       </c>
       <c r="B31" t="s">
         <v>81</v>
       </c>
-      <c r="C31" s="7" t="n">
+      <c r="C31" s="7">
+        <v>29.4</v>
+      </c>
+      <c r="E31" s="7">
         <v>29.8</v>
       </c>
-      <c r="E31" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G31" s="7" t="n">
+      <c r="G31" s="7">
+        <v>29.5</v>
+      </c>
+      <c r="I31" s="7">
         <v>29.2</v>
       </c>
-      <c r="I31" s="7" t="n">
-[...12 lines deleted...]
-    <row r="32">
+      <c r="K31" s="7">
+        <v>-0.40000000000000202</v>
+      </c>
+      <c r="M31" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="O31" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+    </row>
+    <row r="32" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
-        <v>306</v>
+        <v>211</v>
       </c>
       <c r="B32" t="s">
         <v>85</v>
       </c>
-      <c r="C32" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G32" s="7" t="n">
+      <c r="C32" s="7">
+        <v>13.7</v>
+      </c>
+      <c r="E32" s="7">
+        <v>13.9</v>
+      </c>
+      <c r="G32" s="7">
+        <v>13.5</v>
+      </c>
+      <c r="I32" s="7">
         <v>13.6</v>
       </c>
-      <c r="I32" s="7" t="n">
-[...12 lines deleted...]
-    <row r="33">
+      <c r="K32" s="7">
+        <v>-0.20000000000000101</v>
+      </c>
+      <c r="M32" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+      <c r="O32" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
-        <v>310</v>
+        <v>215</v>
       </c>
       <c r="B33" t="s">
         <v>86</v>
       </c>
-      <c r="C33" s="7" t="n">
+      <c r="C33" s="7">
+        <v>59.5</v>
+      </c>
+      <c r="E33" s="7">
         <v>58.9</v>
       </c>
-      <c r="E33" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G33" s="7" t="n">
+      <c r="G33" s="7">
+        <v>59.3</v>
+      </c>
+      <c r="I33" s="7">
         <v>59.1</v>
       </c>
-      <c r="I33" s="7" t="n">
-[...12 lines deleted...]
-    <row r="34">
+      <c r="K33" s="7">
+        <v>0.60000000000000098</v>
+      </c>
+      <c r="M33" s="7">
+        <v>0.20000000000000301</v>
+      </c>
+      <c r="O33" s="7">
+        <v>-0.19999999999999599</v>
+      </c>
+    </row>
+    <row r="34" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
-        <v>311</v>
+        <v>216</v>
       </c>
       <c r="B34" t="s">
+        <v>90</v>
+      </c>
+      <c r="C34" s="7">
+        <v>11.5</v>
+      </c>
+      <c r="E34" s="7">
+        <v>11.5</v>
+      </c>
+      <c r="G34" s="7">
+        <v>11.5</v>
+      </c>
+      <c r="I34" s="7">
+        <v>11.5</v>
+      </c>
+      <c r="K34" s="7">
+        <v>0</v>
+      </c>
+      <c r="M34" s="7">
+        <v>0</v>
+      </c>
+      <c r="O34" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A35" t="s">
+        <v>217</v>
+      </c>
+      <c r="B35" t="s">
         <v>91</v>
       </c>
-      <c r="C34" s="7" t="n">
-[...25 lines deleted...]
-      <c r="B35" t="s">
+      <c r="C35" s="7">
+        <v>10.7</v>
+      </c>
+      <c r="E35" s="7">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="G35" s="7">
+        <v>10.8</v>
+      </c>
+      <c r="I35" s="7">
+        <v>10.3</v>
+      </c>
+      <c r="K35" s="7">
+        <v>0.5</v>
+      </c>
+      <c r="M35" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="O35" s="7">
+        <v>-0.5</v>
+      </c>
+    </row>
+    <row r="36" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A36" t="s">
+        <v>218</v>
+      </c>
+      <c r="B36" t="s">
         <v>92</v>
       </c>
-      <c r="C35" s="7" t="n">
-[...25 lines deleted...]
-      <c r="B36" t="s">
+      <c r="C36" s="7">
+        <v>3.2</v>
+      </c>
+      <c r="E36" s="7">
+        <v>2.7</v>
+      </c>
+      <c r="G36" s="7">
+        <v>3.1</v>
+      </c>
+      <c r="I36" s="7">
+        <v>2.6</v>
+      </c>
+      <c r="K36" s="7">
+        <v>0.5</v>
+      </c>
+      <c r="M36" s="7">
+        <v>0.1</v>
+      </c>
+      <c r="O36" s="7">
+        <v>-0.5</v>
+      </c>
+    </row>
+    <row r="37" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A37" t="s">
+        <v>220</v>
+      </c>
+      <c r="B37" t="s">
         <v>93</v>
       </c>
-      <c r="C36" s="7" t="n">
-[...25 lines deleted...]
-      <c r="B37" t="s">
+      <c r="C37" s="7">
+        <v>37.299999999999997</v>
+      </c>
+      <c r="E37" s="7">
+        <v>37.200000000000003</v>
+      </c>
+      <c r="G37" s="7">
+        <v>37</v>
+      </c>
+      <c r="I37" s="7">
+        <v>37.299999999999997</v>
+      </c>
+      <c r="K37" s="7">
+        <v>9.9999999999994302E-2</v>
+      </c>
+      <c r="M37" s="7">
+        <v>0.29999999999999699</v>
+      </c>
+      <c r="O37" s="7">
+        <v>0.29999999999999699</v>
+      </c>
+    </row>
+    <row r="38" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A38" t="s">
+        <v>221</v>
+      </c>
+      <c r="B38" t="s">
         <v>94</v>
       </c>
-      <c r="C37" s="7" t="n">
-[...25 lines deleted...]
-      <c r="B38" t="s">
+      <c r="C38" s="7">
+        <v>19.8</v>
+      </c>
+      <c r="E38" s="7">
+        <v>19.399999999999999</v>
+      </c>
+      <c r="G38" s="7">
+        <v>19.5</v>
+      </c>
+      <c r="I38" s="7">
+        <v>19.2</v>
+      </c>
+      <c r="K38" s="7">
+        <v>0.40000000000000202</v>
+      </c>
+      <c r="M38" s="7">
+        <v>0.30000000000000099</v>
+      </c>
+      <c r="O38" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+    </row>
+    <row r="39" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A39" t="s">
         <v>95</v>
       </c>
-      <c r="C38" s="7" t="n">
-[...22 lines deleted...]
-      <c r="A39" t="s">
+      <c r="B39" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="C39" s="7"/>
       <c r="E39" s="7"/>
       <c r="G39" s="7"/>
       <c r="I39" s="7"/>
       <c r="K39" s="7"/>
       <c r="M39" s="7"/>
       <c r="O39" s="7"/>
     </row>
-    <row r="41" ht="13.5" customHeight="1"/>
-    <row r="43">
+    <row r="41" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="44" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A44" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="44">
-      <c r="A44" t="s">
+    <row r="45" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A45" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="45">
-      <c r="A45" t="s">
+    <row r="47" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A47" t="s">
         <v>100</v>
-      </c>
-[...3 lines deleted...]
-        <v>101</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
-  <dimension ref="A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
+  <dimension ref="A1:O44"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="54.140625" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="54.140625" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="10.7109375" hidden="0" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15" max="15" width="10.7109375" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.7109375" customWidth="1"/>
+    <col min="4" max="4" width="2.5703125" customWidth="1"/>
+    <col min="5" max="5" width="10.7109375" customWidth="1"/>
+    <col min="6" max="6" width="2.5703125" customWidth="1"/>
+    <col min="7" max="7" width="10.7109375" customWidth="1"/>
+    <col min="8" max="8" width="2.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10.7109375" customWidth="1"/>
+    <col min="10" max="10" width="2.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10.7109375" customWidth="1"/>
+    <col min="12" max="12" width="2.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10.7109375" customWidth="1"/>
+    <col min="14" max="14" width="2.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="2">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
-        <v>324</v>
+        <v>229</v>
       </c>
       <c r="M2" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3">
+    <row r="3" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="M3" s="6" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.2">
       <c r="C5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="G5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="K5" s="6" t="s">
-        <v>320</v>
+        <v>225</v>
       </c>
       <c r="M5" s="6" t="s">
-        <v>322</v>
+        <v>227</v>
       </c>
       <c r="O5" s="6" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      <c r="C6" s="6" t="n">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="C6" s="6">
         <v>2025</v>
       </c>
-      <c r="E6" s="6" t="n">
+      <c r="E6" s="6">
         <v>2025</v>
       </c>
-      <c r="G6" s="6" t="n">
+      <c r="G6" s="6">
         <v>2024</v>
       </c>
-      <c r="I6" s="6" t="n">
+      <c r="I6" s="6">
         <v>2024</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="7">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="9">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
-        <v>232</v>
+        <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G9" s="7" t="n">
+      <c r="C9" s="7">
+        <v>265.7</v>
+      </c>
+      <c r="E9" s="7">
+        <v>264.7</v>
+      </c>
+      <c r="G9" s="7">
+        <v>268.39999999999998</v>
+      </c>
+      <c r="I9" s="7">
         <v>265.8</v>
       </c>
-      <c r="I9" s="7" t="n">
-[...12 lines deleted...]
-    <row r="10">
+      <c r="K9" s="7">
+        <v>1</v>
+      </c>
+      <c r="M9" s="7">
+        <v>-2.69999999999999</v>
+      </c>
+      <c r="O9" s="7">
+        <v>-2.5999999999999699</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
-        <v>233</v>
+        <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
-      <c r="C10" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G10" s="7" t="n">
+      <c r="C10" s="7">
+        <v>224.4</v>
+      </c>
+      <c r="E10" s="7">
+        <v>224.9</v>
+      </c>
+      <c r="G10" s="7">
+        <v>226.8</v>
+      </c>
+      <c r="I10" s="7">
         <v>225.6</v>
       </c>
-      <c r="I10" s="7" t="n">
-[...12 lines deleted...]
-    <row r="11">
+      <c r="K10" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="M10" s="7">
+        <v>-2.4000000000000101</v>
+      </c>
+      <c r="O10" s="7">
+        <v>-1.2000000000000199</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
-        <v>234</v>
+        <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="7" t="n">
+      <c r="C11" s="7">
+        <v>32.299999999999997</v>
+      </c>
+      <c r="E11" s="7">
         <v>32.6</v>
       </c>
-      <c r="E11" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G11" s="7" t="n">
+      <c r="G11" s="7">
+        <v>34.1</v>
+      </c>
+      <c r="I11" s="7">
         <v>34.4</v>
       </c>
-      <c r="I11" s="7" t="n">
-[...5 lines deleted...]
-      <c r="M11" s="7" t="n">
+      <c r="K11" s="7">
+        <v>-0.30000000000000399</v>
+      </c>
+      <c r="M11" s="7">
         <v>-1.8</v>
       </c>
-      <c r="O11" s="7" t="n">
-[...3 lines deleted...]
-    <row r="12">
+      <c r="O11" s="7">
+        <v>0.29999999999999699</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
-        <v>237</v>
+        <v>142</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="C12" s="7" t="n">
+        <v>103</v>
+      </c>
+      <c r="C12" s="7">
+        <v>15.4</v>
+      </c>
+      <c r="E12" s="7">
         <v>15.6</v>
       </c>
-      <c r="E12" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G12" s="7" t="n">
+      <c r="G12" s="7">
+        <v>16.5</v>
+      </c>
+      <c r="I12" s="7">
         <v>16.7</v>
       </c>
-      <c r="I12" s="7" t="n">
-[...12 lines deleted...]
-    <row r="13">
+      <c r="K12" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="M12" s="7">
+        <v>-1.1000000000000001</v>
+      </c>
+      <c r="O12" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
-        <v>244</v>
+        <v>149</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
-      <c r="C13" s="7" t="n">
+      <c r="C13" s="7">
+        <v>16.899999999999999</v>
+      </c>
+      <c r="E13" s="7">
         <v>17</v>
       </c>
-      <c r="E13" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G13" s="7" t="n">
+      <c r="G13" s="7">
+        <v>17.600000000000001</v>
+      </c>
+      <c r="I13" s="7">
         <v>17.7</v>
       </c>
-      <c r="I13" s="7" t="n">
-[...2 lines deleted...]
-      <c r="K13" s="7" t="n">
+      <c r="K13" s="7">
         <v>-0.100000000000001</v>
       </c>
-      <c r="M13" s="7" t="n">
-[...6 lines deleted...]
-    <row r="14">
+      <c r="M13" s="7">
+        <v>-0.70000000000000295</v>
+      </c>
+      <c r="O13" s="7">
+        <v>9.9999999999997896E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
-        <v>259</v>
+        <v>164</v>
       </c>
       <c r="B14" t="s">
         <v>34</v>
       </c>
-      <c r="C14" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G14" s="7" t="n">
+      <c r="C14" s="7">
+        <v>233.4</v>
+      </c>
+      <c r="E14" s="7">
+        <v>232.1</v>
+      </c>
+      <c r="G14" s="7">
+        <v>234.3</v>
+      </c>
+      <c r="I14" s="7">
         <v>231.4</v>
       </c>
-      <c r="I14" s="7" t="n">
-[...12 lines deleted...]
-    <row r="15">
+      <c r="K14" s="7">
+        <v>1.30000000000001</v>
+      </c>
+      <c r="M14" s="7">
+        <v>-0.90000000000000602</v>
+      </c>
+      <c r="O14" s="7">
+        <v>-2.9000000000000101</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
-        <v>260</v>
+        <v>165</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
-      <c r="C15" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E15" s="7" t="n">
+      <c r="C15" s="7">
+        <v>192.1</v>
+      </c>
+      <c r="E15" s="7">
+        <v>192.3</v>
+      </c>
+      <c r="G15" s="7">
         <v>192.7</v>
       </c>
-      <c r="G15" s="7" t="n">
+      <c r="I15" s="7">
         <v>191.2</v>
       </c>
-      <c r="I15" s="7" t="n">
-[...12 lines deleted...]
-    <row r="16">
+      <c r="K15" s="7">
+        <v>-0.200000000000017</v>
+      </c>
+      <c r="M15" s="7">
+        <v>-0.59999999999999398</v>
+      </c>
+      <c r="O15" s="7">
+        <v>-1.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
-        <v>261</v>
+        <v>166</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
-      <c r="C16" s="7" t="n">
+      <c r="C16" s="7">
+        <v>50.5</v>
+      </c>
+      <c r="E16" s="7">
         <v>50.7</v>
       </c>
-      <c r="E16" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G16" s="7" t="n">
+      <c r="G16" s="7">
         <v>50.6</v>
       </c>
-      <c r="I16" s="7" t="n">
-[...12 lines deleted...]
-    <row r="17">
+      <c r="I16" s="7">
+        <v>50.6</v>
+      </c>
+      <c r="K16" s="7">
+        <v>-0.20000000000000301</v>
+      </c>
+      <c r="M16" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="O16" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
-        <v>262</v>
+        <v>167</v>
       </c>
       <c r="B17" t="s">
         <v>40</v>
       </c>
-      <c r="C17" s="7" t="n">
+      <c r="C17" s="7">
         <v>11.3</v>
       </c>
-      <c r="E17" s="7" t="n">
+      <c r="E17" s="7">
         <v>11.3</v>
       </c>
-      <c r="G17" s="7" t="n">
+      <c r="G17" s="7">
         <v>11.2</v>
       </c>
-      <c r="I17" s="7" t="n">
-[...5 lines deleted...]
-      <c r="M17" s="7" t="n">
+      <c r="I17" s="7">
+        <v>11.2</v>
+      </c>
+      <c r="K17" s="7">
+        <v>0</v>
+      </c>
+      <c r="M17" s="7">
         <v>0.100000000000001</v>
       </c>
-      <c r="O17" s="7" t="n">
-[...3 lines deleted...]
-    <row r="18">
+      <c r="O17" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
-        <v>266</v>
+        <v>171</v>
       </c>
       <c r="B18" t="s">
         <v>44</v>
       </c>
-      <c r="C18" s="7" t="n">
+      <c r="C18" s="7">
+        <v>27.9</v>
+      </c>
+      <c r="E18" s="7">
         <v>28</v>
       </c>
-      <c r="E18" s="7" t="n">
+      <c r="G18" s="7">
         <v>28</v>
       </c>
-      <c r="G18" s="7" t="n">
+      <c r="I18" s="7">
         <v>28</v>
       </c>
-      <c r="I18" s="7" t="n">
-[...8 lines deleted...]
-      <c r="O18" s="7" t="n">
+      <c r="K18" s="7">
         <v>-0.100000000000001</v>
       </c>
-    </row>
-    <row r="19">
+      <c r="M18" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="O18" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
-        <v>269</v>
+        <v>174</v>
       </c>
       <c r="B19" t="s">
         <v>47</v>
       </c>
-      <c r="C19" s="7" t="n">
+      <c r="C19" s="7">
         <v>5</v>
       </c>
-      <c r="E19" s="7" t="n">
+      <c r="E19" s="7">
         <v>5</v>
       </c>
-      <c r="G19" s="7" t="n">
-[...15 lines deleted...]
-    <row r="20">
+      <c r="G19" s="7">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="I19" s="7">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="K19" s="7">
+        <v>0</v>
+      </c>
+      <c r="M19" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="O19" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
-        <v>270</v>
+        <v>175</v>
       </c>
       <c r="B20" t="s">
         <v>48</v>
       </c>
-      <c r="C20" s="7" t="n">
+      <c r="C20" s="7">
+        <v>11.3</v>
+      </c>
+      <c r="E20" s="7">
         <v>11.4</v>
       </c>
-      <c r="E20" s="7" t="n">
+      <c r="G20" s="7">
         <v>11.4</v>
       </c>
-      <c r="G20" s="7" t="n">
+      <c r="I20" s="7">
         <v>11.4</v>
       </c>
-      <c r="I20" s="7" t="n">
-[...12 lines deleted...]
-    <row r="21">
+      <c r="K20" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M20" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="O20" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
-        <v>277</v>
+        <v>182</v>
       </c>
       <c r="B21" t="s">
         <v>55</v>
       </c>
-      <c r="C21" s="7" t="n">
+      <c r="C21" s="7">
         <v>2.9</v>
       </c>
-      <c r="E21" s="7" t="n">
+      <c r="E21" s="7">
+        <v>2.9</v>
+      </c>
+      <c r="G21" s="7">
+        <v>2.9</v>
+      </c>
+      <c r="I21" s="7">
         <v>3</v>
       </c>
-      <c r="G21" s="7" t="n">
-[...15 lines deleted...]
-    <row r="22">
+      <c r="K21" s="7">
+        <v>0</v>
+      </c>
+      <c r="M21" s="7">
+        <v>0</v>
+      </c>
+      <c r="O21" s="7">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
-        <v>278</v>
+        <v>183</v>
       </c>
       <c r="B22" t="s">
         <v>58</v>
       </c>
-      <c r="C22" s="7" t="n">
+      <c r="C22" s="7">
         <v>14</v>
       </c>
-      <c r="E22" s="7" t="n">
+      <c r="E22" s="7">
         <v>14.1</v>
       </c>
-      <c r="G22" s="7" t="n">
+      <c r="G22" s="7">
         <v>14.1</v>
       </c>
-      <c r="I22" s="7" t="n">
+      <c r="I22" s="7">
         <v>14.1</v>
       </c>
-      <c r="K22" s="7" t="n">
-[...9 lines deleted...]
-    <row r="23">
+      <c r="K22" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M22" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="O22" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
-        <v>279</v>
+        <v>184</v>
       </c>
       <c r="B23" t="s">
         <v>59</v>
       </c>
-      <c r="C23" s="7" t="n">
-[...21 lines deleted...]
-    <row r="24">
+      <c r="C23" s="7">
+        <v>9.6</v>
+      </c>
+      <c r="E23" s="7">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="G23" s="7">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="I23" s="7">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="K23" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M23" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="O23" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
-        <v>283</v>
+        <v>188</v>
       </c>
       <c r="B24" t="s">
         <v>63</v>
       </c>
-      <c r="C24" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E24" s="7" t="n">
+      <c r="C24" s="7">
+        <v>29.5</v>
+      </c>
+      <c r="E24" s="7">
         <v>29.6</v>
       </c>
-      <c r="G24" s="7" t="n">
+      <c r="G24" s="7">
         <v>30.4</v>
       </c>
-      <c r="I24" s="7" t="n">
-[...12 lines deleted...]
-    <row r="25">
+      <c r="I24" s="7">
+        <v>30.4</v>
+      </c>
+      <c r="K24" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="M24" s="7">
+        <v>-0.89999999999999902</v>
+      </c>
+      <c r="O24" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
-        <v>294</v>
+        <v>199</v>
       </c>
       <c r="B25" t="s">
         <v>74</v>
       </c>
-      <c r="C25" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G25" s="7" t="n">
+      <c r="C25" s="7">
+        <v>59.8</v>
+      </c>
+      <c r="E25" s="7">
+        <v>58.8</v>
+      </c>
+      <c r="G25" s="7">
+        <v>59.5</v>
+      </c>
+      <c r="I25" s="7">
         <v>57.2</v>
       </c>
-      <c r="I25" s="7" t="n">
-[...12 lines deleted...]
-    <row r="26">
+      <c r="K25" s="7">
+        <v>1</v>
+      </c>
+      <c r="M25" s="7">
+        <v>0.29999999999999699</v>
+      </c>
+      <c r="O25" s="7">
+        <v>-2.2999999999999998</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
-        <v>296</v>
+        <v>201</v>
       </c>
       <c r="B26" t="s">
         <v>76</v>
       </c>
-      <c r="C26" s="7" t="n">
+      <c r="C26" s="7">
         <v>51.4</v>
       </c>
-      <c r="E26" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G26" s="7" t="n">
+      <c r="E26" s="7">
+        <v>51.4</v>
+      </c>
+      <c r="G26" s="7">
+        <v>50.9</v>
+      </c>
+      <c r="I26" s="7">
         <v>50.7</v>
       </c>
-      <c r="I26" s="7" t="n">
-[...12 lines deleted...]
-    <row r="27">
+      <c r="K26" s="7">
+        <v>0</v>
+      </c>
+      <c r="M26" s="7">
+        <v>0.5</v>
+      </c>
+      <c r="O26" s="7">
+        <v>-0.19999999999999599</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
-        <v>297</v>
+        <v>202</v>
       </c>
       <c r="B27" t="s">
         <v>77</v>
       </c>
-      <c r="C27" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G27" s="7" t="n">
+      <c r="C27" s="7">
+        <v>18.8</v>
+      </c>
+      <c r="E27" s="7">
+        <v>18.899999999999999</v>
+      </c>
+      <c r="G27" s="7">
+        <v>18.399999999999999</v>
+      </c>
+      <c r="I27" s="7">
         <v>18.3</v>
       </c>
-      <c r="I27" s="7" t="n">
-[...12 lines deleted...]
-    <row r="28">
+      <c r="K27" s="7">
+        <v>-9.9999999999997896E-2</v>
+      </c>
+      <c r="M27" s="7">
+        <v>0.40000000000000202</v>
+      </c>
+      <c r="O27" s="7">
+        <v>-9.9999999999997896E-2</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
-        <v>298</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
         <v>78</v>
       </c>
-      <c r="C28" s="7" t="n">
+      <c r="C28" s="7">
         <v>11.6</v>
       </c>
-      <c r="E28" s="7" t="n">
+      <c r="E28" s="7">
         <v>11.6</v>
       </c>
-      <c r="G28" s="7" t="n">
+      <c r="G28" s="7">
+        <v>11.4</v>
+      </c>
+      <c r="I28" s="7">
         <v>11.3</v>
       </c>
-      <c r="I28" s="7" t="n">
-[...12 lines deleted...]
-    <row r="29">
+      <c r="K28" s="7">
+        <v>0</v>
+      </c>
+      <c r="M28" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+      <c r="O28" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
-        <v>301</v>
+        <v>206</v>
       </c>
       <c r="B29" t="s">
         <v>81</v>
       </c>
-      <c r="C29" s="7" t="n">
+      <c r="C29" s="7">
+        <v>25.6</v>
+      </c>
+      <c r="E29" s="7">
         <v>26.2</v>
       </c>
-      <c r="E29" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G29" s="7" t="n">
+      <c r="G29" s="7">
+        <v>25.5</v>
+      </c>
+      <c r="I29" s="7">
         <v>26</v>
       </c>
-      <c r="I29" s="7" t="n">
-[...12 lines deleted...]
-    <row r="30">
+      <c r="K29" s="7">
+        <v>-0.59999999999999798</v>
+      </c>
+      <c r="M29" s="7">
+        <v>0.100000000000001</v>
+      </c>
+      <c r="O29" s="7">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
-        <v>305</v>
+        <v>210</v>
       </c>
       <c r="B30" t="s">
         <v>85</v>
       </c>
-      <c r="C30" s="7" t="n">
-[...21 lines deleted...]
-    <row r="31">
+      <c r="C30" s="7">
+        <v>17.8</v>
+      </c>
+      <c r="E30" s="7">
+        <v>18.100000000000001</v>
+      </c>
+      <c r="G30" s="7">
+        <v>18.100000000000001</v>
+      </c>
+      <c r="I30" s="7">
+        <v>18.100000000000001</v>
+      </c>
+      <c r="K30" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="M30" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="O30" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
-        <v>306</v>
+        <v>211</v>
       </c>
       <c r="B31" t="s">
         <v>86</v>
       </c>
-      <c r="C31" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G31" s="7" t="n">
+      <c r="C31" s="7">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="E31" s="7">
+        <v>10</v>
+      </c>
+      <c r="G31" s="7">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="I31" s="7">
         <v>9.9</v>
       </c>
-      <c r="I31" s="7" t="n">
-[...12 lines deleted...]
-    <row r="32">
+      <c r="K31" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="M31" s="7">
+        <v>0.100000000000001</v>
+      </c>
+      <c r="O31" s="7">
+        <v>0.20000000000000101</v>
+      </c>
+    </row>
+    <row r="32" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
-        <v>310</v>
+        <v>215</v>
       </c>
       <c r="B32" t="s">
+        <v>90</v>
+      </c>
+      <c r="C32" s="7">
+        <v>41.3</v>
+      </c>
+      <c r="E32" s="7">
+        <v>39.799999999999997</v>
+      </c>
+      <c r="G32" s="7">
+        <v>41.6</v>
+      </c>
+      <c r="I32" s="7">
+        <v>40.200000000000003</v>
+      </c>
+      <c r="K32" s="7">
+        <v>1.5</v>
+      </c>
+      <c r="M32" s="7">
+        <v>-0.30000000000000399</v>
+      </c>
+      <c r="O32" s="7">
+        <v>-1.4</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A33" t="s">
+        <v>216</v>
+      </c>
+      <c r="B33" t="s">
         <v>91</v>
       </c>
-      <c r="C32" s="7" t="n">
-[...25 lines deleted...]
-      <c r="B33" t="s">
+      <c r="C33" s="7">
+        <v>5.2</v>
+      </c>
+      <c r="E33" s="7">
+        <v>5.3</v>
+      </c>
+      <c r="G33" s="7">
+        <v>5.4</v>
+      </c>
+      <c r="I33" s="7">
+        <v>5.4</v>
+      </c>
+      <c r="K33" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M33" s="7">
+        <v>-0.2</v>
+      </c>
+      <c r="O33" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A34" t="s">
+        <v>217</v>
+      </c>
+      <c r="B34" t="s">
         <v>92</v>
       </c>
-      <c r="C33" s="7" t="n">
-[...25 lines deleted...]
-      <c r="B34" t="s">
+      <c r="C34" s="7">
+        <v>11</v>
+      </c>
+      <c r="E34" s="7">
+        <v>10</v>
+      </c>
+      <c r="G34" s="7">
+        <v>11.2</v>
+      </c>
+      <c r="I34" s="7">
+        <v>10.4</v>
+      </c>
+      <c r="K34" s="7">
+        <v>1</v>
+      </c>
+      <c r="M34" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="O34" s="7">
+        <v>-0.79999999999999905</v>
+      </c>
+    </row>
+    <row r="35" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A35" t="s">
+        <v>218</v>
+      </c>
+      <c r="B35" t="s">
         <v>93</v>
       </c>
-      <c r="C34" s="7" t="n">
-[...25 lines deleted...]
-      <c r="B35" t="s">
+      <c r="C35" s="7">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="E35" s="7">
+        <v>3.7</v>
+      </c>
+      <c r="G35" s="7">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="I35" s="7">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="K35" s="7">
+        <v>0.89999999999999902</v>
+      </c>
+      <c r="M35" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="O35" s="7">
+        <v>-0.80000000000000104</v>
+      </c>
+    </row>
+    <row r="36" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A36" t="s">
+        <v>220</v>
+      </c>
+      <c r="B36" t="s">
         <v>94</v>
       </c>
-      <c r="C35" s="7" t="n">
-[...34 lines deleted...]
-      <c r="G36" s="7" t="n">
+      <c r="C36" s="7">
+        <v>25.1</v>
+      </c>
+      <c r="E36" s="7">
+        <v>24.5</v>
+      </c>
+      <c r="G36" s="7">
+        <v>25</v>
+      </c>
+      <c r="I36" s="7">
         <v>24.4</v>
       </c>
-      <c r="I36" s="7" t="n">
-[...12 lines deleted...]
-    <row r="37">
+      <c r="K36" s="7">
+        <v>0.60000000000000098</v>
+      </c>
+      <c r="M36" s="7">
+        <v>0.100000000000001</v>
+      </c>
+      <c r="O36" s="7">
+        <v>-0.60000000000000098</v>
+      </c>
+    </row>
+    <row r="37" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
-        <v>316</v>
+        <v>221</v>
       </c>
       <c r="B37" t="s">
+        <v>96</v>
+      </c>
+      <c r="C37" s="7">
+        <v>13.3</v>
+      </c>
+      <c r="E37" s="7">
+        <v>12.3</v>
+      </c>
+      <c r="G37" s="7">
+        <v>13.2</v>
+      </c>
+      <c r="I37" s="7">
+        <v>12.1</v>
+      </c>
+      <c r="K37" s="7">
+        <v>1</v>
+      </c>
+      <c r="M37" s="7">
+        <v>0.100000000000001</v>
+      </c>
+      <c r="O37" s="7">
+        <v>-1.1000000000000001</v>
+      </c>
+    </row>
+    <row r="40" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A40" t="s">
         <v>97</v>
       </c>
-      <c r="C37" s="7" t="n">
-[...22 lines deleted...]
-      <c r="A40" t="s">
+    </row>
+    <row r="41" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A41" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="41">
-      <c r="A41" t="s">
+    <row r="42" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A42" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="42">
-      <c r="A42" t="s">
+    <row r="44" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A44" t="s">
         <v>100</v>
-      </c>
-[...3 lines deleted...]
-        <v>101</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
-  <dimension ref="A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
+  <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="54.140625" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="54.140625" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="10.7109375" hidden="0" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15" max="15" width="10.7109375" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.7109375" customWidth="1"/>
+    <col min="4" max="4" width="2.5703125" customWidth="1"/>
+    <col min="5" max="5" width="10.7109375" customWidth="1"/>
+    <col min="6" max="6" width="2.5703125" customWidth="1"/>
+    <col min="7" max="7" width="10.7109375" customWidth="1"/>
+    <col min="8" max="8" width="2.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10.7109375" customWidth="1"/>
+    <col min="10" max="10" width="2.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10.7109375" customWidth="1"/>
+    <col min="12" max="12" width="2.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10.7109375" customWidth="1"/>
+    <col min="14" max="14" width="2.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="2">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
-        <v>324</v>
+        <v>229</v>
       </c>
       <c r="M2" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3">
+    <row r="3" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="M3" s="6" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.2">
       <c r="C5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="G5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="K5" s="6" t="s">
-        <v>320</v>
+        <v>225</v>
       </c>
       <c r="M5" s="6" t="s">
-        <v>322</v>
+        <v>227</v>
       </c>
       <c r="O5" s="6" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      <c r="C6" s="6" t="n">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="C6" s="6">
         <v>2025</v>
       </c>
-      <c r="E6" s="6" t="n">
+      <c r="E6" s="6">
         <v>2025</v>
       </c>
-      <c r="G6" s="6" t="n">
+      <c r="G6" s="6">
         <v>2024</v>
       </c>
-      <c r="I6" s="6" t="n">
+      <c r="I6" s="6">
         <v>2024</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="7">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="9">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
-        <v>232</v>
+        <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G9" s="7" t="n">
+      <c r="C9" s="7">
+        <v>95.9</v>
+      </c>
+      <c r="E9" s="7">
+        <v>94.6</v>
+      </c>
+      <c r="G9" s="7">
+        <v>96.7</v>
+      </c>
+      <c r="I9" s="7">
         <v>95.6</v>
       </c>
-      <c r="I9" s="7" t="n">
-[...12 lines deleted...]
-    <row r="10">
+      <c r="K9" s="7">
+        <v>1.30000000000001</v>
+      </c>
+      <c r="M9" s="7">
+        <v>-0.79999999999999705</v>
+      </c>
+      <c r="O9" s="7">
+        <v>-1.1000000000000101</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
-        <v>233</v>
+        <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
-      <c r="C10" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G10" s="7" t="n">
+      <c r="C10" s="7">
+        <v>77.400000000000006</v>
+      </c>
+      <c r="E10" s="7">
+        <v>77.900000000000006</v>
+      </c>
+      <c r="G10" s="7">
+        <v>78.099999999999994</v>
+      </c>
+      <c r="I10" s="7">
         <v>78.7</v>
       </c>
-      <c r="I10" s="7" t="n">
-[...12 lines deleted...]
-    <row r="11">
+      <c r="K10" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="M10" s="7">
+        <v>-0.69999999999998896</v>
+      </c>
+      <c r="O10" s="7">
+        <v>0.60000000000000897</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
-        <v>234</v>
+        <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="7" t="n">
+      <c r="C11" s="7">
+        <v>16.600000000000001</v>
+      </c>
+      <c r="E11" s="7">
         <v>16.7</v>
       </c>
-      <c r="E11" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G11" s="7" t="n">
+      <c r="G11" s="7">
+        <v>17.2</v>
+      </c>
+      <c r="I11" s="7">
         <v>17.3</v>
       </c>
-      <c r="I11" s="7" t="n">
-[...12 lines deleted...]
-    <row r="12">
+      <c r="K11" s="7">
+        <v>-9.9999999999997896E-2</v>
+      </c>
+      <c r="M11" s="7">
+        <v>-0.59999999999999798</v>
+      </c>
+      <c r="O11" s="7">
+        <v>0.100000000000001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
-        <v>237</v>
+        <v>142</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="C12" s="7" t="n">
+        <v>103</v>
+      </c>
+      <c r="C12" s="7">
+        <v>7.5</v>
+      </c>
+      <c r="E12" s="7">
         <v>7.6</v>
       </c>
-      <c r="E12" s="7" t="n">
-[...5 lines deleted...]
-      <c r="I12" s="7" t="n">
+      <c r="G12" s="7">
         <v>8.1</v>
       </c>
-      <c r="K12" s="7" t="n">
-[...2 lines deleted...]
-      <c r="M12" s="7" t="n">
+      <c r="I12" s="7">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="K12" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M12" s="7">
         <v>-0.6</v>
       </c>
-      <c r="O12" s="7" t="n">
-[...3 lines deleted...]
-    <row r="13">
+      <c r="O12" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
-        <v>244</v>
+        <v>149</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
-      <c r="C13" s="7" t="n">
+      <c r="C13" s="7">
         <v>9.1</v>
       </c>
-      <c r="E13" s="7" t="n">
+      <c r="E13" s="7">
         <v>9.1</v>
       </c>
-      <c r="G13" s="7" t="n">
+      <c r="G13" s="7">
         <v>9.1</v>
       </c>
-      <c r="I13" s="7" t="n">
+      <c r="I13" s="7">
         <v>9.1</v>
       </c>
-      <c r="K13" s="7" t="n">
-[...9 lines deleted...]
-    <row r="14">
+      <c r="K13" s="7">
+        <v>0</v>
+      </c>
+      <c r="M13" s="7">
+        <v>0</v>
+      </c>
+      <c r="O13" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
-        <v>259</v>
+        <v>164</v>
       </c>
       <c r="B14" t="s">
         <v>34</v>
       </c>
-      <c r="C14" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G14" s="7" t="n">
+      <c r="C14" s="7">
+        <v>79.3</v>
+      </c>
+      <c r="E14" s="7">
+        <v>77.900000000000006</v>
+      </c>
+      <c r="G14" s="7">
+        <v>79.5</v>
+      </c>
+      <c r="I14" s="7">
         <v>78.3</v>
       </c>
-      <c r="I14" s="7" t="n">
-[...12 lines deleted...]
-    <row r="15">
+      <c r="K14" s="7">
+        <v>1.3999999999999899</v>
+      </c>
+      <c r="M14" s="7">
+        <v>-0.20000000000000301</v>
+      </c>
+      <c r="O14" s="7">
+        <v>-1.2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
-        <v>260</v>
+        <v>165</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="C15" s="7" t="n">
+        <v>105</v>
+      </c>
+      <c r="C15" s="7">
+        <v>60.8</v>
+      </c>
+      <c r="E15" s="7">
         <v>61.2</v>
       </c>
-      <c r="E15" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G15" s="7" t="n">
+      <c r="G15" s="7">
+        <v>60.9</v>
+      </c>
+      <c r="I15" s="7">
         <v>61.4</v>
       </c>
-      <c r="I15" s="7" t="n">
-[...12 lines deleted...]
-    <row r="16">
+      <c r="K15" s="7">
+        <v>-0.40000000000000602</v>
+      </c>
+      <c r="M15" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="O15" s="7">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
-        <v>261</v>
+        <v>166</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="C16" s="7" t="n">
+      <c r="C16" s="7">
         <v>16.2</v>
       </c>
-      <c r="E16" s="7" t="n">
+      <c r="E16" s="7">
+        <v>16.100000000000001</v>
+      </c>
+      <c r="G16" s="7">
         <v>16.2</v>
       </c>
-      <c r="G16" s="7" t="n">
+      <c r="I16" s="7">
         <v>16.3</v>
       </c>
-      <c r="I16" s="7" t="n">
-[...12 lines deleted...]
-    <row r="17">
+      <c r="K16" s="7">
+        <v>9.9999999999997896E-2</v>
+      </c>
+      <c r="M16" s="7">
+        <v>0</v>
+      </c>
+      <c r="O16" s="7">
+        <v>0.100000000000001</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
-        <v>262</v>
+        <v>167</v>
       </c>
       <c r="B17" t="s">
         <v>40</v>
       </c>
-      <c r="C17" s="7" t="n">
+      <c r="C17" s="7">
         <v>2.8</v>
       </c>
-      <c r="E17" s="7" t="n">
+      <c r="E17" s="7">
         <v>2.8</v>
       </c>
-      <c r="G17" s="7" t="n">
+      <c r="G17" s="7">
         <v>2.8</v>
       </c>
-      <c r="I17" s="7" t="n">
+      <c r="I17" s="7">
         <v>2.8</v>
       </c>
-      <c r="K17" s="7" t="n">
-[...9 lines deleted...]
-    <row r="18">
+      <c r="K17" s="7">
+        <v>0</v>
+      </c>
+      <c r="M17" s="7">
+        <v>0</v>
+      </c>
+      <c r="O17" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
-        <v>266</v>
+        <v>171</v>
       </c>
       <c r="B18" t="s">
         <v>58</v>
       </c>
-      <c r="C18" s="7" t="n">
+      <c r="C18" s="7">
         <v>10.9</v>
       </c>
-      <c r="E18" s="7" t="n">
+      <c r="E18" s="7">
+        <v>10.8</v>
+      </c>
+      <c r="G18" s="7">
         <v>10.9</v>
       </c>
-      <c r="G18" s="7" t="n">
+      <c r="I18" s="7">
         <v>11</v>
       </c>
-      <c r="I18" s="7" t="n">
-[...12 lines deleted...]
-    <row r="19">
+      <c r="K18" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="M18" s="7">
+        <v>0</v>
+      </c>
+      <c r="O18" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
-        <v>270</v>
+        <v>175</v>
       </c>
       <c r="B19" t="s">
         <v>63</v>
       </c>
-      <c r="C19" s="7" t="n">
+      <c r="C19" s="7">
         <v>2.5</v>
       </c>
-      <c r="E19" s="7" t="n">
+      <c r="E19" s="7">
         <v>2.5</v>
       </c>
-      <c r="G19" s="7" t="n">
+      <c r="G19" s="7">
         <v>2.5</v>
       </c>
-      <c r="I19" s="7" t="n">
+      <c r="I19" s="7">
         <v>2.5</v>
       </c>
-      <c r="K19" s="7" t="n">
-[...9 lines deleted...]
-    <row r="20">
+      <c r="K19" s="7">
+        <v>0</v>
+      </c>
+      <c r="M19" s="7">
+        <v>0</v>
+      </c>
+      <c r="O19" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
-        <v>277</v>
+        <v>182</v>
       </c>
       <c r="B20" t="s">
         <v>81</v>
       </c>
-      <c r="C20" s="7" t="n">
+      <c r="C20" s="7">
         <v>1.2</v>
       </c>
-      <c r="E20" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G20" s="7" t="n">
+      <c r="E20" s="7">
         <v>1.2</v>
       </c>
-      <c r="I20" s="7" t="n">
+      <c r="G20" s="7">
         <v>1.2</v>
       </c>
-      <c r="K20" s="7" t="n">
-[...9 lines deleted...]
-    <row r="21">
+      <c r="I20" s="7">
+        <v>1.2</v>
+      </c>
+      <c r="K20" s="7">
+        <v>0</v>
+      </c>
+      <c r="M20" s="7">
+        <v>0</v>
+      </c>
+      <c r="O20" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
-        <v>278</v>
+        <v>183</v>
       </c>
       <c r="B21" t="s">
+        <v>90</v>
+      </c>
+      <c r="C21" s="7">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="E21" s="7">
+        <v>4.2</v>
+      </c>
+      <c r="G21" s="7">
+        <v>4.3</v>
+      </c>
+      <c r="I21" s="7">
+        <v>4.3</v>
+      </c>
+      <c r="K21" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="M21" s="7">
+        <v>-0.2</v>
+      </c>
+      <c r="O21" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A22" t="s">
+        <v>188</v>
+      </c>
+      <c r="B22" t="s">
         <v>91</v>
       </c>
-      <c r="C21" s="7" t="n">
-[...25 lines deleted...]
-      <c r="B22" t="s">
+      <c r="C22" s="7">
+        <v>9.4</v>
+      </c>
+      <c r="E22" s="7">
+        <v>9.4</v>
+      </c>
+      <c r="G22" s="7">
+        <v>9.5</v>
+      </c>
+      <c r="I22" s="7">
+        <v>9.4</v>
+      </c>
+      <c r="K22" s="7">
+        <v>0</v>
+      </c>
+      <c r="M22" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="O22" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A23" t="s">
+        <v>199</v>
+      </c>
+      <c r="B23" t="s">
         <v>92</v>
       </c>
-      <c r="C22" s="7" t="n">
-[...31 lines deleted...]
-      <c r="E23" s="7" t="n">
+      <c r="C23" s="7">
         <v>15.5</v>
       </c>
-      <c r="G23" s="7" t="n">
+      <c r="E23" s="7">
+        <v>15.5</v>
+      </c>
+      <c r="G23" s="7">
+        <v>15.2</v>
+      </c>
+      <c r="I23" s="7">
         <v>15.1</v>
       </c>
-      <c r="I23" s="7" t="n">
-[...12 lines deleted...]
-    <row r="24">
+      <c r="K23" s="7">
+        <v>0</v>
+      </c>
+      <c r="M23" s="7">
+        <v>0.30000000000000099</v>
+      </c>
+      <c r="O23" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
-        <v>301</v>
+        <v>206</v>
       </c>
       <c r="B24" t="s">
-        <v>95</v>
-[...7 lines deleted...]
-      <c r="G24" s="7" t="n">
+        <v>94</v>
+      </c>
+      <c r="C24" s="7">
+        <v>10</v>
+      </c>
+      <c r="E24" s="7">
+        <v>10.3</v>
+      </c>
+      <c r="G24" s="7">
+        <v>10.1</v>
+      </c>
+      <c r="I24" s="7">
         <v>10.6</v>
       </c>
-      <c r="I24" s="7" t="n">
-[...12 lines deleted...]
-    <row r="25">
+      <c r="K24" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="M24" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="O24" s="7">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
-        <v>306</v>
+        <v>211</v>
       </c>
       <c r="B25" t="s">
         <v>40</v>
       </c>
-      <c r="C25" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E25" s="7" t="n">
+      <c r="C25" s="7">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="E25" s="7">
         <v>4.5</v>
       </c>
-      <c r="G25" s="7" t="n">
+      <c r="G25" s="7">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="I25" s="7">
         <v>4.5</v>
       </c>
-      <c r="I25" s="7" t="n">
-[...12 lines deleted...]
-    <row r="26">
+      <c r="K25" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M25" s="7">
+        <v>0</v>
+      </c>
+      <c r="O25" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
-        <v>310</v>
+        <v>215</v>
       </c>
       <c r="B26" t="s">
         <v>58</v>
       </c>
-      <c r="C26" s="7" t="n">
-[...21 lines deleted...]
-    <row r="27">
+      <c r="C26" s="7">
+        <v>18.5</v>
+      </c>
+      <c r="E26" s="7">
+        <v>16.7</v>
+      </c>
+      <c r="G26" s="7">
+        <v>18.600000000000001</v>
+      </c>
+      <c r="I26" s="7">
+        <v>16.899999999999999</v>
+      </c>
+      <c r="K26" s="7">
+        <v>1.8</v>
+      </c>
+      <c r="M26" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="O26" s="7">
+        <v>-1.7</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
-        <v>311</v>
+        <v>216</v>
       </c>
       <c r="B27" t="s">
         <v>63</v>
       </c>
-      <c r="C27" s="7" t="n">
+      <c r="C27" s="7">
         <v>1.6</v>
       </c>
-      <c r="E27" s="7" t="n">
+      <c r="E27" s="7">
         <v>1.6</v>
       </c>
-      <c r="G27" s="7" t="n">
+      <c r="G27" s="7">
         <v>1.6</v>
       </c>
-      <c r="I27" s="7" t="n">
+      <c r="I27" s="7">
         <v>1.6</v>
       </c>
-      <c r="K27" s="7" t="n">
-[...9 lines deleted...]
-    <row r="28">
+      <c r="K27" s="7">
+        <v>0</v>
+      </c>
+      <c r="M27" s="7">
+        <v>0</v>
+      </c>
+      <c r="O27" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
-        <v>312</v>
+        <v>217</v>
       </c>
       <c r="B28" t="s">
         <v>81</v>
       </c>
-      <c r="C28" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G28" s="7" t="n">
+      <c r="C28" s="7">
+        <v>6.1</v>
+      </c>
+      <c r="E28" s="7">
+        <v>4.3</v>
+      </c>
+      <c r="G28" s="7">
+        <v>6.2</v>
+      </c>
+      <c r="I28" s="7">
         <v>4.5</v>
       </c>
-      <c r="I28" s="7" t="n">
-[...12 lines deleted...]
-    <row r="29">
+      <c r="K28" s="7">
+        <v>1.8</v>
+      </c>
+      <c r="M28" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="O28" s="7">
+        <v>-1.7</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
-        <v>315</v>
+        <v>220</v>
       </c>
       <c r="B29" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="C29" s="7" t="n">
+        <v>90</v>
+      </c>
+      <c r="C29" s="7">
         <v>10.8</v>
       </c>
-      <c r="E29" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G29" s="7" t="n">
+      <c r="E29" s="7">
         <v>10.8</v>
       </c>
-      <c r="I29" s="7" t="n">
-[...12 lines deleted...]
-    <row r="32">
+      <c r="G29" s="7">
+        <v>10.8</v>
+      </c>
+      <c r="I29" s="7">
+        <v>10.8</v>
+      </c>
+      <c r="K29" s="7">
+        <v>0</v>
+      </c>
+      <c r="M29" s="7">
+        <v>0</v>
+      </c>
+      <c r="O29" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="33" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A33" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="33">
-      <c r="A33" t="s">
+    <row r="34" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A34" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="34">
-      <c r="A34" t="s">
+    <row r="36" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A36" t="s">
         <v>100</v>
-      </c>
-[...3 lines deleted...]
-        <v>101</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
-  <dimension ref="A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
+  <dimension ref="A1:O37"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="54.140625" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="54.140625" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="10.7109375" hidden="0" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15" max="15" width="10.7109375" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.7109375" customWidth="1"/>
+    <col min="4" max="4" width="2.5703125" customWidth="1"/>
+    <col min="5" max="5" width="10.7109375" customWidth="1"/>
+    <col min="6" max="6" width="2.5703125" customWidth="1"/>
+    <col min="7" max="7" width="10.7109375" customWidth="1"/>
+    <col min="8" max="8" width="2.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10.7109375" customWidth="1"/>
+    <col min="10" max="10" width="2.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10.7109375" customWidth="1"/>
+    <col min="12" max="12" width="2.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10.7109375" customWidth="1"/>
+    <col min="14" max="14" width="2.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="2">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
-        <v>324</v>
+        <v>229</v>
       </c>
       <c r="M2" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3">
+    <row r="3" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="M3" s="6" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.2">
       <c r="C5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="G5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="K5" s="6" t="s">
-        <v>320</v>
+        <v>225</v>
       </c>
       <c r="M5" s="6" t="s">
-        <v>322</v>
+        <v>227</v>
       </c>
       <c r="O5" s="6" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      <c r="C6" s="6" t="n">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="C6" s="6">
         <v>2025</v>
       </c>
-      <c r="E6" s="6" t="n">
+      <c r="E6" s="6">
         <v>2025</v>
       </c>
-      <c r="G6" s="6" t="n">
+      <c r="G6" s="6">
         <v>2024</v>
       </c>
-      <c r="I6" s="6" t="n">
+      <c r="I6" s="6">
         <v>2024</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="7">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="9">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
-        <v>232</v>
+        <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G9" s="7" t="n">
+      <c r="C9" s="7">
+        <v>96.8</v>
+      </c>
+      <c r="E9" s="7">
+        <v>97.4</v>
+      </c>
+      <c r="G9" s="7">
+        <v>96.8</v>
+      </c>
+      <c r="I9" s="7">
         <v>96.5</v>
       </c>
-      <c r="I9" s="7" t="n">
-[...12 lines deleted...]
-    <row r="10">
+      <c r="K9" s="7">
+        <v>-0.60000000000000897</v>
+      </c>
+      <c r="M9" s="7">
+        <v>0</v>
+      </c>
+      <c r="O9" s="7">
+        <v>-0.29999999999999699</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
-        <v>233</v>
+        <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
-      <c r="C10" s="7" t="n">
+      <c r="C10" s="7">
+        <v>61.7</v>
+      </c>
+      <c r="E10" s="7">
         <v>62.4</v>
       </c>
-      <c r="E10" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G10" s="7" t="n">
+      <c r="G10" s="7">
+        <v>62.1</v>
+      </c>
+      <c r="I10" s="7">
         <v>62.2</v>
       </c>
-      <c r="I10" s="7" t="n">
-[...12 lines deleted...]
-    <row r="11">
+      <c r="K10" s="7">
+        <v>-0.69999999999999596</v>
+      </c>
+      <c r="M10" s="7">
+        <v>-0.39999999999999902</v>
+      </c>
+      <c r="O10" s="7">
+        <v>0.100000000000001</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
-        <v>234</v>
+        <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="7" t="n">
+      <c r="C11" s="7">
+        <v>7.3</v>
+      </c>
+      <c r="E11" s="7">
         <v>7.4</v>
       </c>
-      <c r="E11" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G11" s="7" t="n">
+      <c r="G11" s="7">
         <v>7.5</v>
       </c>
-      <c r="I11" s="7" t="n">
-[...12 lines deleted...]
-    <row r="12">
+      <c r="I11" s="7">
+        <v>7.5</v>
+      </c>
+      <c r="K11" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="M11" s="7">
+        <v>-0.2</v>
+      </c>
+      <c r="O11" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
-        <v>237</v>
+        <v>142</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="C12" s="7" t="n">
+        <v>103</v>
+      </c>
+      <c r="C12" s="7">
+        <v>4.7</v>
+      </c>
+      <c r="E12" s="7">
         <v>4.8</v>
       </c>
-      <c r="E12" s="7" t="n">
-[...18 lines deleted...]
-    <row r="13">
+      <c r="G12" s="7">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="I12" s="7">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="K12" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M12" s="7">
+        <v>-0.2</v>
+      </c>
+      <c r="O12" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
-        <v>244</v>
+        <v>149</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
-      <c r="C13" s="7" t="n">
+      <c r="C13" s="7">
         <v>2.6</v>
       </c>
-      <c r="E13" s="7" t="n">
+      <c r="E13" s="7">
         <v>2.6</v>
       </c>
-      <c r="G13" s="7" t="n">
+      <c r="G13" s="7">
         <v>2.6</v>
       </c>
-      <c r="I13" s="7" t="n">
+      <c r="I13" s="7">
         <v>2.6</v>
       </c>
-      <c r="K13" s="7" t="n">
-[...9 lines deleted...]
-    <row r="14">
+      <c r="K13" s="7">
+        <v>0</v>
+      </c>
+      <c r="M13" s="7">
+        <v>0</v>
+      </c>
+      <c r="O13" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
-        <v>259</v>
+        <v>164</v>
       </c>
       <c r="B14" t="s">
         <v>34</v>
       </c>
-      <c r="C14" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G14" s="7" t="n">
+      <c r="C14" s="7">
+        <v>89.5</v>
+      </c>
+      <c r="E14" s="7">
+        <v>90</v>
+      </c>
+      <c r="G14" s="7">
+        <v>89.3</v>
+      </c>
+      <c r="I14" s="7">
         <v>89</v>
       </c>
-      <c r="I14" s="7" t="n">
-[...12 lines deleted...]
-    <row r="15">
+      <c r="K14" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="M14" s="7">
+        <v>0.20000000000000301</v>
+      </c>
+      <c r="O14" s="7">
+        <v>-0.29999999999999699</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
-        <v>260</v>
+        <v>165</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="C15" s="7" t="n">
+        <v>105</v>
+      </c>
+      <c r="C15" s="7">
+        <v>54.4</v>
+      </c>
+      <c r="E15" s="7">
         <v>55</v>
       </c>
-      <c r="E15" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G15" s="7" t="n">
+      <c r="G15" s="7">
+        <v>54.6</v>
+      </c>
+      <c r="I15" s="7">
         <v>54.7</v>
       </c>
-      <c r="I15" s="7" t="n">
-[...12 lines deleted...]
-    <row r="16">
+      <c r="K15" s="7">
+        <v>-0.60000000000000098</v>
+      </c>
+      <c r="M15" s="7">
+        <v>-0.20000000000000301</v>
+      </c>
+      <c r="O15" s="7">
+        <v>0.100000000000001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
-        <v>261</v>
+        <v>166</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="C16" s="7" t="n">
+      <c r="C16" s="7">
+        <v>13.2</v>
+      </c>
+      <c r="E16" s="7">
         <v>13.3</v>
       </c>
-      <c r="E16" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G16" s="7" t="n">
+      <c r="G16" s="7">
         <v>13.5</v>
       </c>
-      <c r="I16" s="7" t="n">
-[...12 lines deleted...]
-    <row r="17">
+      <c r="I16" s="7">
+        <v>13.5</v>
+      </c>
+      <c r="K16" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="M16" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="O16" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
-        <v>262</v>
+        <v>167</v>
       </c>
       <c r="B17" t="s">
         <v>40</v>
       </c>
-      <c r="C17" s="7" t="n">
+      <c r="C17" s="7">
         <v>1.4</v>
       </c>
-      <c r="E17" s="7" t="n">
+      <c r="E17" s="7">
         <v>1.4</v>
       </c>
-      <c r="G17" s="7" t="n">
+      <c r="G17" s="7">
         <v>1.4</v>
       </c>
-      <c r="I17" s="7" t="n">
-[...12 lines deleted...]
-    <row r="18">
+      <c r="I17" s="7">
+        <v>1.4</v>
+      </c>
+      <c r="K17" s="7">
+        <v>0</v>
+      </c>
+      <c r="M17" s="7">
+        <v>0</v>
+      </c>
+      <c r="O17" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
-        <v>266</v>
+        <v>171</v>
       </c>
       <c r="B18" t="s">
         <v>63</v>
       </c>
-      <c r="C18" s="7" t="n">
+      <c r="C18" s="7">
+        <v>10.5</v>
+      </c>
+      <c r="E18" s="7">
         <v>10.6</v>
       </c>
-      <c r="E18" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G18" s="7" t="n">
+      <c r="G18" s="7">
         <v>10.8</v>
       </c>
-      <c r="I18" s="7" t="n">
+      <c r="I18" s="7">
         <v>10.8</v>
       </c>
-      <c r="K18" s="7" t="n">
-[...9 lines deleted...]
-    <row r="19">
+      <c r="K18" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M18" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="O18" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
-        <v>270</v>
+        <v>175</v>
       </c>
       <c r="B19" t="s">
         <v>81</v>
       </c>
-      <c r="C19" s="7" t="n">
+      <c r="C19" s="7">
         <v>1.3</v>
       </c>
-      <c r="E19" s="7" t="n">
+      <c r="E19" s="7">
         <v>1.3</v>
       </c>
-      <c r="G19" s="7" t="n">
+      <c r="G19" s="7">
         <v>1.3</v>
       </c>
-      <c r="I19" s="7" t="n">
+      <c r="I19" s="7">
         <v>1.3</v>
       </c>
-      <c r="K19" s="7" t="n">
-[...9 lines deleted...]
-    <row r="20">
+      <c r="K19" s="7">
+        <v>0</v>
+      </c>
+      <c r="M19" s="7">
+        <v>0</v>
+      </c>
+      <c r="O19" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
-        <v>277</v>
+        <v>182</v>
       </c>
       <c r="B20" t="s">
+        <v>90</v>
+      </c>
+      <c r="C20" s="7">
+        <v>0.9</v>
+      </c>
+      <c r="E20" s="7">
+        <v>0.9</v>
+      </c>
+      <c r="G20" s="7">
+        <v>0.9</v>
+      </c>
+      <c r="I20" s="7">
+        <v>0.9</v>
+      </c>
+      <c r="K20" s="7">
+        <v>0</v>
+      </c>
+      <c r="M20" s="7">
+        <v>0</v>
+      </c>
+      <c r="O20" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A21" t="s">
+        <v>183</v>
+      </c>
+      <c r="B21" t="s">
         <v>91</v>
       </c>
-      <c r="C20" s="7" t="n">
-[...25 lines deleted...]
-      <c r="B21" t="s">
+      <c r="C21" s="7">
+        <v>2.9</v>
+      </c>
+      <c r="E21" s="7">
+        <v>3</v>
+      </c>
+      <c r="G21" s="7">
+        <v>3</v>
+      </c>
+      <c r="I21" s="7">
+        <v>3</v>
+      </c>
+      <c r="K21" s="7">
+        <v>-0.1</v>
+      </c>
+      <c r="M21" s="7">
+        <v>-0.1</v>
+      </c>
+      <c r="O21" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A22" t="s">
+        <v>188</v>
+      </c>
+      <c r="B22" t="s">
         <v>92</v>
       </c>
-      <c r="C21" s="7" t="n">
-[...40 lines deleted...]
-      <c r="K22" s="7" t="n">
+      <c r="C22" s="7">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="E22" s="7">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="G22" s="7">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="I22" s="7">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="K22" s="7">
         <v>-0.100000000000001</v>
       </c>
-      <c r="M22" s="7" t="n">
+      <c r="M22" s="7">
         <v>-0.100000000000001</v>
       </c>
-      <c r="O22" s="7" t="n">
-[...3 lines deleted...]
-    <row r="23">
+      <c r="O22" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
-        <v>294</v>
+        <v>199</v>
       </c>
       <c r="B23" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="C23" s="7" t="n">
+        <v>94</v>
+      </c>
+      <c r="C23" s="7">
         <v>14.3</v>
       </c>
-      <c r="E23" s="7" t="n">
+      <c r="E23" s="7">
         <v>14.3</v>
       </c>
-      <c r="G23" s="7" t="n">
+      <c r="G23" s="7">
+        <v>14.1</v>
+      </c>
+      <c r="I23" s="7">
         <v>13.9</v>
       </c>
-      <c r="I23" s="7" t="n">
-[...12 lines deleted...]
-    <row r="24">
+      <c r="K23" s="7">
+        <v>0</v>
+      </c>
+      <c r="M23" s="7">
+        <v>0.20000000000000101</v>
+      </c>
+      <c r="O23" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
-        <v>301</v>
+        <v>206</v>
       </c>
       <c r="B24" t="s">
         <v>63</v>
       </c>
-      <c r="C24" s="7" t="n">
+      <c r="C24" s="7">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="E24" s="7">
+        <v>10</v>
+      </c>
+      <c r="G24" s="7">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="I24" s="7">
         <v>10.1</v>
       </c>
-      <c r="E24" s="7" t="n">
-[...18 lines deleted...]
-    <row r="25">
+      <c r="K24" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="M24" s="7">
+        <v>0</v>
+      </c>
+      <c r="O24" s="7">
+        <v>0.29999999999999899</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
-        <v>306</v>
+        <v>211</v>
       </c>
       <c r="B25" t="s">
         <v>81</v>
       </c>
-      <c r="C25" s="7" t="n">
+      <c r="C25" s="7">
+        <v>3.6</v>
+      </c>
+      <c r="E25" s="7">
         <v>3.7</v>
       </c>
-      <c r="E25" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G25" s="7" t="n">
+      <c r="G25" s="7">
         <v>3.5</v>
       </c>
-      <c r="I25" s="7" t="n">
-[...8 lines deleted...]
-      <c r="O25" s="7" t="n">
+      <c r="I25" s="7">
+        <v>3.5</v>
+      </c>
+      <c r="K25" s="7">
+        <v>-0.1</v>
+      </c>
+      <c r="M25" s="7">
         <v>0.1</v>
       </c>
-    </row>
-    <row r="26">
+      <c r="O25" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
-        <v>310</v>
+        <v>215</v>
       </c>
       <c r="B26" t="s">
+        <v>90</v>
+      </c>
+      <c r="C26" s="7">
+        <v>35.1</v>
+      </c>
+      <c r="E26" s="7">
+        <v>35</v>
+      </c>
+      <c r="G26" s="7">
+        <v>34.700000000000003</v>
+      </c>
+      <c r="I26" s="7">
+        <v>34.299999999999997</v>
+      </c>
+      <c r="K26" s="7">
+        <v>0.100000000000001</v>
+      </c>
+      <c r="M26" s="7">
+        <v>0.39999999999999902</v>
+      </c>
+      <c r="O26" s="7">
+        <v>-0.40000000000000602</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A27" t="s">
+        <v>216</v>
+      </c>
+      <c r="B27" t="s">
         <v>91</v>
       </c>
-      <c r="C26" s="7" t="n">
-[...25 lines deleted...]
-      <c r="B27" t="s">
+      <c r="C27" s="7">
+        <v>21.4</v>
+      </c>
+      <c r="E27" s="7">
+        <v>21.4</v>
+      </c>
+      <c r="G27" s="7">
+        <v>21.2</v>
+      </c>
+      <c r="I27" s="7">
+        <v>21.1</v>
+      </c>
+      <c r="K27" s="7">
+        <v>0</v>
+      </c>
+      <c r="M27" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+      <c r="O27" s="7">
+        <v>-9.9999999999997896E-2</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A28" t="s">
+        <v>217</v>
+      </c>
+      <c r="B28" t="s">
         <v>92</v>
       </c>
-      <c r="C27" s="7" t="n">
-[...28 lines deleted...]
-      <c r="C28" s="7" t="n">
+      <c r="C28" s="7">
+        <v>1.9</v>
+      </c>
+      <c r="E28" s="7">
+        <v>1.8</v>
+      </c>
+      <c r="G28" s="7">
+        <v>1.9</v>
+      </c>
+      <c r="I28" s="7">
         <v>1.7</v>
       </c>
-      <c r="E28" s="7" t="n">
-[...18 lines deleted...]
-    <row r="29">
+      <c r="K28" s="7">
+        <v>9.9999999999999895E-2</v>
+      </c>
+      <c r="M28" s="7">
+        <v>0</v>
+      </c>
+      <c r="O28" s="7">
+        <v>-0.2</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
-        <v>315</v>
+        <v>220</v>
       </c>
       <c r="B29" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="C29" s="7" t="n">
+        <v>94</v>
+      </c>
+      <c r="C29" s="7">
         <v>11.8</v>
       </c>
-      <c r="E29" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G29" s="7" t="n">
+      <c r="E29" s="7">
+        <v>11.8</v>
+      </c>
+      <c r="G29" s="7">
+        <v>11.6</v>
+      </c>
+      <c r="I29" s="7">
         <v>11.5</v>
       </c>
-      <c r="I29" s="7" t="n">
-[...12 lines deleted...]
-    <row r="33">
+      <c r="K29" s="7">
+        <v>0</v>
+      </c>
+      <c r="M29" s="7">
+        <v>0.20000000000000101</v>
+      </c>
+      <c r="O29" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="33" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="34" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A34" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="34">
-      <c r="A34" t="s">
+    <row r="35" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A35" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="35">
-      <c r="A35" t="s">
+    <row r="37" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A37" t="s">
         <v>100</v>
-      </c>
-[...3 lines deleted...]
-        <v>101</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
-  <dimension ref="A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
+  <dimension ref="A1:O39"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.0" baseColWidth="10"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="54.140625" hidden="0" customWidth="1"/>
+    <col min="1" max="1" width="54.140625" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="10.7109375" hidden="0" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15" max="15" width="10.7109375" hidden="0" customWidth="1"/>
+    <col min="3" max="3" width="10.7109375" customWidth="1"/>
+    <col min="4" max="4" width="2.5703125" customWidth="1"/>
+    <col min="5" max="5" width="10.7109375" customWidth="1"/>
+    <col min="6" max="6" width="2.5703125" customWidth="1"/>
+    <col min="7" max="7" width="10.7109375" customWidth="1"/>
+    <col min="8" max="8" width="2.5703125" customWidth="1"/>
+    <col min="9" max="9" width="10.7109375" customWidth="1"/>
+    <col min="10" max="10" width="2.5703125" customWidth="1"/>
+    <col min="11" max="11" width="10.7109375" customWidth="1"/>
+    <col min="12" max="12" width="2.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10.7109375" customWidth="1"/>
+    <col min="14" max="14" width="2.5703125" customWidth="1"/>
+    <col min="15" max="15" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="2">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
-        <v>324</v>
+        <v>229</v>
       </c>
       <c r="M2" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3">
+    <row r="3" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="M3" s="6" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.2">
       <c r="C5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="G5" s="6" t="s">
-        <v>318</v>
+        <v>223</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>319</v>
+        <v>224</v>
       </c>
       <c r="K5" s="6" t="s">
-        <v>320</v>
+        <v>225</v>
       </c>
       <c r="M5" s="6" t="s">
-        <v>322</v>
+        <v>227</v>
       </c>
       <c r="O5" s="6" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      <c r="C6" s="6" t="n">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="C6" s="6">
         <v>2025</v>
       </c>
-      <c r="E6" s="6" t="n">
+      <c r="E6" s="6">
         <v>2025</v>
       </c>
-      <c r="G6" s="6" t="n">
+      <c r="G6" s="6">
         <v>2024</v>
       </c>
-      <c r="I6" s="6" t="n">
+      <c r="I6" s="6">
         <v>2024</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="7">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>321</v>
+        <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="9">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
-        <v>232</v>
+        <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G9" s="7" t="n">
+      <c r="C9" s="7">
+        <v>130.4</v>
+      </c>
+      <c r="E9" s="7">
+        <v>130.30000000000001</v>
+      </c>
+      <c r="G9" s="7">
+        <v>130.1</v>
+      </c>
+      <c r="I9" s="7">
         <v>129.1</v>
       </c>
-      <c r="I9" s="7" t="n">
-[...12 lines deleted...]
-    <row r="10">
+      <c r="K9" s="7">
+        <v>9.9999999999994302E-2</v>
+      </c>
+      <c r="M9" s="7">
+        <v>0.30000000000001098</v>
+      </c>
+      <c r="O9" s="7">
+        <v>-1</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
-        <v>233</v>
+        <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
-      <c r="C10" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G10" s="7" t="n">
+      <c r="C10" s="7">
+        <v>110.7</v>
+      </c>
+      <c r="E10" s="7">
+        <v>111.2</v>
+      </c>
+      <c r="G10" s="7">
+        <v>110.6</v>
+      </c>
+      <c r="I10" s="7">
         <v>110.1</v>
       </c>
-      <c r="I10" s="7" t="n">
-[...12 lines deleted...]
-    <row r="11">
+      <c r="K10" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="M10" s="7">
+        <v>0.100000000000009</v>
+      </c>
+      <c r="O10" s="7">
+        <v>-0.5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
-        <v>234</v>
+        <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="7" t="n">
+      <c r="C11" s="7">
+        <v>21.2</v>
+      </c>
+      <c r="E11" s="7">
+        <v>21.4</v>
+      </c>
+      <c r="G11" s="7">
         <v>21.5</v>
       </c>
-      <c r="E11" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G11" s="7" t="n">
+      <c r="I11" s="7">
         <v>21.5</v>
       </c>
-      <c r="I11" s="7" t="n">
-[...12 lines deleted...]
-    <row r="12">
+      <c r="K11" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="M11" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="O11" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
-        <v>237</v>
+        <v>142</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="C12" s="7" t="n">
+        <v>103</v>
+      </c>
+      <c r="C12" s="7">
+        <v>11.4</v>
+      </c>
+      <c r="E12" s="7">
+        <v>11.6</v>
+      </c>
+      <c r="G12" s="7">
+        <v>11.6</v>
+      </c>
+      <c r="I12" s="7">
         <v>11.7</v>
       </c>
-      <c r="E12" s="7" t="n">
-[...18 lines deleted...]
-    <row r="13">
+      <c r="K12" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="M12" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="O12" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
-        <v>244</v>
+        <v>149</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
-      <c r="C13" s="7" t="n">
-[...21 lines deleted...]
-    <row r="14">
+      <c r="C13" s="7">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="E13" s="7">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="G13" s="7">
+        <v>9.9</v>
+      </c>
+      <c r="I13" s="7">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="K13" s="7">
+        <v>0</v>
+      </c>
+      <c r="M13" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="O13" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
-        <v>259</v>
+        <v>164</v>
       </c>
       <c r="B14" t="s">
         <v>34</v>
       </c>
-      <c r="C14" s="7" t="n">
-[...5 lines deleted...]
-      <c r="G14" s="7" t="n">
+      <c r="C14" s="7">
+        <v>109.2</v>
+      </c>
+      <c r="E14" s="7">
+        <v>108.9</v>
+      </c>
+      <c r="G14" s="7">
+        <v>108.6</v>
+      </c>
+      <c r="I14" s="7">
         <v>107.6</v>
       </c>
-      <c r="I14" s="7" t="n">
-[...12 lines deleted...]
-    <row r="15">
+      <c r="K14" s="7">
+        <v>0.29999999999999699</v>
+      </c>
+      <c r="M14" s="7">
+        <v>0.60000000000000897</v>
+      </c>
+      <c r="O14" s="7">
+        <v>-1</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
-        <v>260</v>
+        <v>165</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
-[...7 lines deleted...]
-      <c r="G15" s="7" t="n">
+        <v>105</v>
+      </c>
+      <c r="C15" s="7">
+        <v>89.5</v>
+      </c>
+      <c r="E15" s="7">
+        <v>89.8</v>
+      </c>
+      <c r="G15" s="7">
+        <v>89.1</v>
+      </c>
+      <c r="I15" s="7">
         <v>88.6</v>
       </c>
-      <c r="I15" s="7" t="n">
-[...8 lines deleted...]
-      <c r="O15" s="7" t="n">
+      <c r="K15" s="7">
+        <v>-0.29999999999999699</v>
+      </c>
+      <c r="M15" s="7">
+        <v>0.40000000000000602</v>
+      </c>
+      <c r="O15" s="7">
         <v>-0.5</v>
       </c>
     </row>
-    <row r="16">
+    <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
-        <v>261</v>
+        <v>166</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="C16" s="7" t="n">
+      <c r="C16" s="7">
+        <v>22.4</v>
+      </c>
+      <c r="E16" s="7">
+        <v>22.5</v>
+      </c>
+      <c r="G16" s="7">
+        <v>22.7</v>
+      </c>
+      <c r="I16" s="7">
         <v>22.6</v>
       </c>
-      <c r="E16" s="7" t="n">
-[...14 lines deleted...]
-      <c r="O16" s="7" t="n">
+      <c r="K16" s="7">
         <v>-0.100000000000001</v>
       </c>
-    </row>
-    <row r="17">
+      <c r="M16" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="O16" s="7">
+        <v>-9.9999999999997896E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
-        <v>262</v>
+        <v>167</v>
       </c>
       <c r="B17" t="s">
         <v>40</v>
       </c>
-      <c r="C17" s="7" t="n">
+      <c r="C17" s="7">
         <v>3.7</v>
       </c>
-      <c r="E17" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G17" s="7" t="n">
+      <c r="E17" s="7">
         <v>3.7</v>
       </c>
-      <c r="I17" s="7" t="n">
-[...12 lines deleted...]
-    <row r="18">
+      <c r="G17" s="7">
+        <v>3.7</v>
+      </c>
+      <c r="I17" s="7">
+        <v>3.7</v>
+      </c>
+      <c r="K17" s="7">
+        <v>0</v>
+      </c>
+      <c r="M17" s="7">
+        <v>0</v>
+      </c>
+      <c r="O17" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
-        <v>266</v>
+        <v>171</v>
       </c>
       <c r="B18" t="s">
         <v>58</v>
       </c>
-      <c r="C18" s="7" t="n">
+      <c r="C18" s="7">
+        <v>13.7</v>
+      </c>
+      <c r="E18" s="7">
         <v>13.8</v>
       </c>
-      <c r="E18" s="7" t="n">
+      <c r="G18" s="7">
         <v>13.9</v>
       </c>
-      <c r="G18" s="7" t="n">
+      <c r="I18" s="7">
         <v>14</v>
       </c>
-      <c r="I18" s="7" t="n">
-[...12 lines deleted...]
-    <row r="19">
+      <c r="K18" s="7">
+        <v>-0.100000000000001</v>
+      </c>
+      <c r="M18" s="7">
+        <v>-0.20000000000000101</v>
+      </c>
+      <c r="O18" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
-        <v>270</v>
+        <v>175</v>
       </c>
       <c r="B19" t="s">
         <v>63</v>
       </c>
-      <c r="C19" s="7" t="n">
-[...2 lines deleted...]
-      <c r="E19" s="7" t="n">
+      <c r="C19" s="7">
         <v>5</v>
       </c>
-      <c r="G19" s="7" t="n">
-[...15 lines deleted...]
-    <row r="20">
+      <c r="E19" s="7">
+        <v>5</v>
+      </c>
+      <c r="G19" s="7">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="I19" s="7">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="K19" s="7">
+        <v>0</v>
+      </c>
+      <c r="M19" s="7">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="O19" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
-        <v>277</v>
+        <v>182</v>
       </c>
       <c r="B20" t="s">
         <v>70</v>
       </c>
-      <c r="C20" s="7" t="n">
+      <c r="C20" s="7">
         <v>0.8</v>
       </c>
-      <c r="E20" s="7" t="n">
+      <c r="E20" s="7">
         <v>0.8</v>
       </c>
-      <c r="G20" s="7" t="n">
+      <c r="G20" s="7">
         <v>0.8</v>
       </c>
-      <c r="I20" s="7" t="n">
+      <c r="I20" s="7">
         <v>0.8</v>
       </c>
-      <c r="K20" s="7" t="n">
-[...9 lines deleted...]
-    <row r="21">
+      <c r="K20" s="7">
+        <v>0</v>
+      </c>
+      <c r="M20" s="7">
+        <v>0</v>
+      </c>
+      <c r="O20" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
-        <v>278</v>
+        <v>183</v>
       </c>
       <c r="B21" t="s">
         <v>74</v>
       </c>
-      <c r="C21" s="7" t="n">
+      <c r="C21" s="7">
         <v>4.3</v>
       </c>
-      <c r="E21" s="7" t="n">
+      <c r="E21" s="7">
         <v>4.3</v>
       </c>
-      <c r="G21" s="7" t="n">
-[...15 lines deleted...]
-    <row r="22">
+      <c r="G21" s="7">
+        <v>4.3</v>
+      </c>
+      <c r="I21" s="7">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="K21" s="7">
+        <v>0</v>
+      </c>
+      <c r="M21" s="7">
+        <v>0</v>
+      </c>
+      <c r="O21" s="7">
+        <v>-0.2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
-        <v>283</v>
+        <v>188</v>
       </c>
       <c r="B22" t="s">
         <v>81</v>
       </c>
-      <c r="C22" s="7" t="n">
+      <c r="C22" s="7">
         <v>24.1</v>
       </c>
-      <c r="E22" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G22" s="7" t="n">
+      <c r="E22" s="7">
+        <v>24.1</v>
+      </c>
+      <c r="G22" s="7">
+        <v>24.1</v>
+      </c>
+      <c r="I22" s="7">
         <v>23.9</v>
       </c>
-      <c r="I22" s="7" t="n">
-[...12 lines deleted...]
-    <row r="23">
+      <c r="K22" s="7">
+        <v>0</v>
+      </c>
+      <c r="M22" s="7">
+        <v>0</v>
+      </c>
+      <c r="O22" s="7">
+        <v>-0.20000000000000301</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
-        <v>290</v>
+        <v>195</v>
       </c>
       <c r="B23" t="s">
         <v>85</v>
       </c>
-      <c r="C23" s="7" t="n">
+      <c r="C23" s="7">
+        <v>12.7</v>
+      </c>
+      <c r="E23" s="7">
         <v>12.6</v>
       </c>
-      <c r="E23" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G23" s="7" t="n">
+      <c r="G23" s="7">
+        <v>12.6</v>
+      </c>
+      <c r="I23" s="7">
         <v>12.4</v>
       </c>
-      <c r="I23" s="7" t="n">
-[...12 lines deleted...]
-    <row r="24">
+      <c r="K23" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="M23" s="7">
+        <v>9.9999999999999603E-2</v>
+      </c>
+      <c r="O23" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
-        <v>294</v>
+        <v>199</v>
       </c>
       <c r="B24" t="s">
+        <v>90</v>
+      </c>
+      <c r="C24" s="7">
+        <v>21.7</v>
+      </c>
+      <c r="E24" s="7">
+        <v>21.6</v>
+      </c>
+      <c r="G24" s="7">
+        <v>21.1</v>
+      </c>
+      <c r="I24" s="7">
+        <v>20.7</v>
+      </c>
+      <c r="K24" s="7">
+        <v>9.9999999999997896E-2</v>
+      </c>
+      <c r="M24" s="7">
+        <v>0.59999999999999798</v>
+      </c>
+      <c r="O24" s="7">
+        <v>-0.40000000000000202</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A25" t="s">
+        <v>206</v>
+      </c>
+      <c r="B25" t="s">
         <v>91</v>
       </c>
-      <c r="C24" s="7" t="n">
-[...25 lines deleted...]
-      <c r="B25" t="s">
+      <c r="C25" s="7">
+        <v>12.5</v>
+      </c>
+      <c r="E25" s="7">
+        <v>12.8</v>
+      </c>
+      <c r="G25" s="7">
+        <v>12.5</v>
+      </c>
+      <c r="I25" s="7">
+        <v>12.9</v>
+      </c>
+      <c r="K25" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="M25" s="7">
+        <v>0</v>
+      </c>
+      <c r="O25" s="7">
+        <v>0.4</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A26" t="s">
+        <v>210</v>
+      </c>
+      <c r="B26" t="s">
         <v>92</v>
       </c>
-      <c r="C25" s="7" t="n">
-[...50 lines deleted...]
-    <row r="27">
+      <c r="C26" s="7">
+        <v>9.5</v>
+      </c>
+      <c r="E26" s="7">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="G26" s="7">
+        <v>9.5</v>
+      </c>
+      <c r="I26" s="7">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="K26" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="M26" s="7">
+        <v>0</v>
+      </c>
+      <c r="O26" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
-        <v>306</v>
+        <v>211</v>
       </c>
       <c r="B27" t="s">
-        <v>95</v>
-[...4 lines deleted...]
-      <c r="E27" s="7" t="n">
+        <v>94</v>
+      </c>
+      <c r="C27" s="7">
         <v>3.7</v>
       </c>
-      <c r="G27" s="7" t="n">
+      <c r="E27" s="7">
+        <v>3.7</v>
+      </c>
+      <c r="G27" s="7">
         <v>3.6</v>
       </c>
-      <c r="I27" s="7" t="n">
+      <c r="I27" s="7">
         <v>3.6</v>
       </c>
-      <c r="K27" s="7" t="n">
-[...9 lines deleted...]
-    <row r="28">
+      <c r="K27" s="7">
+        <v>0</v>
+      </c>
+      <c r="M27" s="7">
+        <v>0.1</v>
+      </c>
+      <c r="O27" s="7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
-        <v>310</v>
-[...7 lines deleted...]
-      <c r="G28" t="n">
+        <v>215</v>
+      </c>
+      <c r="C28">
+        <v>19.7</v>
+      </c>
+      <c r="E28">
+        <v>19.100000000000001</v>
+      </c>
+      <c r="G28">
+        <v>19.5</v>
+      </c>
+      <c r="I28">
         <v>19</v>
       </c>
-      <c r="I28" t="n">
-[...2 lines deleted...]
-      <c r="K28" t="n">
+      <c r="K28">
+        <v>0.59999999999999798</v>
+      </c>
+      <c r="M28">
+        <v>0.19999999999999901</v>
+      </c>
+      <c r="O28">
         <v>-0.5</v>
       </c>
-      <c r="M28" t="n">
-[...6 lines deleted...]
-    <row r="29">
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="C29" t="n">
+        <v>216</v>
+      </c>
+      <c r="C29">
         <v>1.3</v>
       </c>
-      <c r="E29" t="n">
+      <c r="E29">
         <v>1.3</v>
       </c>
-      <c r="G29" t="n">
+      <c r="G29">
         <v>1.2</v>
       </c>
-      <c r="I29" t="n">
+      <c r="I29">
         <v>1.2</v>
       </c>
-      <c r="K29" t="n">
-[...2 lines deleted...]
-      <c r="M29" t="n">
+      <c r="K29">
+        <v>0</v>
+      </c>
+      <c r="M29">
         <v>0.1</v>
       </c>
-      <c r="O29" t="n">
-[...3 lines deleted...]
-    <row r="30">
+      <c r="O29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
-        <v>312</v>
-[...7 lines deleted...]
-      <c r="G30" t="n">
+        <v>217</v>
+      </c>
+      <c r="C30">
+        <v>2.9</v>
+      </c>
+      <c r="E30">
+        <v>2.9</v>
+      </c>
+      <c r="G30">
         <v>3</v>
       </c>
-      <c r="I30" t="n">
-[...12 lines deleted...]
-    <row r="31">
+      <c r="I30">
+        <v>3</v>
+      </c>
+      <c r="K30">
+        <v>0</v>
+      </c>
+      <c r="M30">
+        <v>-0.1</v>
+      </c>
+      <c r="O30">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
-        <v>315</v>
-[...1 lines deleted...]
-      <c r="C31" t="n">
+        <v>220</v>
+      </c>
+      <c r="C31">
+        <v>15.5</v>
+      </c>
+      <c r="E31">
+        <v>14.9</v>
+      </c>
+      <c r="G31">
+        <v>15.3</v>
+      </c>
+      <c r="I31">
         <v>14.8</v>
       </c>
-      <c r="E31" t="n">
-[...18 lines deleted...]
-    <row r="35">
+      <c r="K31">
+        <v>0.6</v>
+      </c>
+      <c r="M31">
+        <v>0.19999999999999901</v>
+      </c>
+      <c r="O31">
+        <v>-0.5</v>
+      </c>
+    </row>
+    <row r="35" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="36" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A36" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="36">
-      <c r="A36" t="s">
+    <row r="37" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A37" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="37">
-      <c r="A37" t="s">
+    <row r="39" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A39" t="s">
         <v>100</v>
-      </c>
-[...3 lines deleted...]
-        <v>101</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>16</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="16" baseType="lpstr">
+      <vt:lpstr>Index</vt:lpstr>
+      <vt:lpstr>Washington State</vt:lpstr>
+      <vt:lpstr>Everett MD</vt:lpstr>
+      <vt:lpstr>Seattle-Bellevue MD</vt:lpstr>
+      <vt:lpstr>Tacoma-Lakewood MD</vt:lpstr>
+      <vt:lpstr>Spokane-Spokane Valley MSA</vt:lpstr>
+      <vt:lpstr>Bellingham MSA</vt:lpstr>
+      <vt:lpstr>Bremerton-Silverdale MSA</vt:lpstr>
+      <vt:lpstr>Kennewick-Richland MSA</vt:lpstr>
+      <vt:lpstr>Longview MSA</vt:lpstr>
+      <vt:lpstr>Mount Vernon-Anacortes MSA</vt:lpstr>
+      <vt:lpstr>Olympia-Tumwater MSA</vt:lpstr>
+      <vt:lpstr>Seattle-Tacoma-Bellevue MSA</vt:lpstr>
+      <vt:lpstr>Walla Walla MSA</vt:lpstr>
+      <vt:lpstr>Wenatchee MSA</vt:lpstr>
+      <vt:lpstr>Yakima MSA</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>King, Bethany (ESD)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>