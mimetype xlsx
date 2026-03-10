--- v1 (2025-12-24)
+++ v2 (2026-03-10)
@@ -19,53 +19,53 @@
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\CES Staff\ESmith\WIP\New data\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8FEFD324-470B-4D21-8EA4-6A02973CE3A9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C530127D-65A2-4D32-BC9B-D1286357C793}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="16890" yWindow="3450" windowWidth="19455" windowHeight="16830" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="9555" yWindow="2640" windowWidth="26475" windowHeight="17280" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Index" sheetId="16" r:id="rId1"/>
     <sheet name="Washington State" sheetId="1" r:id="rId2"/>
     <sheet name="Everett MD" sheetId="15" r:id="rId3"/>
     <sheet name="Seattle-Bellevue MD" sheetId="2" r:id="rId4"/>
     <sheet name="Tacoma-Lakewood MD" sheetId="3" r:id="rId5"/>
     <sheet name="Spokane-Spokane Valley MSA" sheetId="4" r:id="rId6"/>
     <sheet name="Bellingham MSA" sheetId="5" r:id="rId7"/>
     <sheet name="Bremerton-Silverdale MSA" sheetId="6" r:id="rId8"/>
     <sheet name="Kennewick-Richland MSA" sheetId="7" r:id="rId9"/>
     <sheet name="Longview MSA" sheetId="8" r:id="rId10"/>
     <sheet name="Mount Vernon-Anacortes MSA" sheetId="9" r:id="rId11"/>
     <sheet name="Olympia-Tumwater MSA" sheetId="10" r:id="rId12"/>
     <sheet name="Seattle-Tacoma-Bellevue MSA" sheetId="13" r:id="rId13"/>
     <sheet name="Walla Walla MSA" sheetId="14" r:id="rId14"/>
     <sheet name="Wenatchee MSA" sheetId="11" r:id="rId15"/>
     <sheet name="Yakima MSA" sheetId="12" r:id="rId16"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
@@ -730,169 +730,176 @@
   <si>
     <t xml:space="preserve">         Government</t>
   </si>
   <si>
     <t xml:space="preserve">            Federal</t>
   </si>
   <si>
     <t xml:space="preserve">            State government</t>
   </si>
   <si>
     <t xml:space="preserve">               State government education</t>
   </si>
   <si>
     <t xml:space="preserve">               State government, excluding education</t>
   </si>
   <si>
     <t xml:space="preserve">            Local government</t>
   </si>
   <si>
     <t xml:space="preserve">               Local government education</t>
   </si>
   <si>
     <t xml:space="preserve">               Local government, excluding education</t>
   </si>
   <si>
-    <t>Sep</t>
-[...14 lines deleted...]
-    <t>Aug 2024</t>
+    <t>Dec</t>
+  </si>
+  <si>
+    <t>Nov</t>
+  </si>
+  <si>
+    <t>Nov 2025</t>
+  </si>
+  <si>
+    <t>Dec 2025</t>
+  </si>
+  <si>
+    <t>Dec 2024</t>
+  </si>
+  <si>
+    <t>Nov 2024</t>
   </si>
   <si>
     <t>BENCHMARK: March 2024</t>
   </si>
   <si>
     <t xml:space="preserve">                  Navigational, measuring, electromedical, and control instruments manufacturing</t>
   </si>
   <si>
-    <t>Date: December 17, 2025</t>
+    <t>Date: January 27, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="General_)"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial Narrow"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1213,51 +1220,51 @@
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="52" customWidth="1"/>
     <col min="2" max="2" width="50.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A2" s="2" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A4" s="2" t="s">
+      <c r="A4" s="10" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A5" s="2" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.2">
       <c r="B6" s="1"/>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A7" s="2" t="s">
         <v>120</v>
       </c>
       <c r="B7" s="1"/>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A8" s="4" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A9" s="4" t="s">
         <v>134</v>
@@ -1354,51 +1361,53 @@
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A8" location="'Washington State'!A1" display="Washington state total" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="A9" location="'Seattle-Bellevue MD'!A1" display="Seattle MD (King and Snohomish counties)" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="A20" location="'Yakima MSA'!A1" display="Yakima" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="A12" location="'Spokane-Spokane Valley MSA'!A1" display="Spokane-Spokane Valley " xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="A13" location="'Bellingham MSA'!A1" display="Bellingham (Whatcom)" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="A14" location="'Bremerton-Silverdale MSA'!A1" display="Bremerton-Silverdale (Kitsap)" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="A19" location="'Wenatchee MSA'!A1" display="Wenatchee (Chelan-Douglas)" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="A16" location="'Longview MSA'!A1" display="Longview (Cowlitz)" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="A15" location="'Kennewick-Richland MSA'!A1" display="Kennewick-Pasco-Richland (Benton-Franklin)" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="A18" location="'Olympia-Tumwater MSA'!A1" display="Olympia-Tumwater (Thurston)" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
     <hyperlink ref="A17" location="'Mount Vernon-Anacortes MSA'!A1" display="Mt Vernon-Anacortes (Skagit)" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
     <hyperlink ref="A11" location="'Tacoma-Lakewood MD'!A1" display="Tacoma-Lakewood (Pierce)" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
     <hyperlink ref="A10" location="'Everett MD'!A1" display="Seattle MD (King)" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:O32"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="I21" sqref="I21"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="54.140625" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" customWidth="1"/>
     <col min="4" max="4" width="2.5703125" customWidth="1"/>
     <col min="5" max="5" width="10.7109375" customWidth="1"/>
     <col min="6" max="6" width="2.5703125" customWidth="1"/>
     <col min="7" max="7" width="10.7109375" customWidth="1"/>
     <col min="8" max="8" width="2.5703125" customWidth="1"/>
     <col min="9" max="9" width="10.7109375" customWidth="1"/>
     <col min="10" max="10" width="2.5703125" customWidth="1"/>
     <col min="11" max="11" width="10.7109375" customWidth="1"/>
     <col min="12" max="12" width="2.5703125" customWidth="1"/>
     <col min="13" max="13" width="10.7109375" customWidth="1"/>
     <col min="14" max="14" width="2.5703125" customWidth="1"/>
     <col min="15" max="15" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
         <v>108</v>
       </c>
     </row>
@@ -1482,531 +1491,533 @@
       </c>
       <c r="K7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="7">
         <v>42.5</v>
       </c>
       <c r="E9" s="7">
         <v>42.6</v>
       </c>
       <c r="G9" s="7">
-        <v>42.5</v>
+        <v>42.6</v>
       </c>
       <c r="I9" s="7">
-        <v>42.7</v>
+        <v>42.6</v>
       </c>
       <c r="K9" s="7">
         <v>-0.100000000000001</v>
       </c>
       <c r="M9" s="7">
-        <v>0</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="O9" s="7">
-        <v>0.20000000000000301</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="7">
-        <v>36</v>
+        <v>35.799999999999997</v>
       </c>
       <c r="E10" s="7">
-        <v>36.200000000000003</v>
+        <v>35.799999999999997</v>
       </c>
       <c r="G10" s="7">
         <v>36</v>
       </c>
       <c r="I10" s="7">
-        <v>36.4</v>
+        <v>35.9</v>
       </c>
       <c r="K10" s="7">
+        <v>0</v>
+      </c>
+      <c r="M10" s="7">
         <v>-0.20000000000000301</v>
       </c>
-      <c r="M10" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="O10" s="7">
-        <v>0.39999999999999902</v>
+        <v>-0.100000000000001</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="7">
-        <v>11.4</v>
+        <v>11.1</v>
       </c>
       <c r="E11" s="7">
-        <v>11.4</v>
+        <v>11.2</v>
       </c>
       <c r="G11" s="7">
-        <v>11.5</v>
+        <v>11.3</v>
       </c>
       <c r="I11" s="7">
-        <v>11.7</v>
+        <v>11.3</v>
       </c>
       <c r="K11" s="7">
-        <v>0</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="M11" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>-0.20000000000000101</v>
       </c>
       <c r="O11" s="7">
-        <v>0.19999999999999901</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>142</v>
       </c>
       <c r="B12" t="s">
         <v>103</v>
       </c>
       <c r="C12" s="7">
+        <v>3.8</v>
+      </c>
+      <c r="E12" s="7">
+        <v>3.9</v>
+      </c>
+      <c r="G12" s="7">
         <v>4</v>
       </c>
-      <c r="E12" s="7">
+      <c r="I12" s="7">
         <v>4</v>
       </c>
-      <c r="G12" s="7">
-[...4 lines deleted...]
-      </c>
       <c r="K12" s="7">
-        <v>0</v>
+        <v>-0.1</v>
       </c>
       <c r="M12" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>-0.2</v>
       </c>
       <c r="O12" s="7">
-        <v>0.2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>149</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="7">
-        <v>7.4</v>
+        <v>7.3</v>
       </c>
       <c r="E13" s="7">
-        <v>7.4</v>
+        <v>7.3</v>
       </c>
       <c r="G13" s="7">
-        <v>7.4</v>
+        <v>7.3</v>
       </c>
       <c r="I13" s="7">
-        <v>7.4</v>
+        <v>7.3</v>
       </c>
       <c r="K13" s="7">
         <v>0</v>
       </c>
       <c r="M13" s="7">
         <v>0</v>
       </c>
       <c r="O13" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>159</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="7">
-        <v>4.5</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="E14" s="7">
-        <v>4.5</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="G14" s="7">
         <v>4.4000000000000004</v>
       </c>
       <c r="I14" s="7">
         <v>4.4000000000000004</v>
       </c>
       <c r="K14" s="7">
         <v>0</v>
       </c>
       <c r="M14" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="O14" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>164</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="7">
-        <v>31.1</v>
+        <v>31.4</v>
       </c>
       <c r="E15" s="7">
-        <v>31.2</v>
+        <v>31.4</v>
       </c>
       <c r="G15" s="7">
-        <v>31</v>
+        <v>31.3</v>
       </c>
       <c r="I15" s="7">
-        <v>31</v>
+        <v>31.3</v>
       </c>
       <c r="K15" s="7">
-        <v>-9.9999999999997896E-2</v>
+        <v>0</v>
       </c>
       <c r="M15" s="7">
-        <v>0.100000000000001</v>
+        <v>9.9999999999997896E-2</v>
       </c>
       <c r="O15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>165</v>
       </c>
       <c r="B16" t="s">
         <v>105</v>
       </c>
       <c r="C16" s="7">
+        <v>24.7</v>
+      </c>
+      <c r="E16" s="7">
         <v>24.6</v>
       </c>
-      <c r="E16" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="G16" s="7">
-        <v>24.5</v>
+        <v>24.7</v>
       </c>
       <c r="I16" s="7">
-        <v>24.7</v>
+        <v>24.6</v>
       </c>
       <c r="K16" s="7">
-        <v>-0.19999999999999901</v>
+        <v>9.9999999999997896E-2</v>
       </c>
       <c r="M16" s="7">
-        <v>0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="O16" s="7">
-        <v>0.19999999999999901</v>
+        <v>-9.9999999999997896E-2</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>166</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="7">
         <v>7.7</v>
       </c>
       <c r="E17" s="7">
-        <v>7.7</v>
+        <v>7.6</v>
       </c>
       <c r="G17" s="7">
-        <v>7.9</v>
+        <v>7.8</v>
       </c>
       <c r="I17" s="7">
-        <v>8</v>
+        <v>7.8</v>
       </c>
       <c r="K17" s="7">
-        <v>0</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M17" s="7">
-        <v>-0.2</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="O17" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>171</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="7">
-        <v>5.0999999999999996</v>
+        <v>5.2</v>
       </c>
       <c r="E18" s="7">
         <v>5.0999999999999996</v>
       </c>
       <c r="G18" s="7">
-        <v>5.0999999999999996</v>
+        <v>5.2</v>
       </c>
       <c r="I18" s="7">
-        <v>5.0999999999999996</v>
+        <v>5.2</v>
       </c>
       <c r="K18" s="7">
-        <v>0</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M18" s="7">
         <v>0</v>
       </c>
       <c r="O18" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>199</v>
       </c>
       <c r="B19" t="s">
         <v>74</v>
       </c>
       <c r="C19" s="7">
+        <v>7.1</v>
+      </c>
+      <c r="E19" s="7">
+        <v>7.1</v>
+      </c>
+      <c r="G19" s="7">
         <v>7</v>
       </c>
-      <c r="E19" s="7">
+      <c r="I19" s="7">
         <v>7</v>
-      </c>
-[...4 lines deleted...]
-        <v>6.8</v>
       </c>
       <c r="K19" s="7">
         <v>0</v>
       </c>
       <c r="M19" s="7">
         <v>9.9999999999999603E-2</v>
       </c>
       <c r="O19" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>206</v>
       </c>
       <c r="B20" t="s">
         <v>81</v>
       </c>
       <c r="C20" s="7">
-        <v>3.6</v>
+        <v>3.5</v>
       </c>
       <c r="E20" s="7">
-        <v>3.7</v>
+        <v>3.5</v>
       </c>
       <c r="G20" s="7">
-        <v>3.7</v>
+        <v>3.5</v>
       </c>
       <c r="I20" s="7">
-        <v>3.8</v>
+        <v>3.5</v>
       </c>
       <c r="K20" s="7">
-        <v>-0.1</v>
+        <v>0</v>
       </c>
       <c r="M20" s="7">
-        <v>-0.1</v>
+        <v>0</v>
       </c>
       <c r="O20" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>215</v>
       </c>
       <c r="B21" t="s">
         <v>90</v>
       </c>
       <c r="C21" s="7">
-        <v>6.5</v>
+        <v>6.7</v>
       </c>
       <c r="E21" s="7">
-        <v>6.4</v>
+        <v>6.8</v>
       </c>
       <c r="G21" s="7">
-        <v>6.5</v>
+        <v>6.6</v>
       </c>
       <c r="I21" s="7">
-        <v>6.3</v>
+        <v>6.7</v>
       </c>
       <c r="K21" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="M21" s="7">
-        <v>0</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="O21" s="7">
-        <v>-0.2</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>216</v>
       </c>
       <c r="B22" t="s">
         <v>91</v>
       </c>
       <c r="C22" s="7">
         <v>0.2</v>
       </c>
       <c r="E22" s="7">
         <v>0.2</v>
       </c>
       <c r="G22" s="7">
         <v>0.2</v>
       </c>
       <c r="I22" s="7">
         <v>0.2</v>
       </c>
       <c r="K22" s="7">
         <v>0</v>
       </c>
       <c r="M22" s="7">
         <v>0</v>
       </c>
       <c r="O22" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>217</v>
       </c>
       <c r="B23" t="s">
         <v>92</v>
       </c>
       <c r="C23" s="7">
-        <v>1</v>
+        <v>0.9</v>
       </c>
       <c r="E23" s="7">
         <v>1</v>
       </c>
       <c r="G23" s="7">
         <v>1</v>
       </c>
       <c r="I23" s="7">
         <v>1</v>
       </c>
       <c r="K23" s="7">
-        <v>0</v>
+        <v>-0.1</v>
       </c>
       <c r="M23" s="7">
-        <v>0</v>
+        <v>-0.1</v>
       </c>
       <c r="O23" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>220</v>
       </c>
       <c r="B24" t="s">
         <v>94</v>
       </c>
       <c r="C24" s="7">
-        <v>5.3</v>
+        <v>5.6</v>
       </c>
       <c r="E24" s="7">
-        <v>5.2</v>
+        <v>5.6</v>
       </c>
       <c r="G24" s="7">
-        <v>5.3</v>
+        <v>5.4</v>
       </c>
       <c r="I24" s="7">
-        <v>5.0999999999999996</v>
+        <v>5.5</v>
       </c>
       <c r="K24" s="7">
+        <v>0</v>
+      </c>
+      <c r="M24" s="7">
+        <v>0.19999999999999901</v>
+      </c>
+      <c r="O24" s="7">
         <v>9.9999999999999603E-2</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.2</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:O30"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C13" sqref="C13"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="54.140625" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" customWidth="1"/>
     <col min="4" max="4" width="2.5703125" customWidth="1"/>
     <col min="5" max="5" width="10.7109375" customWidth="1"/>
     <col min="6" max="6" width="2.5703125" customWidth="1"/>
     <col min="7" max="7" width="10.7109375" customWidth="1"/>
     <col min="8" max="8" width="2.5703125" customWidth="1"/>
     <col min="9" max="9" width="10.7109375" customWidth="1"/>
     <col min="10" max="10" width="2.5703125" customWidth="1"/>
     <col min="11" max="11" width="10.7109375" customWidth="1"/>
     <col min="12" max="12" width="2.5703125" customWidth="1"/>
     <col min="13" max="13" width="10.7109375" customWidth="1"/>
     <col min="14" max="14" width="2.5703125" customWidth="1"/>
     <col min="15" max="15" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
         <v>109</v>
       </c>
     </row>
@@ -2084,479 +2095,481 @@
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="7">
-        <v>53.6</v>
+        <v>54.2</v>
       </c>
       <c r="E9" s="7">
-        <v>53.7</v>
+        <v>54.2</v>
       </c>
       <c r="G9" s="7">
-        <v>54.2</v>
+        <v>54.3</v>
       </c>
       <c r="I9" s="7">
-        <v>54.3</v>
+        <v>54</v>
       </c>
       <c r="K9" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="M9" s="7">
-        <v>-0.60000000000000098</v>
+        <v>-9.9999999999994302E-2</v>
       </c>
       <c r="O9" s="7">
-        <v>9.9999999999994302E-2</v>
+        <v>-0.29999999999999699</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="7">
         <v>41</v>
       </c>
       <c r="E10" s="7">
+        <v>41</v>
+      </c>
+      <c r="G10" s="7">
         <v>41.3</v>
       </c>
-      <c r="G10" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="I10" s="7">
-        <v>41.9</v>
+        <v>41</v>
       </c>
       <c r="K10" s="7">
+        <v>0</v>
+      </c>
+      <c r="M10" s="7">
         <v>-0.29999999999999699</v>
       </c>
-      <c r="M10" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="O10" s="7">
-        <v>0.19999999999999599</v>
+        <v>-0.29999999999999699</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="7">
+        <v>10.9</v>
+      </c>
+      <c r="E11" s="7">
+        <v>11</v>
+      </c>
+      <c r="G11" s="7">
+        <v>11.2</v>
+      </c>
+      <c r="I11" s="7">
         <v>11.1</v>
       </c>
-      <c r="E11" s="7">
-[...7 lines deleted...]
-      </c>
       <c r="K11" s="7">
-        <v>-0.20000000000000101</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="M11" s="7">
-        <v>-0.30000000000000099</v>
+        <v>-0.29999999999999899</v>
       </c>
       <c r="O11" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>142</v>
       </c>
       <c r="B12" t="s">
         <v>103</v>
       </c>
       <c r="C12" s="7">
-        <v>4.5</v>
+        <v>4.3</v>
       </c>
       <c r="E12" s="7">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="G12" s="7">
         <v>4.5999999999999996</v>
       </c>
-      <c r="G12" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="I12" s="7">
-        <v>4.8</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="K12" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="M12" s="7">
         <v>-0.3</v>
       </c>
       <c r="O12" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>149</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="7">
         <v>6.6</v>
       </c>
       <c r="E13" s="7">
-        <v>6.7</v>
+        <v>6.6</v>
       </c>
       <c r="G13" s="7">
         <v>6.6</v>
       </c>
       <c r="I13" s="7">
-        <v>6.7</v>
+        <v>6.5</v>
       </c>
       <c r="K13" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="M13" s="7">
         <v>0</v>
       </c>
       <c r="O13" s="7">
-        <v>0.100000000000001</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>164</v>
       </c>
       <c r="B14" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="7">
-        <v>42.5</v>
+        <v>43.3</v>
       </c>
       <c r="E14" s="7">
-        <v>42.4</v>
+        <v>43.2</v>
       </c>
       <c r="G14" s="7">
-        <v>42.8</v>
+        <v>43.1</v>
       </c>
       <c r="I14" s="7">
-        <v>42.8</v>
+        <v>42.9</v>
       </c>
       <c r="K14" s="7">
-        <v>0.100000000000001</v>
+        <v>9.9999999999994302E-2</v>
       </c>
       <c r="M14" s="7">
-        <v>-0.29999999999999699</v>
+        <v>0.19999999999999599</v>
       </c>
       <c r="O14" s="7">
-        <v>0</v>
+        <v>-0.20000000000000301</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>165</v>
       </c>
       <c r="B15" t="s">
         <v>105</v>
       </c>
       <c r="C15" s="7">
-        <v>29.9</v>
+        <v>30.1</v>
       </c>
       <c r="E15" s="7">
         <v>30</v>
       </c>
       <c r="G15" s="7">
-        <v>30.3</v>
+        <v>30.1</v>
       </c>
       <c r="I15" s="7">
-        <v>30.4</v>
+        <v>29.9</v>
       </c>
       <c r="K15" s="7">
-        <v>-0.100000000000001</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M15" s="7">
-        <v>-0.40000000000000202</v>
+        <v>0</v>
       </c>
       <c r="O15" s="7">
-        <v>9.9999999999997896E-2</v>
+        <v>-0.20000000000000301</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>166</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="7">
-        <v>9.9</v>
+        <v>10.199999999999999</v>
       </c>
       <c r="E16" s="7">
-        <v>9.9</v>
+        <v>10</v>
       </c>
       <c r="G16" s="7">
-        <v>10.4</v>
+        <v>10.199999999999999</v>
       </c>
       <c r="I16" s="7">
-        <v>10.199999999999999</v>
+        <v>10.3</v>
       </c>
       <c r="K16" s="7">
-        <v>0</v>
+        <v>0.19999999999999901</v>
       </c>
       <c r="M16" s="7">
-        <v>-0.5</v>
+        <v>0</v>
       </c>
       <c r="O16" s="7">
-        <v>-0.20000000000000101</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>171</v>
       </c>
       <c r="B17" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="7">
-        <v>6.8</v>
+        <v>7</v>
       </c>
       <c r="E17" s="7">
-        <v>6.8</v>
+        <v>6.9</v>
       </c>
       <c r="G17" s="7">
-        <v>6.9</v>
+        <v>7</v>
       </c>
       <c r="I17" s="7">
-        <v>6.9</v>
+        <v>7</v>
       </c>
       <c r="K17" s="7">
-        <v>0</v>
+        <v>9.9999999999999603E-2</v>
       </c>
       <c r="M17" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="O17" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>206</v>
       </c>
       <c r="B18" t="s">
         <v>81</v>
       </c>
       <c r="C18" s="7">
-        <v>5.4</v>
+        <v>5.0999999999999996</v>
       </c>
       <c r="E18" s="7">
-        <v>5.5</v>
+        <v>5.0999999999999996</v>
       </c>
       <c r="G18" s="7">
-        <v>5.4</v>
+        <v>5.2</v>
       </c>
       <c r="I18" s="7">
-        <v>5.6</v>
+        <v>5.0999999999999996</v>
       </c>
       <c r="K18" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="M18" s="7">
-        <v>0</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="O18" s="7">
-        <v>0.19999999999999901</v>
+        <v>-0.100000000000001</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>215</v>
       </c>
       <c r="B19" t="s">
         <v>90</v>
       </c>
       <c r="C19" s="7">
-        <v>12.6</v>
+        <v>13.2</v>
       </c>
       <c r="E19" s="7">
-        <v>12.4</v>
+        <v>13.2</v>
       </c>
       <c r="G19" s="7">
-        <v>12.5</v>
+        <v>13</v>
       </c>
       <c r="I19" s="7">
-        <v>12.4</v>
+        <v>13</v>
       </c>
       <c r="K19" s="7">
+        <v>0</v>
+      </c>
+      <c r="M19" s="7">
         <v>0.19999999999999901</v>
       </c>
-      <c r="M19" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="O19" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>216</v>
       </c>
       <c r="B20" t="s">
         <v>91</v>
       </c>
       <c r="C20" s="7">
         <v>0.4</v>
       </c>
       <c r="E20" s="7">
         <v>0.4</v>
       </c>
       <c r="G20" s="7">
         <v>0.4</v>
       </c>
       <c r="I20" s="7">
         <v>0.4</v>
       </c>
       <c r="K20" s="7">
         <v>0</v>
       </c>
       <c r="M20" s="7">
         <v>0</v>
       </c>
       <c r="O20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>217</v>
       </c>
       <c r="B21" t="s">
         <v>92</v>
       </c>
       <c r="C21" s="7">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="E21" s="7">
-        <v>1.2</v>
+        <v>1.3</v>
       </c>
       <c r="G21" s="7">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="I21" s="7">
         <v>1.3</v>
       </c>
       <c r="K21" s="7">
-        <v>0.2</v>
+        <v>0</v>
       </c>
       <c r="M21" s="7">
         <v>0</v>
       </c>
       <c r="O21" s="7">
-        <v>-9.9999999999999895E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>220</v>
       </c>
       <c r="B22" t="s">
         <v>94</v>
       </c>
       <c r="C22" s="7">
-        <v>10.8</v>
+        <v>11.5</v>
       </c>
       <c r="E22" s="7">
-        <v>10.8</v>
+        <v>11.5</v>
       </c>
       <c r="G22" s="7">
-        <v>10.7</v>
+        <v>11.3</v>
       </c>
       <c r="I22" s="7">
-        <v>10.7</v>
+        <v>11.3</v>
       </c>
       <c r="K22" s="7">
         <v>0</v>
       </c>
       <c r="M22" s="7">
-        <v>0.100000000000001</v>
+        <v>0.19999999999999901</v>
       </c>
       <c r="O22" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:O38"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C18" sqref="C18"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="54.140625" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" customWidth="1"/>
     <col min="4" max="4" width="2.5703125" customWidth="1"/>
     <col min="5" max="5" width="10.7109375" customWidth="1"/>
     <col min="6" max="6" width="2.5703125" customWidth="1"/>
     <col min="7" max="7" width="10.7109375" customWidth="1"/>
     <col min="8" max="8" width="2.5703125" customWidth="1"/>
     <col min="9" max="9" width="10.7109375" customWidth="1"/>
     <col min="10" max="10" width="2.5703125" customWidth="1"/>
     <col min="11" max="11" width="10.7109375" customWidth="1"/>
     <col min="12" max="12" width="2.5703125" customWidth="1"/>
     <col min="13" max="13" width="10.7109375" customWidth="1"/>
     <col min="14" max="14" width="2.5703125" customWidth="1"/>
     <col min="15" max="15" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
         <v>110</v>
       </c>
     </row>
@@ -2634,359 +2647,359 @@
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="7">
-        <v>132.5</v>
+        <v>133</v>
       </c>
       <c r="E9" s="7">
-        <v>132.69999999999999</v>
+        <v>133.4</v>
       </c>
       <c r="G9" s="7">
-        <v>133.4</v>
+        <v>135.1</v>
       </c>
       <c r="I9" s="7">
-        <v>132</v>
+        <v>134.4</v>
       </c>
       <c r="K9" s="7">
-        <v>-0.19999999999998899</v>
+        <v>-0.40000000000000602</v>
       </c>
       <c r="M9" s="7">
-        <v>-0.90000000000000602</v>
+        <v>-2.0999999999999899</v>
       </c>
       <c r="O9" s="7">
-        <v>-1.4000000000000099</v>
+        <v>-0.69999999999998896</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="7">
-        <v>88.9</v>
+        <v>89.1</v>
       </c>
       <c r="E10" s="7">
+        <v>89.5</v>
+      </c>
+      <c r="G10" s="7">
+        <v>89.7</v>
+      </c>
+      <c r="I10" s="7">
         <v>89.2</v>
       </c>
-      <c r="G10" s="7">
-[...4 lines deleted...]
-      </c>
       <c r="K10" s="7">
-        <v>-0.29999999999999699</v>
+        <v>-0.40000000000000602</v>
       </c>
       <c r="M10" s="7">
-        <v>-0.39999999999999097</v>
+        <v>-0.60000000000000897</v>
       </c>
       <c r="O10" s="7">
-        <v>-1.3999999999999899</v>
+        <v>-0.5</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="7">
         <v>10</v>
       </c>
       <c r="E11" s="7">
-        <v>10.1</v>
+        <v>9.9</v>
       </c>
       <c r="G11" s="7">
-        <v>10.199999999999999</v>
+        <v>10</v>
       </c>
       <c r="I11" s="7">
-        <v>10.3</v>
+        <v>10</v>
       </c>
       <c r="K11" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>9.9999999999999603E-2</v>
       </c>
       <c r="M11" s="7">
-        <v>-0.19999999999999901</v>
+        <v>0</v>
       </c>
       <c r="O11" s="7">
-        <v>0.100000000000001</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>142</v>
       </c>
       <c r="B12" t="s">
         <v>103</v>
       </c>
       <c r="C12" s="7">
         <v>6.7</v>
       </c>
       <c r="E12" s="7">
-        <v>6.8</v>
+        <v>6.6</v>
       </c>
       <c r="G12" s="7">
-        <v>6.9</v>
+        <v>6.7</v>
       </c>
       <c r="I12" s="7">
-        <v>7</v>
+        <v>6.7</v>
       </c>
       <c r="K12" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M12" s="7">
-        <v>-0.2</v>
+        <v>0</v>
       </c>
       <c r="O12" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>149</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="7">
         <v>3.3</v>
       </c>
       <c r="E13" s="7">
         <v>3.3</v>
       </c>
       <c r="G13" s="7">
         <v>3.3</v>
       </c>
       <c r="I13" s="7">
         <v>3.3</v>
       </c>
       <c r="K13" s="7">
         <v>0</v>
       </c>
       <c r="M13" s="7">
         <v>0</v>
       </c>
       <c r="O13" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>164</v>
       </c>
       <c r="B14" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="7">
-        <v>122.5</v>
+        <v>123</v>
       </c>
       <c r="E14" s="7">
-        <v>122.6</v>
+        <v>123.5</v>
       </c>
       <c r="G14" s="7">
-        <v>123.2</v>
+        <v>125.1</v>
       </c>
       <c r="I14" s="7">
-        <v>121.7</v>
+        <v>124.4</v>
       </c>
       <c r="K14" s="7">
-        <v>-9.9999999999994302E-2</v>
+        <v>-0.5</v>
       </c>
       <c r="M14" s="7">
-        <v>-0.70000000000000295</v>
+        <v>-2.0999999999999899</v>
       </c>
       <c r="O14" s="7">
-        <v>-1.5</v>
+        <v>-0.69999999999998896</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>165</v>
       </c>
       <c r="B15" t="s">
         <v>105</v>
       </c>
       <c r="C15" s="7">
-        <v>78.900000000000006</v>
+        <v>79.099999999999994</v>
       </c>
       <c r="E15" s="7">
-        <v>79.099999999999994</v>
+        <v>79.599999999999994</v>
       </c>
       <c r="G15" s="7">
-        <v>79.099999999999994</v>
+        <v>79.7</v>
       </c>
       <c r="I15" s="7">
-        <v>77.599999999999994</v>
+        <v>79.2</v>
       </c>
       <c r="K15" s="7">
-        <v>-0.19999999999998899</v>
+        <v>-0.5</v>
       </c>
       <c r="M15" s="7">
-        <v>-0.19999999999998899</v>
+        <v>-0.60000000000000897</v>
       </c>
       <c r="O15" s="7">
-        <v>-1.5</v>
+        <v>-0.5</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>166</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="7">
-        <v>20.9</v>
+        <v>21.3</v>
       </c>
       <c r="E16" s="7">
-        <v>21</v>
+        <v>21.3</v>
       </c>
       <c r="G16" s="7">
-        <v>21.1</v>
+        <v>21.6</v>
       </c>
       <c r="I16" s="7">
-        <v>20.6</v>
+        <v>21.5</v>
       </c>
       <c r="K16" s="7">
+        <v>0</v>
+      </c>
+      <c r="M16" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="O16" s="7">
         <v>-0.100000000000001</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.5</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>167</v>
       </c>
       <c r="B17" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="7">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="E17" s="7">
         <v>4.3</v>
       </c>
-      <c r="E17" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="G17" s="7">
-        <v>4.3</v>
+        <v>4.2</v>
       </c>
       <c r="I17" s="7">
-        <v>4.3</v>
+        <v>4.2</v>
       </c>
       <c r="K17" s="7">
-        <v>-0.100000000000001</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M17" s="7">
-        <v>0</v>
+        <v>0.2</v>
       </c>
       <c r="O17" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>171</v>
       </c>
       <c r="B18" t="s">
         <v>63</v>
       </c>
       <c r="C18" s="7">
-        <v>12.6</v>
+        <v>12.9</v>
       </c>
       <c r="E18" s="7">
-        <v>12.6</v>
+        <v>12.9</v>
       </c>
       <c r="G18" s="7">
-        <v>12.8</v>
+        <v>13.2</v>
       </c>
       <c r="I18" s="7">
-        <v>12.5</v>
+        <v>13.2</v>
       </c>
       <c r="K18" s="7">
         <v>0</v>
       </c>
       <c r="M18" s="7">
-        <v>-0.20000000000000101</v>
+        <v>-0.29999999999999899</v>
       </c>
       <c r="O18" s="7">
-        <v>-0.30000000000000099</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>175</v>
       </c>
       <c r="B19" t="s">
         <v>81</v>
       </c>
       <c r="C19" s="7">
         <v>4</v>
       </c>
       <c r="E19" s="7">
-        <v>4</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="G19" s="7">
-        <v>4</v>
+        <v>4.2</v>
       </c>
       <c r="I19" s="7">
-        <v>3.8</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="K19" s="7">
-        <v>0</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="M19" s="7">
-        <v>0</v>
+        <v>-0.2</v>
       </c>
       <c r="O19" s="7">
-        <v>-0.2</v>
+        <v>-0.100000000000001</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>182</v>
       </c>
       <c r="B20" t="s">
         <v>90</v>
       </c>
       <c r="C20" s="7">
         <v>1.7</v>
       </c>
       <c r="E20" s="7">
         <v>1.7</v>
       </c>
       <c r="G20" s="7">
         <v>1.7</v>
       </c>
       <c r="I20" s="7">
         <v>1.7</v>
       </c>
       <c r="K20" s="7">
         <v>0</v>
       </c>
       <c r="M20" s="7">
@@ -3011,312 +3024,312 @@
       </c>
       <c r="G21" s="7">
         <v>4.3</v>
       </c>
       <c r="I21" s="7">
         <v>4.3</v>
       </c>
       <c r="K21" s="7">
         <v>0</v>
       </c>
       <c r="M21" s="7">
         <v>0</v>
       </c>
       <c r="O21" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>188</v>
       </c>
       <c r="B22" t="s">
         <v>92</v>
       </c>
       <c r="C22" s="7">
+        <v>14.7</v>
+      </c>
+      <c r="E22" s="7">
         <v>15</v>
       </c>
-      <c r="E22" s="7">
+      <c r="G22" s="7">
+        <v>15</v>
+      </c>
+      <c r="I22" s="7">
         <v>14.9</v>
       </c>
-      <c r="G22" s="7">
-[...4 lines deleted...]
-      </c>
       <c r="K22" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>-0.30000000000000099</v>
       </c>
       <c r="M22" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>-0.30000000000000099</v>
       </c>
       <c r="O22" s="7">
         <v>-9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>199</v>
       </c>
       <c r="B23" t="s">
         <v>93</v>
       </c>
       <c r="C23" s="7">
-        <v>20.399999999999999</v>
+        <v>20.8</v>
       </c>
       <c r="E23" s="7">
-        <v>20.2</v>
+        <v>20.9</v>
       </c>
       <c r="G23" s="7">
-        <v>20.399999999999999</v>
+        <v>20.8</v>
       </c>
       <c r="I23" s="7">
-        <v>19.399999999999999</v>
+        <v>20.7</v>
       </c>
       <c r="K23" s="7">
-        <v>0.19999999999999901</v>
+        <v>-9.9999999999997896E-2</v>
       </c>
       <c r="M23" s="7">
         <v>0</v>
       </c>
       <c r="O23" s="7">
-        <v>-1</v>
+        <v>-0.100000000000001</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>206</v>
       </c>
       <c r="B24" t="s">
         <v>94</v>
       </c>
       <c r="C24" s="7">
-        <v>11.5</v>
+        <v>11.2</v>
       </c>
       <c r="E24" s="7">
-        <v>11.8</v>
+        <v>11.3</v>
       </c>
       <c r="G24" s="7">
-        <v>11.5</v>
+        <v>11.4</v>
       </c>
       <c r="I24" s="7">
-        <v>11.7</v>
+        <v>11.2</v>
       </c>
       <c r="K24" s="7">
-        <v>-0.30000000000000099</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="M24" s="7">
-        <v>0</v>
+        <v>-0.20000000000000101</v>
       </c>
       <c r="O24" s="7">
-        <v>0.19999999999999901</v>
+        <v>-0.20000000000000101</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>211</v>
       </c>
       <c r="B25" t="s">
         <v>96</v>
       </c>
       <c r="C25" s="7">
         <v>5.0999999999999996</v>
       </c>
       <c r="E25" s="7">
-        <v>5.2</v>
+        <v>5.0999999999999996</v>
       </c>
       <c r="G25" s="7">
-        <v>5</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="I25" s="7">
         <v>4.9000000000000004</v>
       </c>
       <c r="K25" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="M25" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>0.19999999999999901</v>
       </c>
       <c r="O25" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>215</v>
       </c>
       <c r="C26">
-        <v>43.6</v>
+        <v>43.9</v>
       </c>
       <c r="E26">
-        <v>43.5</v>
+        <v>43.9</v>
       </c>
       <c r="G26">
-        <v>44.1</v>
+        <v>45.4</v>
       </c>
       <c r="I26">
-        <v>44.1</v>
+        <v>45.2</v>
       </c>
       <c r="K26">
-        <v>0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="M26">
-        <v>-0.5</v>
+        <v>-1.5</v>
       </c>
       <c r="O26">
-        <v>0</v>
+        <v>-0.19999999999999599</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>216</v>
       </c>
       <c r="C27">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="E27">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="G27">
         <v>0.9</v>
       </c>
       <c r="I27">
         <v>0.9</v>
       </c>
       <c r="K27">
         <v>0</v>
       </c>
       <c r="M27">
-        <v>0</v>
+        <v>-0.1</v>
       </c>
       <c r="O27">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>217</v>
       </c>
       <c r="C28">
         <v>30.2</v>
       </c>
       <c r="E28">
-        <v>29.8</v>
+        <v>30.1</v>
       </c>
       <c r="G28">
-        <v>30.5</v>
+        <v>31.1</v>
       </c>
       <c r="I28">
-        <v>30.3</v>
+        <v>30.8</v>
       </c>
       <c r="K28">
-        <v>0.39999999999999902</v>
+        <v>9.9999999999997896E-2</v>
       </c>
       <c r="M28">
+        <v>-0.90000000000000202</v>
+      </c>
+      <c r="O28">
         <v>-0.30000000000000099</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.19999999999999901</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>218</v>
       </c>
       <c r="C29">
         <v>2.4</v>
       </c>
       <c r="E29">
-        <v>2</v>
+        <v>2.5</v>
       </c>
       <c r="G29">
-        <v>2.4</v>
+        <v>2.6</v>
       </c>
       <c r="I29">
-        <v>2.1</v>
+        <v>2.6</v>
       </c>
       <c r="K29">
-        <v>0.4</v>
+        <v>-0.1</v>
       </c>
       <c r="M29">
-        <v>0</v>
+        <v>-0.2</v>
       </c>
       <c r="O29">
-        <v>-0.3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>220</v>
       </c>
       <c r="C30">
-        <v>12.5</v>
+        <v>12.9</v>
       </c>
       <c r="E30">
-        <v>12.8</v>
+        <v>13</v>
       </c>
       <c r="G30">
-        <v>12.7</v>
+        <v>13.4</v>
       </c>
       <c r="I30">
-        <v>12.9</v>
+        <v>13.5</v>
       </c>
       <c r="K30">
-        <v>-0.30000000000000099</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="M30">
-        <v>-0.19999999999999901</v>
+        <v>-0.5</v>
       </c>
       <c r="O30">
-        <v>0.20000000000000101</v>
+        <v>9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>221</v>
       </c>
       <c r="C31">
-        <v>6.7</v>
+        <v>7.2</v>
       </c>
       <c r="E31">
-        <v>6.6</v>
+        <v>7.3</v>
       </c>
       <c r="G31">
-        <v>6.4</v>
+        <v>7.1</v>
       </c>
       <c r="I31">
-        <v>6.4</v>
+        <v>7.2</v>
       </c>
       <c r="K31">
+        <v>-9.9999999999999603E-2</v>
+      </c>
+      <c r="M31">
         <v>0.100000000000001</v>
       </c>
-      <c r="M31">
-[...1 lines deleted...]
-      </c>
       <c r="O31">
-        <v>0</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="34" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="35" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="36" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="38" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
@@ -3424,856 +3437,858 @@
       </c>
       <c r="E7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>137</v>
       </c>
       <c r="C9" s="7">
-        <v>2156.8000000000002</v>
+        <v>2163.5</v>
       </c>
       <c r="E9" s="7">
-        <v>2160.9</v>
+        <v>2160.8000000000002</v>
       </c>
       <c r="G9" s="7">
-        <v>2154.3000000000002</v>
+        <v>2166.8000000000002</v>
       </c>
       <c r="I9" s="7">
-        <v>2146.6</v>
+        <v>2156.6</v>
       </c>
       <c r="K9" s="7">
-        <v>-4.0999999999999099</v>
+        <v>2.6999999999998199</v>
       </c>
       <c r="M9" s="7">
-        <v>2.5</v>
+        <v>-3.3000000000001801</v>
       </c>
       <c r="O9" s="7">
-        <v>-7.7000000000002702</v>
+        <v>-10.200000000000299</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>138</v>
       </c>
       <c r="C10" s="7">
-        <v>1872.5</v>
+        <v>1875.1</v>
       </c>
       <c r="E10" s="7">
-        <v>1882.2</v>
+        <v>1869.2</v>
       </c>
       <c r="G10" s="7">
-        <v>1869.5</v>
+        <v>1870.8</v>
       </c>
       <c r="I10" s="7">
-        <v>1867.3</v>
+        <v>1859.4</v>
       </c>
       <c r="K10" s="7">
-        <v>-9.7000000000000508</v>
+        <v>5.89999999999986</v>
       </c>
       <c r="M10" s="7">
-        <v>3</v>
+        <v>4.2999999999999501</v>
       </c>
       <c r="O10" s="7">
-        <v>-2.2000000000000499</v>
+        <v>-11.399999999999901</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>139</v>
       </c>
       <c r="C11" s="7">
-        <v>285.89999999999998</v>
+        <v>280.8</v>
       </c>
       <c r="E11" s="7">
-        <v>287.2</v>
+        <v>280.8</v>
       </c>
       <c r="G11" s="7">
-        <v>297.8</v>
+        <v>289</v>
       </c>
       <c r="I11" s="7">
-        <v>298.2</v>
+        <v>290.5</v>
       </c>
       <c r="K11" s="7">
-        <v>-1.30000000000001</v>
+        <v>0</v>
       </c>
       <c r="M11" s="7">
-        <v>-11.9</v>
+        <v>-8.1999999999999904</v>
       </c>
       <c r="O11" s="7">
-        <v>0.39999999999997699</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>142</v>
       </c>
       <c r="C12" s="7">
-        <v>122.9</v>
+        <v>118</v>
       </c>
       <c r="E12" s="7">
-        <v>124.1</v>
+        <v>118.1</v>
       </c>
       <c r="G12" s="7">
-        <v>127.9</v>
+        <v>122.8</v>
       </c>
       <c r="I12" s="7">
-        <v>129</v>
+        <v>123.1</v>
       </c>
       <c r="K12" s="7">
-        <v>-1.19999999999999</v>
+        <v>-9.9999999999994302E-2</v>
       </c>
       <c r="M12" s="7">
-        <v>-5</v>
+        <v>-4.8</v>
       </c>
       <c r="O12" s="7">
-        <v>1.0999999999999901</v>
+        <v>0.29999999999999699</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>148</v>
       </c>
       <c r="C13" s="7">
-        <v>79.3</v>
+        <v>76.5</v>
       </c>
       <c r="E13" s="7">
-        <v>80</v>
+        <v>76.400000000000006</v>
       </c>
       <c r="G13" s="7">
-        <v>83.2</v>
+        <v>80.099999999999994</v>
       </c>
       <c r="I13" s="7">
-        <v>83.8</v>
+        <v>80.400000000000006</v>
       </c>
       <c r="K13" s="7">
-        <v>-0.70000000000000295</v>
+        <v>9.9999999999994302E-2</v>
       </c>
       <c r="M13" s="7">
-        <v>-3.9000000000000101</v>
+        <v>-3.5999999999999899</v>
       </c>
       <c r="O13" s="7">
-        <v>0.59999999999999398</v>
+        <v>0.30000000000001098</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>149</v>
       </c>
       <c r="C14" s="7">
-        <v>163</v>
+        <v>162.80000000000001</v>
       </c>
       <c r="E14" s="7">
-        <v>163.1</v>
+        <v>162.69999999999999</v>
       </c>
       <c r="G14" s="7">
-        <v>169.9</v>
+        <v>166.2</v>
       </c>
       <c r="I14" s="7">
-        <v>169.2</v>
+        <v>167.4</v>
       </c>
       <c r="K14" s="7">
-        <v>-9.9999999999994302E-2</v>
+        <v>0.100000000000023</v>
       </c>
       <c r="M14" s="7">
-        <v>-6.9000000000000101</v>
+        <v>-3.3999999999999799</v>
       </c>
       <c r="O14" s="7">
-        <v>-0.70000000000001705</v>
+        <v>1.2000000000000199</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>164</v>
       </c>
       <c r="C15" s="7">
-        <v>1870.9</v>
+        <v>1882.7</v>
       </c>
       <c r="E15" s="7">
-        <v>1873.7</v>
+        <v>1880</v>
       </c>
       <c r="G15" s="7">
-        <v>1856.5</v>
+        <v>1877.8</v>
       </c>
       <c r="I15" s="7">
-        <v>1848.4</v>
+        <v>1866.1</v>
       </c>
       <c r="K15" s="7">
-        <v>-2.7999999999999501</v>
+        <v>2.7000000000000499</v>
       </c>
       <c r="M15" s="7">
-        <v>14.4000000000001</v>
+        <v>4.9000000000000901</v>
       </c>
       <c r="O15" s="7">
-        <v>-8.0999999999999108</v>
+        <v>-11.7</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>165</v>
       </c>
       <c r="C16" s="7">
-        <v>1586.6</v>
+        <v>1594.3</v>
       </c>
       <c r="E16" s="7">
-        <v>1595</v>
+        <v>1588.4</v>
       </c>
       <c r="G16" s="7">
-        <v>1571.7</v>
+        <v>1581.8</v>
       </c>
       <c r="I16" s="7">
-        <v>1569.1</v>
+        <v>1568.9</v>
       </c>
       <c r="K16" s="7">
-        <v>-8.4000000000000892</v>
+        <v>5.89999999999986</v>
       </c>
       <c r="M16" s="7">
-        <v>14.899999999999901</v>
+        <v>12.5</v>
       </c>
       <c r="O16" s="7">
-        <v>-2.60000000000014</v>
+        <v>-12.899999999999901</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>166</v>
       </c>
       <c r="C17" s="7">
-        <v>356</v>
+        <v>364.9</v>
       </c>
       <c r="E17" s="7">
-        <v>357.3</v>
+        <v>362</v>
       </c>
       <c r="G17" s="7">
-        <v>355.8</v>
+        <v>364.2</v>
       </c>
       <c r="I17" s="7">
-        <v>355.3</v>
+        <v>359.2</v>
       </c>
       <c r="K17" s="7">
-        <v>-1.30000000000001</v>
+        <v>2.8999999999999799</v>
       </c>
       <c r="M17" s="7">
-        <v>0.19999999999998899</v>
+        <v>0.69999999999998896</v>
       </c>
       <c r="O17" s="7">
-        <v>-0.5</v>
+        <v>-5</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>167</v>
       </c>
       <c r="C18" s="7">
-        <v>83.8</v>
+        <v>83.6</v>
       </c>
       <c r="E18" s="7">
-        <v>84.1</v>
+        <v>83.2</v>
       </c>
       <c r="G18" s="7">
-        <v>83.8</v>
+        <v>82.5</v>
       </c>
       <c r="I18" s="7">
-        <v>83.8</v>
+        <v>82.4</v>
       </c>
       <c r="K18" s="7">
-        <v>-0.29999999999999699</v>
+        <v>0.39999999999999097</v>
       </c>
       <c r="M18" s="7">
-        <v>0</v>
+        <v>1.0999999999999901</v>
       </c>
       <c r="O18" s="7">
-        <v>0</v>
+        <v>-9.9999999999994302E-2</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>171</v>
       </c>
       <c r="C19" s="7">
-        <v>176.7</v>
+        <v>183.1</v>
       </c>
       <c r="E19" s="7">
-        <v>177.4</v>
+        <v>180.8</v>
       </c>
       <c r="G19" s="7">
-        <v>176.8</v>
+        <v>182.5</v>
       </c>
       <c r="I19" s="7">
-        <v>176.8</v>
+        <v>179.9</v>
       </c>
       <c r="K19" s="7">
-        <v>-0.70000000000001705</v>
+        <v>2.2999999999999798</v>
       </c>
       <c r="M19" s="7">
-        <v>-0.100000000000023</v>
+        <v>0.59999999999999398</v>
       </c>
       <c r="O19" s="7">
-        <v>0</v>
+        <v>-2.5999999999999899</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>174</v>
       </c>
       <c r="C20" s="7">
-        <v>39.299999999999997</v>
+        <v>40</v>
       </c>
       <c r="E20" s="7">
-        <v>39.6</v>
+        <v>39.9</v>
       </c>
       <c r="G20" s="7">
-        <v>39.1</v>
+        <v>40</v>
       </c>
       <c r="I20" s="7">
-        <v>39</v>
+        <v>39.700000000000003</v>
       </c>
       <c r="K20" s="7">
-        <v>-0.30000000000000399</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M20" s="7">
-        <v>0.19999999999999599</v>
+        <v>0</v>
       </c>
       <c r="O20" s="7">
-        <v>-0.100000000000001</v>
+        <v>-0.29999999999999699</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>175</v>
       </c>
       <c r="C21" s="7">
-        <v>95.5</v>
+        <v>98.2</v>
       </c>
       <c r="E21" s="7">
-        <v>95.8</v>
+        <v>98</v>
       </c>
       <c r="G21" s="7">
-        <v>95.2</v>
+        <v>99.2</v>
       </c>
       <c r="I21" s="7">
-        <v>94.7</v>
+        <v>96.9</v>
       </c>
       <c r="K21" s="7">
-        <v>-0.29999999999999699</v>
+        <v>0.20000000000000301</v>
       </c>
       <c r="M21" s="7">
-        <v>0.29999999999999699</v>
+        <v>-1</v>
       </c>
       <c r="O21" s="7">
-        <v>-0.5</v>
+        <v>-2.2999999999999998</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>182</v>
       </c>
       <c r="C22" s="7">
-        <v>136.19999999999999</v>
+        <v>136.30000000000001</v>
       </c>
       <c r="E22" s="7">
-        <v>136.9</v>
+        <v>135.6</v>
       </c>
       <c r="G22" s="7">
-        <v>137</v>
+        <v>136.80000000000001</v>
       </c>
       <c r="I22" s="7">
-        <v>137.69999999999999</v>
+        <v>135.4</v>
       </c>
       <c r="K22" s="7">
-        <v>-0.70000000000001705</v>
+        <v>0.70000000000001705</v>
       </c>
       <c r="M22" s="7">
-        <v>-0.80000000000001104</v>
+        <v>-0.5</v>
       </c>
       <c r="O22" s="7">
-        <v>0.69999999999998896</v>
+        <v>-1.4000000000000099</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>183</v>
       </c>
       <c r="C23" s="7">
-        <v>101</v>
+        <v>101.2</v>
       </c>
       <c r="E23" s="7">
-        <v>101.9</v>
+        <v>100.8</v>
       </c>
       <c r="G23" s="7">
-        <v>101.7</v>
+        <v>102.3</v>
       </c>
       <c r="I23" s="7">
-        <v>101.9</v>
+        <v>102.4</v>
       </c>
       <c r="K23" s="7">
-        <v>-0.90000000000000602</v>
+        <v>0.40000000000000602</v>
       </c>
       <c r="M23" s="7">
-        <v>-0.70000000000000295</v>
+        <v>-1.0999999999999901</v>
       </c>
       <c r="O23" s="7">
-        <v>0.20000000000000301</v>
+        <v>0.100000000000009</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>188</v>
       </c>
       <c r="C24" s="7">
-        <v>390.1</v>
+        <v>388.7</v>
       </c>
       <c r="E24" s="7">
-        <v>390.5</v>
+        <v>389.8</v>
       </c>
       <c r="G24" s="7">
-        <v>388.5</v>
+        <v>388.8</v>
       </c>
       <c r="I24" s="7">
-        <v>388.9</v>
+        <v>387.4</v>
       </c>
       <c r="K24" s="7">
-        <v>-0.39999999999997699</v>
+        <v>-1.1000000000000201</v>
       </c>
       <c r="M24" s="7">
-        <v>1.6000000000000201</v>
+        <v>-0.100000000000023</v>
       </c>
       <c r="O24" s="7">
-        <v>0.39999999999997699</v>
+        <v>-1.4000000000000301</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>195</v>
       </c>
       <c r="C25" s="7">
-        <v>115.4</v>
+        <v>113.9</v>
       </c>
       <c r="E25" s="7">
         <v>114.9</v>
       </c>
       <c r="G25" s="7">
-        <v>114.3</v>
+        <v>114.2</v>
       </c>
       <c r="I25" s="7">
-        <v>112.8</v>
+        <v>114</v>
       </c>
       <c r="K25" s="7">
-        <v>0.5</v>
+        <v>-1</v>
       </c>
       <c r="M25" s="7">
-        <v>1.1000000000000101</v>
+        <v>-0.29999999999999699</v>
       </c>
       <c r="O25" s="7">
-        <v>-1.5</v>
+        <v>-0.20000000000000301</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>196</v>
       </c>
       <c r="C26" s="7">
-        <v>108.1</v>
+        <v>106.9</v>
       </c>
       <c r="E26" s="7">
-        <v>107.6</v>
+        <v>107.8</v>
       </c>
       <c r="G26" s="7">
         <v>107.2</v>
       </c>
       <c r="I26" s="7">
-        <v>105.8</v>
+        <v>107</v>
       </c>
       <c r="K26" s="7">
-        <v>0.5</v>
+        <v>-0.89999999999999103</v>
       </c>
       <c r="M26" s="7">
-        <v>0.89999999999999103</v>
+        <v>-0.29999999999999699</v>
       </c>
       <c r="O26" s="7">
-        <v>-1.4000000000000099</v>
+        <v>-0.20000000000000301</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>199</v>
       </c>
       <c r="C27" s="7">
-        <v>318.10000000000002</v>
+        <v>326.3</v>
       </c>
       <c r="E27" s="7">
-        <v>316.8</v>
+        <v>325.89999999999998</v>
       </c>
       <c r="G27" s="7">
-        <v>306.89999999999998</v>
+        <v>314.60000000000002</v>
       </c>
       <c r="I27" s="7">
-        <v>300.3</v>
+        <v>314.8</v>
       </c>
       <c r="K27" s="7">
-        <v>1.30000000000001</v>
+        <v>0.400000000000034</v>
       </c>
       <c r="M27" s="7">
-        <v>11.2</v>
+        <v>11.7</v>
       </c>
       <c r="O27" s="7">
-        <v>-6.5999999999999703</v>
+        <v>0.19999999999998899</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>202</v>
       </c>
       <c r="C28" s="7">
-        <v>101.9</v>
+        <v>105.2</v>
       </c>
       <c r="E28" s="7">
-        <v>102.5</v>
+        <v>104.5</v>
       </c>
       <c r="G28" s="7">
-        <v>98.2</v>
+        <v>99.9</v>
       </c>
       <c r="I28" s="7">
-        <v>97.6</v>
+        <v>99.6</v>
       </c>
       <c r="K28" s="7">
-        <v>-0.59999999999999398</v>
+        <v>0.70000000000000295</v>
       </c>
       <c r="M28" s="7">
-        <v>3.7</v>
+        <v>5.3</v>
       </c>
       <c r="O28" s="7">
-        <v>-0.60000000000000897</v>
+        <v>-0.30000000000001098</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>203</v>
       </c>
       <c r="C29" s="7">
-        <v>53.3</v>
+        <v>53.7</v>
       </c>
       <c r="E29" s="7">
-        <v>53.4</v>
+        <v>53.6</v>
       </c>
       <c r="G29" s="7">
-        <v>52.3</v>
+        <v>52.6</v>
       </c>
       <c r="I29" s="7">
-        <v>51.8</v>
+        <v>52.7</v>
       </c>
       <c r="K29" s="7">
-        <v>-0.100000000000001</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M29" s="7">
-        <v>1</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="O29" s="7">
-        <v>-0.5</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>206</v>
       </c>
       <c r="C30">
-        <v>211.4</v>
+        <v>204.2</v>
       </c>
       <c r="E30">
-        <v>214.5</v>
+        <v>201.7</v>
       </c>
       <c r="G30">
-        <v>208.9</v>
+        <v>203.4</v>
       </c>
       <c r="I30">
-        <v>211.5</v>
+        <v>198.9</v>
       </c>
       <c r="K30">
-        <v>-3.0999999999999899</v>
+        <v>2.5</v>
       </c>
       <c r="M30">
-        <v>2.5</v>
+        <v>0.79999999999998295</v>
       </c>
       <c r="O30">
-        <v>2.5999999999999899</v>
+        <v>-4.5</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>210</v>
       </c>
       <c r="C31" s="7">
-        <v>153</v>
+        <v>150.1</v>
       </c>
       <c r="E31" s="7">
-        <v>156.5</v>
+        <v>148.1</v>
       </c>
       <c r="G31" s="7">
-        <v>152.9</v>
+        <v>151.4</v>
       </c>
       <c r="I31" s="7">
-        <v>153.4</v>
+        <v>147.9</v>
       </c>
       <c r="K31" s="7">
+        <v>2</v>
+      </c>
+      <c r="M31" s="7">
+        <v>-1.30000000000001</v>
+      </c>
+      <c r="O31" s="7">
         <v>-3.5</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.5</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>211</v>
       </c>
       <c r="C32">
-        <v>73.8</v>
+        <v>72.7</v>
       </c>
       <c r="E32">
-        <v>77.099999999999994</v>
+        <v>72.599999999999994</v>
       </c>
       <c r="G32">
-        <v>72.900000000000006</v>
+        <v>71.7</v>
       </c>
       <c r="I32">
-        <v>73.5</v>
+        <v>70.8</v>
       </c>
       <c r="K32">
-        <v>-3.3</v>
+        <v>0.100000000000009</v>
       </c>
       <c r="M32">
-        <v>0.89999999999999103</v>
+        <v>1</v>
       </c>
       <c r="O32">
-        <v>0.59999999999999398</v>
+        <v>-0.90000000000000602</v>
       </c>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>215</v>
       </c>
       <c r="C33">
-        <v>284.3</v>
+        <v>288.39999999999998</v>
       </c>
       <c r="E33">
-        <v>278.7</v>
+        <v>291.60000000000002</v>
       </c>
       <c r="G33">
-        <v>284.8</v>
+        <v>296</v>
       </c>
       <c r="I33">
-        <v>279.3</v>
+        <v>297.2</v>
       </c>
       <c r="K33">
-        <v>5.6000000000000201</v>
+        <v>-3.2000000000000499</v>
       </c>
       <c r="M33">
-        <v>-0.5</v>
+        <v>-7.6000000000000201</v>
       </c>
       <c r="O33">
-        <v>-5.5</v>
+        <v>1.19999999999999</v>
       </c>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>216</v>
       </c>
       <c r="C34">
-        <v>32.299999999999997</v>
+        <v>30.7</v>
       </c>
       <c r="E34">
-        <v>32.299999999999997</v>
+        <v>30.8</v>
       </c>
       <c r="G34">
         <v>33</v>
       </c>
       <c r="I34">
-        <v>33.200000000000003</v>
+        <v>33.1</v>
       </c>
       <c r="K34">
-        <v>0</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="M34">
-        <v>-0.70000000000000295</v>
+        <v>-2.2999999999999998</v>
       </c>
       <c r="O34">
-        <v>0.20000000000000301</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>217</v>
       </c>
       <c r="C35">
-        <v>71.5</v>
+        <v>70.8</v>
       </c>
       <c r="E35">
-        <v>66.900000000000006</v>
+        <v>73.099999999999994</v>
       </c>
       <c r="G35">
-        <v>74.099999999999994</v>
+        <v>76.5</v>
       </c>
       <c r="I35">
-        <v>69.400000000000006</v>
+        <v>76.5</v>
       </c>
       <c r="K35">
-        <v>4.5999999999999899</v>
+        <v>-2.2999999999999998</v>
       </c>
       <c r="M35">
-        <v>-2.5999999999999899</v>
+        <v>-5.7</v>
       </c>
       <c r="O35">
-        <v>-4.6999999999999904</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>218</v>
       </c>
       <c r="C36">
-        <v>45.1</v>
+        <v>44.4</v>
       </c>
       <c r="E36">
-        <v>40.700000000000003</v>
+        <v>46.6</v>
       </c>
       <c r="G36">
-        <v>47.4</v>
+        <v>49.7</v>
       </c>
       <c r="I36">
-        <v>42.7</v>
+        <v>49.7</v>
       </c>
       <c r="K36">
-        <v>4.4000000000000004</v>
+        <v>-2.2000000000000002</v>
       </c>
       <c r="M36">
-        <v>-2.2999999999999998</v>
+        <v>-5.3</v>
       </c>
       <c r="O36">
-        <v>-4.7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>220</v>
       </c>
       <c r="C37">
-        <v>180.5</v>
+        <v>186.9</v>
       </c>
       <c r="E37">
-        <v>179.5</v>
+        <v>187.7</v>
       </c>
       <c r="G37">
-        <v>177.7</v>
+        <v>186.5</v>
       </c>
       <c r="I37">
-        <v>176.7</v>
+        <v>187.6</v>
       </c>
       <c r="K37">
-        <v>1</v>
+        <v>-0.79999999999998295</v>
       </c>
       <c r="M37">
-        <v>2.80000000000001</v>
+        <v>0.40000000000000602</v>
       </c>
       <c r="O37">
-        <v>-1</v>
+        <v>1.0999999999999901</v>
       </c>
     </row>
     <row r="38" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>221</v>
       </c>
       <c r="C38">
-        <v>79.3</v>
+        <v>87</v>
       </c>
       <c r="E38">
-        <v>76.8</v>
+        <v>87.4</v>
       </c>
       <c r="G38">
-        <v>78.5</v>
+        <v>85.8</v>
       </c>
       <c r="I38">
-        <v>75.599999999999994</v>
+        <v>86.1</v>
       </c>
       <c r="K38">
-        <v>2.5</v>
+        <v>-0.40000000000000602</v>
       </c>
       <c r="M38">
-        <v>0.79999999999999705</v>
+        <v>1.2</v>
       </c>
       <c r="O38">
-        <v>-2.9000000000000101</v>
+        <v>0.29999999999999699</v>
       </c>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="41" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1:O42"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G25" sqref="G25"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="54.140625" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" customWidth="1"/>
     <col min="4" max="4" width="2.5703125" customWidth="1"/>
     <col min="5" max="5" width="10.7109375" customWidth="1"/>
     <col min="6" max="6" width="2.5703125" customWidth="1"/>
     <col min="7" max="7" width="10.7109375" customWidth="1"/>
     <col min="8" max="8" width="2.5703125" customWidth="1"/>
     <col min="9" max="9" width="10.7109375" customWidth="1"/>
     <col min="10" max="10" width="2.5703125" customWidth="1"/>
     <col min="11" max="11" width="10.7109375" customWidth="1"/>
     <col min="12" max="12" width="2.5703125" customWidth="1"/>
     <col min="13" max="13" width="10.7109375" customWidth="1"/>
     <col min="14" max="14" width="2.5703125" customWidth="1"/>
     <col min="15" max="15" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
         <v>117</v>
       </c>
     </row>
@@ -4348,372 +4363,372 @@
       </c>
       <c r="E7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>137</v>
       </c>
       <c r="C9" s="7">
-        <v>28</v>
+        <v>28.3</v>
       </c>
       <c r="E9" s="7">
-        <v>27.8</v>
+        <v>28.4</v>
       </c>
       <c r="G9" s="7">
-        <v>28</v>
+        <v>28.5</v>
       </c>
       <c r="I9" s="7">
-        <v>27.4</v>
+        <v>28.5</v>
       </c>
       <c r="K9" s="7">
-        <v>0.19999999999999901</v>
+        <v>-9.9999999999997896E-2</v>
       </c>
       <c r="M9" s="7">
-        <v>0</v>
+        <v>-0.19999999999999901</v>
       </c>
       <c r="O9" s="7">
-        <v>-0.60000000000000098</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>138</v>
       </c>
       <c r="C10" s="7">
-        <v>21.9</v>
+        <v>22.2</v>
       </c>
       <c r="E10" s="7">
-        <v>21.7</v>
+        <v>22.3</v>
       </c>
       <c r="G10" s="7">
-        <v>21.8</v>
+        <v>22.3</v>
       </c>
       <c r="I10" s="7">
-        <v>21.2</v>
+        <v>22.3</v>
       </c>
       <c r="K10" s="7">
-        <v>0.19999999999999901</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="M10" s="7">
-        <v>9.9999999999997896E-2</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="O10" s="7">
-        <v>-0.60000000000000098</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>139</v>
       </c>
       <c r="C11" s="7">
-        <v>5.2</v>
+        <v>5.0999999999999996</v>
       </c>
       <c r="E11" s="7">
         <v>5.2</v>
       </c>
       <c r="G11" s="7">
         <v>5.2</v>
       </c>
       <c r="I11" s="7">
-        <v>5.3</v>
+        <v>5.2</v>
       </c>
       <c r="K11" s="7">
-        <v>0</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="M11" s="7">
-        <v>0</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="O11" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>142</v>
       </c>
       <c r="C12" s="7">
         <v>1.2</v>
       </c>
       <c r="E12" s="7">
         <v>1.2</v>
       </c>
       <c r="G12" s="7">
         <v>1.2</v>
       </c>
       <c r="I12" s="7">
-        <v>1.3</v>
+        <v>1.2</v>
       </c>
       <c r="K12" s="7">
         <v>0</v>
       </c>
       <c r="M12" s="7">
         <v>0</v>
       </c>
       <c r="O12" s="7">
-        <v>0.1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>149</v>
       </c>
       <c r="C13" s="7">
-        <v>4</v>
+        <v>3.9</v>
       </c>
       <c r="E13" s="7">
         <v>4</v>
       </c>
       <c r="G13" s="7">
         <v>4</v>
       </c>
       <c r="I13" s="7">
         <v>4</v>
       </c>
       <c r="K13" s="7">
-        <v>0</v>
+        <v>-0.1</v>
       </c>
       <c r="M13" s="7">
-        <v>0</v>
+        <v>-0.1</v>
       </c>
       <c r="O13" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>150</v>
       </c>
       <c r="C14" s="7">
         <v>0.8</v>
       </c>
       <c r="E14" s="7">
         <v>0.8</v>
       </c>
       <c r="G14" s="7">
         <v>0.8</v>
       </c>
       <c r="I14" s="7">
         <v>0.8</v>
       </c>
       <c r="K14" s="7">
         <v>0</v>
       </c>
       <c r="M14" s="7">
         <v>0</v>
       </c>
       <c r="O14" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>159</v>
       </c>
       <c r="C15" s="7">
-        <v>3.2</v>
+        <v>3.1</v>
       </c>
       <c r="E15" s="7">
         <v>3.2</v>
       </c>
       <c r="G15" s="7">
         <v>3.2</v>
       </c>
       <c r="I15" s="7">
         <v>3.2</v>
       </c>
       <c r="K15" s="7">
-        <v>0</v>
+        <v>-0.1</v>
       </c>
       <c r="M15" s="7">
-        <v>0</v>
+        <v>-0.1</v>
       </c>
       <c r="O15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>160</v>
       </c>
       <c r="C16" s="7">
         <v>1.5</v>
       </c>
       <c r="E16" s="7">
         <v>1.5</v>
       </c>
       <c r="G16" s="7">
         <v>1.5</v>
       </c>
       <c r="I16" s="7">
         <v>1.5</v>
       </c>
       <c r="K16" s="7">
         <v>0</v>
       </c>
       <c r="M16" s="7">
         <v>0</v>
       </c>
       <c r="O16" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>164</v>
       </c>
       <c r="C17" s="7">
-        <v>22.8</v>
+        <v>23.2</v>
       </c>
       <c r="E17" s="7">
-        <v>22.6</v>
+        <v>23.2</v>
       </c>
       <c r="G17" s="7">
-        <v>22.8</v>
+        <v>23.3</v>
       </c>
       <c r="I17" s="7">
-        <v>22.1</v>
+        <v>23.3</v>
       </c>
       <c r="K17" s="7">
-        <v>0.19999999999999901</v>
+        <v>0</v>
       </c>
       <c r="M17" s="7">
-        <v>0</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="O17" s="7">
-        <v>-0.69999999999999896</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>165</v>
       </c>
       <c r="C18" s="7">
-        <v>16.7</v>
+        <v>17.100000000000001</v>
       </c>
       <c r="E18" s="7">
-        <v>16.5</v>
+        <v>17.100000000000001</v>
       </c>
       <c r="G18" s="7">
-        <v>16.600000000000001</v>
+        <v>17.100000000000001</v>
       </c>
       <c r="I18" s="7">
-        <v>15.9</v>
+        <v>17.100000000000001</v>
       </c>
       <c r="K18" s="7">
-        <v>0.19999999999999901</v>
+        <v>0</v>
       </c>
       <c r="M18" s="7">
-        <v>9.9999999999997896E-2</v>
+        <v>0</v>
       </c>
       <c r="O18" s="7">
-        <v>-0.70000000000000095</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>166</v>
       </c>
       <c r="C19" s="7">
-        <v>3.9</v>
+        <v>4</v>
       </c>
       <c r="E19" s="7">
-        <v>3.9</v>
+        <v>4</v>
       </c>
       <c r="G19" s="7">
-        <v>3.9</v>
+        <v>4</v>
       </c>
       <c r="I19" s="7">
-        <v>3.9</v>
+        <v>4</v>
       </c>
       <c r="K19" s="7">
         <v>0</v>
       </c>
       <c r="M19" s="7">
         <v>0</v>
       </c>
       <c r="O19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>167</v>
       </c>
       <c r="C20" s="7">
         <v>0.9</v>
       </c>
       <c r="E20" s="7">
         <v>0.9</v>
       </c>
       <c r="G20" s="7">
         <v>0.9</v>
       </c>
       <c r="I20" s="7">
         <v>0.9</v>
       </c>
       <c r="K20" s="7">
         <v>0</v>
       </c>
       <c r="M20" s="7">
         <v>0</v>
       </c>
       <c r="O20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>171</v>
       </c>
       <c r="C21" s="7">
-        <v>2.4</v>
+        <v>2.5</v>
       </c>
       <c r="E21" s="7">
-        <v>2.4</v>
+        <v>2.5</v>
       </c>
       <c r="G21" s="7">
-        <v>2.4</v>
+        <v>2.5</v>
       </c>
       <c r="I21" s="7">
-        <v>2.4</v>
+        <v>2.5</v>
       </c>
       <c r="K21" s="7">
         <v>0</v>
       </c>
       <c r="M21" s="7">
         <v>0</v>
       </c>
       <c r="O21" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>175</v>
       </c>
       <c r="C22" s="7">
         <v>0.6</v>
       </c>
       <c r="E22" s="7">
         <v>0.6</v>
       </c>
       <c r="G22" s="7">
         <v>0.6</v>
       </c>
       <c r="I22" s="7">
@@ -4741,359 +4756,361 @@
       </c>
       <c r="G23" s="7">
         <v>0.2</v>
       </c>
       <c r="I23" s="7">
         <v>0.2</v>
       </c>
       <c r="K23" s="7">
         <v>0</v>
       </c>
       <c r="M23" s="7">
         <v>0</v>
       </c>
       <c r="O23" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>183</v>
       </c>
       <c r="C24" s="7">
         <v>0.9</v>
       </c>
       <c r="E24" s="7">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="G24" s="7">
         <v>0.9</v>
       </c>
       <c r="I24" s="7">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="K24" s="7">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="M24" s="7">
         <v>0</v>
       </c>
       <c r="O24" s="7">
-        <v>-0.1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>188</v>
       </c>
       <c r="C25" s="7">
         <v>1.2</v>
       </c>
       <c r="E25" s="7">
         <v>1.2</v>
       </c>
       <c r="G25" s="7">
         <v>1.2</v>
       </c>
       <c r="I25" s="7">
         <v>1.2</v>
       </c>
       <c r="K25" s="7">
         <v>0</v>
       </c>
       <c r="M25" s="7">
         <v>0</v>
       </c>
       <c r="O25" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>199</v>
       </c>
       <c r="C26" s="7">
-        <v>7.4</v>
+        <v>7.8</v>
       </c>
       <c r="E26" s="7">
-        <v>7.1</v>
+        <v>7.9</v>
       </c>
       <c r="G26" s="7">
-        <v>7.3</v>
+        <v>7.8</v>
       </c>
       <c r="I26" s="7">
-        <v>6.7</v>
+        <v>7.9</v>
       </c>
       <c r="K26" s="7">
-        <v>0.30000000000000099</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="M26" s="7">
+        <v>0</v>
+      </c>
+      <c r="O26" s="7">
         <v>0.100000000000001</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.6</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>200</v>
       </c>
       <c r="C27" s="7">
-        <v>2.8</v>
+        <v>3.2</v>
       </c>
       <c r="E27" s="7">
-        <v>2.5</v>
+        <v>3.3</v>
       </c>
       <c r="G27" s="7">
-        <v>2.7</v>
+        <v>3.2</v>
       </c>
       <c r="I27" s="7">
-        <v>2.2000000000000002</v>
+        <v>3.3</v>
       </c>
       <c r="K27" s="7">
-        <v>0.3</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="M27" s="7">
+        <v>0</v>
+      </c>
+      <c r="O27" s="7">
         <v>9.9999999999999603E-2</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.5</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>201</v>
       </c>
       <c r="C28" s="7">
         <v>4.5999999999999996</v>
       </c>
       <c r="E28" s="7">
         <v>4.5999999999999996</v>
       </c>
       <c r="G28" s="7">
         <v>4.5999999999999996</v>
       </c>
       <c r="I28" s="7">
-        <v>4.5</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="K28" s="7">
         <v>0</v>
       </c>
       <c r="M28" s="7">
         <v>0</v>
       </c>
       <c r="O28" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>206</v>
       </c>
       <c r="C29" s="7">
-        <v>2.5</v>
+        <v>2.4</v>
       </c>
       <c r="E29" s="7">
-        <v>2.6</v>
+        <v>2.4</v>
       </c>
       <c r="G29" s="7">
         <v>2.5</v>
       </c>
       <c r="I29" s="7">
-        <v>2.6</v>
+        <v>2.4</v>
       </c>
       <c r="K29" s="7">
+        <v>0</v>
+      </c>
+      <c r="M29" s="7">
         <v>-0.1</v>
       </c>
-      <c r="M29" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="O29" s="7">
-        <v>0.1</v>
+        <v>-0.1</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>211</v>
       </c>
       <c r="C30">
         <v>0.6</v>
       </c>
       <c r="E30">
         <v>0.6</v>
       </c>
       <c r="G30">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="I30">
         <v>0.5</v>
       </c>
       <c r="K30">
         <v>0</v>
       </c>
       <c r="M30">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="O30">
-        <v>-0.1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>215</v>
       </c>
       <c r="C31">
         <v>6.1</v>
       </c>
       <c r="E31">
         <v>6.1</v>
       </c>
       <c r="G31">
         <v>6.2</v>
       </c>
       <c r="I31">
         <v>6.2</v>
       </c>
       <c r="K31">
         <v>0</v>
       </c>
       <c r="M31">
         <v>-0.100000000000001</v>
       </c>
       <c r="O31">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>216</v>
       </c>
       <c r="C32">
+        <v>1.6</v>
+      </c>
+      <c r="E32">
+        <v>1.6</v>
+      </c>
+      <c r="G32">
         <v>1.8</v>
       </c>
-      <c r="E32">
+      <c r="I32">
         <v>1.8</v>
       </c>
-      <c r="G32">
-[...4 lines deleted...]
-      </c>
       <c r="K32">
         <v>0</v>
       </c>
       <c r="M32">
-        <v>-9.9999999999999895E-2</v>
+        <v>-0.2</v>
       </c>
       <c r="O32">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>217</v>
       </c>
       <c r="C33">
         <v>1.8</v>
       </c>
       <c r="E33">
-        <v>1.7</v>
+        <v>1.8</v>
       </c>
       <c r="G33">
         <v>1.8</v>
       </c>
       <c r="I33">
-        <v>1.7</v>
+        <v>1.8</v>
       </c>
       <c r="K33">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="M33">
         <v>0</v>
       </c>
       <c r="O33">
-        <v>-0.1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>220</v>
       </c>
       <c r="C34">
-        <v>2.5</v>
+        <v>2.7</v>
       </c>
       <c r="E34">
+        <v>2.7</v>
+      </c>
+      <c r="G34">
         <v>2.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.5</v>
       </c>
       <c r="I34">
         <v>2.6</v>
       </c>
       <c r="K34">
-        <v>-0.1</v>
+        <v>0</v>
       </c>
       <c r="M34">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="O34">
-        <v>0.1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="39" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="A1:O31"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="E17" sqref="E17"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="54.140625" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" customWidth="1"/>
     <col min="4" max="4" width="2.5703125" customWidth="1"/>
     <col min="5" max="5" width="10.7109375" customWidth="1"/>
     <col min="6" max="6" width="2.5703125" customWidth="1"/>
     <col min="7" max="7" width="10.7109375" customWidth="1"/>
     <col min="8" max="8" width="2.5703125" customWidth="1"/>
     <col min="9" max="9" width="10.7109375" customWidth="1"/>
     <col min="10" max="10" width="2.5703125" customWidth="1"/>
     <col min="11" max="11" width="10.7109375" customWidth="1"/>
     <col min="12" max="12" width="2.5703125" customWidth="1"/>
     <col min="13" max="13" width="10.7109375" customWidth="1"/>
     <col min="14" max="14" width="2.5703125" customWidth="1"/>
     <col min="15" max="15" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
         <v>111</v>
       </c>
     </row>
@@ -5174,472 +5191,472 @@
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="7">
         <v>49.5</v>
       </c>
       <c r="E9" s="7">
+        <v>49.5</v>
+      </c>
+      <c r="G9" s="7">
         <v>49.7</v>
       </c>
-      <c r="G9" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="I9" s="7">
-        <v>50.1</v>
+        <v>49.8</v>
       </c>
       <c r="K9" s="7">
+        <v>0</v>
+      </c>
+      <c r="M9" s="7">
         <v>-0.20000000000000301</v>
       </c>
-      <c r="M9" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="O9" s="7">
-        <v>0.100000000000001</v>
+        <v>9.9999999999994302E-2</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="7">
+        <v>39.9</v>
+      </c>
+      <c r="E10" s="7">
+        <v>39.9</v>
+      </c>
+      <c r="G10" s="7">
         <v>40.1</v>
       </c>
-      <c r="E10" s="7">
-[...4 lines deleted...]
-      </c>
       <c r="I10" s="7">
-        <v>40.700000000000003</v>
+        <v>40</v>
       </c>
       <c r="K10" s="7">
-        <v>-0.29999999999999699</v>
+        <v>0</v>
       </c>
       <c r="M10" s="7">
-        <v>-0.39999999999999902</v>
+        <v>-0.20000000000000301</v>
       </c>
       <c r="O10" s="7">
-        <v>0.20000000000000301</v>
+        <v>-0.100000000000001</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="7">
+        <v>6.6</v>
+      </c>
+      <c r="E11" s="7">
+        <v>6.7</v>
+      </c>
+      <c r="G11" s="7">
+        <v>6.7</v>
+      </c>
+      <c r="I11" s="7">
         <v>6.8</v>
-      </c>
-[...7 lines deleted...]
-        <v>7.1</v>
       </c>
       <c r="K11" s="7">
         <v>-0.100000000000001</v>
       </c>
       <c r="M11" s="7">
         <v>-0.100000000000001</v>
       </c>
       <c r="O11" s="7">
-        <v>0.19999999999999901</v>
+        <v>9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>142</v>
       </c>
       <c r="B12" t="s">
         <v>103</v>
       </c>
       <c r="C12" s="7">
+        <v>3.6</v>
+      </c>
+      <c r="E12" s="7">
+        <v>3.7</v>
+      </c>
+      <c r="G12" s="7">
+        <v>3.7</v>
+      </c>
+      <c r="I12" s="7">
         <v>3.8</v>
-      </c>
-[...7 lines deleted...]
-        <v>4</v>
       </c>
       <c r="K12" s="7">
         <v>-0.1</v>
       </c>
       <c r="M12" s="7">
         <v>-0.1</v>
       </c>
       <c r="O12" s="7">
-        <v>0.1</v>
+        <v>9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>149</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="7">
         <v>3</v>
       </c>
       <c r="E13" s="7">
         <v>3</v>
       </c>
       <c r="G13" s="7">
         <v>3</v>
       </c>
       <c r="I13" s="7">
-        <v>3.1</v>
+        <v>3</v>
       </c>
       <c r="K13" s="7">
         <v>0</v>
       </c>
       <c r="M13" s="7">
         <v>0</v>
       </c>
       <c r="O13" s="7">
-        <v>0.1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>164</v>
       </c>
       <c r="B14" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="7">
-        <v>42.7</v>
+        <v>42.9</v>
       </c>
       <c r="E14" s="7">
         <v>42.8</v>
       </c>
       <c r="G14" s="7">
-        <v>43.1</v>
+        <v>43</v>
       </c>
       <c r="I14" s="7">
         <v>43</v>
       </c>
       <c r="K14" s="7">
-        <v>-9.9999999999994302E-2</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M14" s="7">
-        <v>-0.39999999999999902</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="O14" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>165</v>
       </c>
       <c r="B15" t="s">
         <v>105</v>
       </c>
       <c r="C15" s="7">
         <v>33.299999999999997</v>
       </c>
       <c r="E15" s="7">
-        <v>33.5</v>
+        <v>33.200000000000003</v>
       </c>
       <c r="G15" s="7">
-        <v>33.6</v>
+        <v>33.4</v>
       </c>
       <c r="I15" s="7">
-        <v>33.6</v>
+        <v>33.200000000000003</v>
       </c>
       <c r="K15" s="7">
-        <v>-0.20000000000000301</v>
+        <v>9.9999999999994302E-2</v>
       </c>
       <c r="M15" s="7">
-        <v>-0.30000000000000399</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="O15" s="7">
-        <v>0</v>
+        <v>-0.19999999999999599</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>166</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="7">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="E16" s="7">
         <v>9.8000000000000007</v>
       </c>
-      <c r="E16" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="G16" s="7">
-        <v>9.9</v>
+        <v>9.8000000000000007</v>
       </c>
       <c r="I16" s="7">
-        <v>9.8000000000000007</v>
+        <v>9.6999999999999993</v>
       </c>
       <c r="K16" s="7">
-        <v>0.20000000000000101</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="M16" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="O16" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>-0.100000000000001</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>171</v>
       </c>
       <c r="B17" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="7">
-        <v>6.4</v>
+        <v>6.5</v>
       </c>
       <c r="E17" s="7">
-        <v>6.4</v>
+        <v>6.5</v>
       </c>
       <c r="G17" s="7">
-        <v>6.4</v>
+        <v>6.6</v>
       </c>
       <c r="I17" s="7">
-        <v>6.5</v>
+        <v>6.6</v>
       </c>
       <c r="K17" s="7">
         <v>0</v>
       </c>
       <c r="M17" s="7">
-        <v>0</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="O17" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>199</v>
       </c>
       <c r="B18" t="s">
         <v>74</v>
       </c>
       <c r="C18" s="7">
-        <v>9</v>
+        <v>9.1</v>
       </c>
       <c r="E18" s="7">
-        <v>8.9</v>
+        <v>9.1</v>
       </c>
       <c r="G18" s="7">
         <v>8.8000000000000007</v>
       </c>
       <c r="I18" s="7">
-        <v>8.6</v>
+        <v>8.8000000000000007</v>
       </c>
       <c r="K18" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="M18" s="7">
-        <v>0.19999999999999901</v>
+        <v>0.29999999999999899</v>
       </c>
       <c r="O18" s="7">
-        <v>-0.20000000000000101</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>206</v>
       </c>
       <c r="B19" t="s">
         <v>81</v>
       </c>
       <c r="C19" s="7">
-        <v>7.4</v>
+        <v>7.1</v>
       </c>
       <c r="E19" s="7">
-        <v>7.7</v>
+        <v>7</v>
       </c>
       <c r="G19" s="7">
-        <v>7.5</v>
+        <v>7.2</v>
       </c>
       <c r="I19" s="7">
-        <v>7.7</v>
+        <v>7.1</v>
       </c>
       <c r="K19" s="7">
-        <v>-0.3</v>
+        <v>9.9999999999999603E-2</v>
       </c>
       <c r="M19" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="O19" s="7">
-        <v>0.2</v>
+        <v>-0.100000000000001</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>215</v>
       </c>
       <c r="B20" t="s">
         <v>90</v>
       </c>
       <c r="C20" s="7">
-        <v>9.4</v>
+        <v>9.6</v>
       </c>
       <c r="E20" s="7">
-        <v>9.3000000000000007</v>
+        <v>9.6</v>
       </c>
       <c r="G20" s="7">
-        <v>9.5</v>
+        <v>9.6</v>
       </c>
       <c r="I20" s="7">
-        <v>9.4</v>
+        <v>9.8000000000000007</v>
       </c>
       <c r="K20" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="M20" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="O20" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0.20000000000000101</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>216</v>
       </c>
       <c r="B21" t="s">
         <v>91</v>
       </c>
       <c r="C21" s="7">
+        <v>0.8</v>
+      </c>
+      <c r="E21" s="7">
+        <v>0.8</v>
+      </c>
+      <c r="G21" s="7">
+        <v>0.8</v>
+      </c>
+      <c r="I21" s="7">
         <v>0.9</v>
       </c>
-      <c r="E21" s="7">
-[...7 lines deleted...]
-      </c>
       <c r="K21" s="7">
         <v>0</v>
       </c>
       <c r="M21" s="7">
-        <v>-0.1</v>
+        <v>0</v>
       </c>
       <c r="O21" s="7">
-        <v>0</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>217</v>
       </c>
       <c r="B22" t="s">
         <v>92</v>
       </c>
       <c r="C22" s="7">
+        <v>1</v>
+      </c>
+      <c r="E22" s="7">
+        <v>1</v>
+      </c>
+      <c r="G22" s="7">
         <v>1.1000000000000001</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.2</v>
       </c>
       <c r="I22" s="7">
         <v>1.1000000000000001</v>
       </c>
       <c r="K22" s="7">
         <v>0</v>
       </c>
       <c r="M22" s="7">
-        <v>-9.9999999999999895E-2</v>
+        <v>-0.1</v>
       </c>
       <c r="O22" s="7">
-        <v>-9.9999999999999895E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>220</v>
       </c>
       <c r="B23" t="s">
         <v>94</v>
       </c>
       <c r="C23" s="7">
-        <v>7.4</v>
+        <v>7.8</v>
       </c>
       <c r="E23" s="7">
-        <v>7.3</v>
+        <v>7.8</v>
       </c>
       <c r="G23" s="7">
-        <v>7.3</v>
+        <v>7.7</v>
       </c>
       <c r="I23" s="7">
-        <v>7.3</v>
+        <v>7.8</v>
       </c>
       <c r="K23" s="7">
-        <v>0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="M23" s="7">
-        <v>0.100000000000001</v>
+        <v>9.9999999999999603E-2</v>
       </c>
       <c r="O23" s="7">
-        <v>0</v>
+        <v>9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
@@ -5750,727 +5767,727 @@
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="7">
-        <v>90.3</v>
+        <v>90.9</v>
       </c>
       <c r="E9" s="7">
-        <v>90.2</v>
+        <v>91.4</v>
       </c>
       <c r="G9" s="7">
-        <v>90.7</v>
+        <v>91</v>
       </c>
       <c r="I9" s="7">
-        <v>89.6</v>
+        <v>91</v>
       </c>
       <c r="K9" s="7">
-        <v>9.9999999999994302E-2</v>
+        <v>-0.5</v>
       </c>
       <c r="M9" s="7">
-        <v>-0.40000000000000602</v>
+        <v>-9.9999999999994302E-2</v>
       </c>
       <c r="O9" s="7">
-        <v>-1.1000000000000101</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="7">
-        <v>72.2</v>
+        <v>72.3</v>
       </c>
       <c r="E10" s="7">
         <v>72.400000000000006</v>
       </c>
       <c r="G10" s="7">
-        <v>72.400000000000006</v>
+        <v>71.8</v>
       </c>
       <c r="I10" s="7">
-        <v>71.599999999999994</v>
+        <v>71.7</v>
       </c>
       <c r="K10" s="7">
-        <v>-0.20000000000000301</v>
+        <v>-0.100000000000009</v>
       </c>
       <c r="M10" s="7">
-        <v>-0.20000000000000301</v>
+        <v>0.5</v>
       </c>
       <c r="O10" s="7">
-        <v>-0.80000000000001104</v>
+        <v>-9.9999999999994302E-2</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="7">
-        <v>12.2</v>
+        <v>11.9</v>
       </c>
       <c r="E11" s="7">
         <v>12</v>
       </c>
       <c r="G11" s="7">
-        <v>12.7</v>
+        <v>12.1</v>
       </c>
       <c r="I11" s="7">
-        <v>12.3</v>
+        <v>12.1</v>
       </c>
       <c r="K11" s="7">
-        <v>0.19999999999999901</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="M11" s="7">
-        <v>-0.5</v>
+        <v>-0.19999999999999901</v>
       </c>
       <c r="O11" s="7">
-        <v>-0.39999999999999902</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>142</v>
       </c>
       <c r="B12" t="s">
         <v>103</v>
       </c>
       <c r="C12" s="7">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="E12" s="7">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="G12" s="7">
         <v>4.2</v>
       </c>
-      <c r="E12" s="7">
+      <c r="I12" s="7">
         <v>4.2</v>
       </c>
-      <c r="G12" s="7">
-[...4 lines deleted...]
-      </c>
       <c r="K12" s="7">
         <v>0</v>
       </c>
       <c r="M12" s="7">
-        <v>-0.2</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="O12" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>149</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="7">
-        <v>8</v>
+        <v>7.8</v>
       </c>
       <c r="E13" s="7">
-        <v>7.8</v>
+        <v>7.9</v>
       </c>
       <c r="G13" s="7">
-        <v>8.3000000000000007</v>
+        <v>7.9</v>
       </c>
       <c r="I13" s="7">
         <v>7.9</v>
       </c>
       <c r="K13" s="7">
-        <v>0.2</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="M13" s="7">
-        <v>-0.30000000000000099</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="O13" s="7">
-        <v>-0.4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>159</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="7">
-        <v>5.6</v>
+        <v>5.3</v>
       </c>
       <c r="E14" s="7">
-        <v>5.4</v>
+        <v>5.3</v>
       </c>
       <c r="G14" s="7">
-        <v>5.7</v>
+        <v>5.3</v>
       </c>
       <c r="I14" s="7">
-        <v>5.4</v>
+        <v>5.3</v>
       </c>
       <c r="K14" s="7">
-        <v>0.19999999999999901</v>
+        <v>0</v>
       </c>
       <c r="M14" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="O14" s="7">
-        <v>-0.3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>164</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="7">
-        <v>78.099999999999994</v>
+        <v>79</v>
       </c>
       <c r="E15" s="7">
-        <v>78.2</v>
+        <v>79.400000000000006</v>
       </c>
       <c r="G15" s="7">
-        <v>78</v>
+        <v>78.900000000000006</v>
       </c>
       <c r="I15" s="7">
-        <v>77.3</v>
+        <v>78.900000000000006</v>
       </c>
       <c r="K15" s="7">
-        <v>-0.100000000000009</v>
+        <v>-0.40000000000000602</v>
       </c>
       <c r="M15" s="7">
         <v>9.9999999999994302E-2</v>
       </c>
       <c r="O15" s="7">
-        <v>-0.70000000000000295</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>165</v>
       </c>
       <c r="B16" t="s">
         <v>105</v>
       </c>
       <c r="C16" s="7">
-        <v>60</v>
+        <v>60.4</v>
       </c>
       <c r="E16" s="7">
         <v>60.4</v>
       </c>
       <c r="G16" s="7">
         <v>59.7</v>
       </c>
       <c r="I16" s="7">
-        <v>59.3</v>
+        <v>59.6</v>
       </c>
       <c r="K16" s="7">
-        <v>-0.39999999999999902</v>
+        <v>0</v>
       </c>
       <c r="M16" s="7">
-        <v>0.29999999999999699</v>
+        <v>0.69999999999999596</v>
       </c>
       <c r="O16" s="7">
-        <v>-0.40000000000000602</v>
+        <v>-0.100000000000001</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>166</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="7">
-        <v>19.7</v>
+        <v>20</v>
       </c>
       <c r="E17" s="7">
-        <v>19.8</v>
+        <v>20</v>
       </c>
       <c r="G17" s="7">
         <v>19.899999999999999</v>
       </c>
       <c r="I17" s="7">
-        <v>19.5</v>
+        <v>19.899999999999999</v>
       </c>
       <c r="K17" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="M17" s="7">
-        <v>-0.19999999999999901</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="O17" s="7">
-        <v>-0.39999999999999902</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>167</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="7">
-        <v>4.7</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="E18" s="7">
-        <v>4.7</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="G18" s="7">
-        <v>4.7</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="I18" s="7">
-        <v>4.5</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="K18" s="7">
         <v>0</v>
       </c>
       <c r="M18" s="7">
         <v>0</v>
       </c>
       <c r="O18" s="7">
-        <v>-0.2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>171</v>
       </c>
       <c r="B19" t="s">
         <v>40</v>
       </c>
       <c r="C19" s="7">
-        <v>11.3</v>
+        <v>11.6</v>
       </c>
       <c r="E19" s="7">
+        <v>11.6</v>
+      </c>
+      <c r="G19" s="7">
         <v>11.4</v>
       </c>
-      <c r="G19" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="I19" s="7">
-        <v>11.2</v>
+        <v>11.4</v>
       </c>
       <c r="K19" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="M19" s="7">
-        <v>0</v>
+        <v>0.19999999999999901</v>
       </c>
       <c r="O19" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>175</v>
       </c>
       <c r="B20" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="7">
-        <v>3.7</v>
+        <v>3.8</v>
       </c>
       <c r="E20" s="7">
-        <v>3.7</v>
+        <v>3.8</v>
       </c>
       <c r="G20" s="7">
         <v>3.9</v>
       </c>
       <c r="I20" s="7">
-        <v>3.8</v>
+        <v>3.9</v>
       </c>
       <c r="K20" s="7">
         <v>0</v>
       </c>
       <c r="M20" s="7">
-        <v>-0.2</v>
+        <v>-0.1</v>
       </c>
       <c r="O20" s="7">
-        <v>-0.1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>182</v>
       </c>
       <c r="B21" t="s">
         <v>63</v>
       </c>
       <c r="C21" s="7">
         <v>0.5</v>
       </c>
       <c r="E21" s="7">
         <v>0.5</v>
       </c>
       <c r="G21" s="7">
         <v>0.5</v>
       </c>
       <c r="I21" s="7">
         <v>0.5</v>
       </c>
       <c r="K21" s="7">
         <v>0</v>
       </c>
       <c r="M21" s="7">
         <v>0</v>
       </c>
       <c r="O21" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>183</v>
       </c>
       <c r="B22" t="s">
         <v>74</v>
       </c>
       <c r="C22" s="7">
+        <v>2.5</v>
+      </c>
+      <c r="E22" s="7">
         <v>2.4</v>
       </c>
-      <c r="E22" s="7">
+      <c r="G22" s="7">
         <v>2.5</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.4</v>
       </c>
       <c r="I22" s="7">
         <v>2.5</v>
       </c>
       <c r="K22" s="7">
-        <v>-0.1</v>
+        <v>0.1</v>
       </c>
       <c r="M22" s="7">
         <v>0</v>
       </c>
       <c r="O22" s="7">
-        <v>0.1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>188</v>
       </c>
       <c r="B23" t="s">
         <v>76</v>
       </c>
       <c r="C23" s="7">
-        <v>5.5</v>
+        <v>5.3</v>
       </c>
       <c r="E23" s="7">
         <v>5.5</v>
       </c>
       <c r="G23" s="7">
-        <v>5.4</v>
+        <v>5.3</v>
       </c>
       <c r="I23" s="7">
-        <v>5.5</v>
+        <v>5.3</v>
       </c>
       <c r="K23" s="7">
-        <v>0</v>
+        <v>-0.2</v>
       </c>
       <c r="M23" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="O23" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>199</v>
       </c>
       <c r="B24" t="s">
         <v>81</v>
       </c>
       <c r="C24" s="7">
-        <v>20.7</v>
+        <v>21.1</v>
       </c>
       <c r="E24" s="7">
-        <v>20.6</v>
+        <v>21.1</v>
       </c>
       <c r="G24" s="7">
-        <v>20.3</v>
+        <v>20.5</v>
       </c>
       <c r="I24" s="7">
-        <v>19.8</v>
+        <v>20.5</v>
       </c>
       <c r="K24" s="7">
-        <v>9.9999999999997896E-2</v>
+        <v>0</v>
       </c>
       <c r="M24" s="7">
-        <v>0.39999999999999902</v>
+        <v>0.60000000000000098</v>
       </c>
       <c r="O24" s="7">
-        <v>-0.5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>201</v>
       </c>
       <c r="B25" t="s">
         <v>85</v>
       </c>
       <c r="C25" s="7">
-        <v>19.2</v>
+        <v>19.399999999999999</v>
       </c>
       <c r="E25" s="7">
-        <v>19.2</v>
+        <v>19.399999999999999</v>
       </c>
       <c r="G25" s="7">
-        <v>18.8</v>
+        <v>18.899999999999999</v>
       </c>
       <c r="I25" s="7">
-        <v>18.5</v>
+        <v>18.899999999999999</v>
       </c>
       <c r="K25" s="7">
         <v>0</v>
       </c>
       <c r="M25" s="7">
-        <v>0.39999999999999902</v>
+        <v>0.5</v>
       </c>
       <c r="O25" s="7">
-        <v>-0.30000000000000099</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>206</v>
       </c>
       <c r="B26" t="s">
         <v>90</v>
       </c>
       <c r="C26" s="7">
-        <v>8.5</v>
+        <v>8.3000000000000007</v>
       </c>
       <c r="E26" s="7">
-        <v>8.6999999999999993</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="G26" s="7">
-        <v>8.5</v>
+        <v>8.4</v>
       </c>
       <c r="I26" s="7">
-        <v>8.8000000000000007</v>
+        <v>8.3000000000000007</v>
       </c>
       <c r="K26" s="7">
-        <v>-0.19999999999999901</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M26" s="7">
-        <v>0</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="O26" s="7">
-        <v>0.30000000000000099</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>210</v>
       </c>
       <c r="B27" t="s">
         <v>91</v>
       </c>
       <c r="C27" s="7">
-        <v>6.7</v>
+        <v>6.6</v>
       </c>
       <c r="E27" s="7">
-        <v>6.9</v>
+        <v>6.5</v>
       </c>
       <c r="G27" s="7">
         <v>6.7</v>
       </c>
       <c r="I27" s="7">
-        <v>6.9</v>
+        <v>6.6</v>
       </c>
       <c r="K27" s="7">
-        <v>-0.2</v>
+        <v>9.9999999999999603E-2</v>
       </c>
       <c r="M27" s="7">
-        <v>0</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="O27" s="7">
-        <v>0.2</v>
+        <v>-0.100000000000001</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>211</v>
       </c>
       <c r="B28" t="s">
         <v>92</v>
       </c>
       <c r="C28" s="7">
         <v>2.7</v>
       </c>
       <c r="E28" s="7">
-        <v>2.8</v>
+        <v>2.7</v>
       </c>
       <c r="G28" s="7">
-        <v>2.7</v>
+        <v>2.6</v>
       </c>
       <c r="I28" s="7">
-        <v>2.7</v>
+        <v>2.6</v>
       </c>
       <c r="K28" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="M28" s="7">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="O28" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>215</v>
       </c>
       <c r="B29" t="s">
         <v>94</v>
       </c>
       <c r="C29" s="7">
-        <v>18.100000000000001</v>
+        <v>18.600000000000001</v>
       </c>
       <c r="E29" s="7">
-        <v>17.8</v>
+        <v>19</v>
       </c>
       <c r="G29" s="7">
-        <v>18.3</v>
+        <v>19.2</v>
       </c>
       <c r="I29" s="7">
-        <v>18</v>
+        <v>19.3</v>
       </c>
       <c r="K29" s="7">
-        <v>0.30000000000000099</v>
+        <v>-0.39999999999999902</v>
       </c>
       <c r="M29" s="7">
-        <v>-0.19999999999999901</v>
+        <v>-0.59999999999999798</v>
       </c>
       <c r="O29" s="7">
-        <v>-0.30000000000000099</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>216</v>
       </c>
       <c r="C30" s="7">
-        <v>1.3</v>
+        <v>1.2</v>
       </c>
       <c r="E30" s="7">
-        <v>1.3</v>
+        <v>1.2</v>
       </c>
       <c r="G30" s="7">
         <v>1.3</v>
       </c>
       <c r="I30" s="7">
         <v>1.3</v>
       </c>
       <c r="K30" s="7">
         <v>0</v>
       </c>
       <c r="M30" s="7">
-        <v>0</v>
+        <v>-0.1</v>
       </c>
       <c r="O30" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>217</v>
       </c>
       <c r="C31" s="7">
-        <v>2.6</v>
+        <v>2.4</v>
       </c>
       <c r="E31" s="7">
+        <v>2.4</v>
+      </c>
+      <c r="G31" s="7">
         <v>2.5</v>
       </c>
-      <c r="G31" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="I31" s="7">
-        <v>2.6</v>
+        <v>2.5</v>
       </c>
       <c r="K31" s="7">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="M31" s="7">
         <v>-0.1</v>
       </c>
       <c r="O31" s="7">
-        <v>-0.1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>220</v>
       </c>
       <c r="C32" s="7">
-        <v>14.2</v>
+        <v>15</v>
       </c>
       <c r="E32" s="7">
-        <v>14</v>
+        <v>15.4</v>
       </c>
       <c r="G32" s="7">
-        <v>14.3</v>
+        <v>15.4</v>
       </c>
       <c r="I32" s="7">
-        <v>14.1</v>
+        <v>15.5</v>
       </c>
       <c r="K32" s="7">
-        <v>0.19999999999999901</v>
+        <v>-0.4</v>
       </c>
       <c r="M32" s="7">
-        <v>-0.100000000000001</v>
+        <v>-0.4</v>
       </c>
       <c r="O32" s="7">
-        <v>-0.20000000000000101</v>
+        <v>9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="35" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="36" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="37" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="39" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
@@ -6581,2536 +6598,2536 @@
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="9" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="7">
-        <v>3666.8</v>
+        <v>3662.4</v>
       </c>
       <c r="E9" s="7">
-        <v>3672</v>
+        <v>3665.4</v>
       </c>
       <c r="G9" s="7">
-        <v>3667.1</v>
+        <v>3676.5</v>
       </c>
       <c r="I9" s="7">
-        <v>3650.3</v>
+        <v>3665.6</v>
       </c>
       <c r="K9" s="7">
-        <v>-5.1999999999998199</v>
+        <v>-3</v>
       </c>
       <c r="M9" s="7">
-        <v>-0.29999999999972699</v>
+        <v>-14.0999999999999</v>
       </c>
       <c r="O9" s="7">
-        <v>-16.799999999999699</v>
+        <v>-10.9000000000001</v>
       </c>
       <c r="P9" s="8"/>
       <c r="Q9" s="8"/>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A10" s="9" t="s">
         <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="7">
-        <v>3067.5</v>
+        <v>3055.4</v>
       </c>
       <c r="E10" s="7">
-        <v>3084.4</v>
+        <v>3052.9</v>
       </c>
       <c r="G10" s="7">
-        <v>3061.6</v>
+        <v>3054.2</v>
       </c>
       <c r="I10" s="7">
-        <v>3056.5</v>
+        <v>3040.9</v>
       </c>
       <c r="K10" s="7">
-        <v>-16.900000000000102</v>
+        <v>2.5</v>
       </c>
       <c r="M10" s="7">
-        <v>5.9000000000000901</v>
+        <v>1.20000000000027</v>
       </c>
       <c r="O10" s="7">
-        <v>-5.0999999999999099</v>
+        <v>-13.299999999999701</v>
       </c>
     </row>
     <row r="11" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="7">
-        <v>497.4</v>
+        <v>483.6</v>
       </c>
       <c r="E11" s="7">
-        <v>500.9</v>
+        <v>486.2</v>
       </c>
       <c r="G11" s="7">
-        <v>514.6</v>
+        <v>500.4</v>
       </c>
       <c r="I11" s="7">
-        <v>516</v>
+        <v>501.7</v>
       </c>
       <c r="K11" s="7">
-        <v>-3.5</v>
+        <v>-2.5999999999999699</v>
       </c>
       <c r="M11" s="7">
-        <v>-17.2</v>
+        <v>-16.8</v>
       </c>
       <c r="O11" s="7">
-        <v>1.3999999999999799</v>
+        <v>1.30000000000001</v>
       </c>
     </row>
     <row r="12" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>140</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="7">
-        <v>5.4</v>
+        <v>5.3</v>
       </c>
       <c r="E12" s="7">
         <v>5.4</v>
       </c>
       <c r="G12" s="7">
         <v>5.3</v>
       </c>
       <c r="I12" s="7">
         <v>5.4</v>
       </c>
       <c r="K12" s="7">
-        <v>0</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="M12" s="7">
-        <v>0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="O12" s="7">
         <v>0.100000000000001</v>
       </c>
     </row>
     <row r="13" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>141</v>
       </c>
       <c r="B13" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="7">
-        <v>3.2</v>
+        <v>3.1</v>
       </c>
       <c r="E13" s="7">
         <v>3.2</v>
       </c>
       <c r="G13" s="7">
         <v>3.1</v>
       </c>
       <c r="I13" s="7">
-        <v>3.2</v>
+        <v>3.1</v>
       </c>
       <c r="K13" s="7">
-        <v>0</v>
+        <v>-0.1</v>
       </c>
       <c r="M13" s="7">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="O13" s="7">
-        <v>0.1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>142</v>
       </c>
       <c r="B14" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="7">
-        <v>222.7</v>
+        <v>213.6</v>
       </c>
       <c r="E14" s="7">
-        <v>225.9</v>
+        <v>215.5</v>
       </c>
       <c r="G14" s="7">
-        <v>234.2</v>
+        <v>224.9</v>
       </c>
       <c r="I14" s="7">
-        <v>236.4</v>
+        <v>224.7</v>
       </c>
       <c r="K14" s="7">
-        <v>-3.2000000000000202</v>
+        <v>-1.9000000000000099</v>
       </c>
       <c r="M14" s="7">
-        <v>-11.5</v>
+        <v>-11.3</v>
       </c>
       <c r="O14" s="7">
-        <v>2.2000000000000202</v>
+        <v>-0.200000000000017</v>
       </c>
     </row>
     <row r="15" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>143</v>
       </c>
       <c r="B15" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="7">
-        <v>217.3</v>
+        <v>208.3</v>
       </c>
       <c r="E15" s="7">
-        <v>220.5</v>
+        <v>210.1</v>
       </c>
       <c r="G15" s="7">
-        <v>228.9</v>
+        <v>219.6</v>
       </c>
       <c r="I15" s="7">
-        <v>231</v>
+        <v>219.3</v>
       </c>
       <c r="K15" s="7">
-        <v>-3.19999999999999</v>
+        <v>-1.7999999999999801</v>
       </c>
       <c r="M15" s="7">
-        <v>-11.6</v>
+        <v>-11.3</v>
       </c>
       <c r="O15" s="7">
-        <v>2.0999999999999899</v>
+        <v>-0.299999999999983</v>
       </c>
     </row>
     <row r="16" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>144</v>
       </c>
       <c r="B16" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="7">
-        <v>58.2</v>
+        <v>55.6</v>
       </c>
       <c r="E16" s="7">
-        <v>59</v>
+        <v>55.4</v>
       </c>
       <c r="G16" s="7">
-        <v>60.5</v>
+        <v>58.7</v>
       </c>
       <c r="I16" s="7">
-        <v>61.2</v>
+        <v>57.7</v>
       </c>
       <c r="K16" s="7">
-        <v>-0.79999999999999705</v>
+        <v>0.20000000000000301</v>
       </c>
       <c r="M16" s="7">
-        <v>-2.2999999999999998</v>
+        <v>-3.1</v>
       </c>
       <c r="O16" s="7">
-        <v>0.70000000000000295</v>
+        <v>-1</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>145</v>
       </c>
       <c r="B17" t="s">
         <v>16</v>
       </c>
       <c r="C17" s="7">
-        <v>36.9</v>
+        <v>35.299999999999997</v>
       </c>
       <c r="E17" s="7">
-        <v>37.4</v>
+        <v>35</v>
       </c>
       <c r="G17" s="7">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I17" s="7">
-        <v>38.299999999999997</v>
+        <v>36</v>
       </c>
       <c r="K17" s="7">
-        <v>-0.5</v>
+        <v>0.29999999999999699</v>
       </c>
       <c r="M17" s="7">
-        <v>-1.1000000000000001</v>
+        <v>-1.7</v>
       </c>
       <c r="O17" s="7">
-        <v>0.29999999999999699</v>
+        <v>-1</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>146</v>
       </c>
       <c r="B18" t="s">
         <v>17</v>
       </c>
       <c r="C18" s="7">
-        <v>21.3</v>
+        <v>20.3</v>
       </c>
       <c r="E18" s="7">
-        <v>21.6</v>
+        <v>20.399999999999999</v>
       </c>
       <c r="G18" s="7">
-        <v>22.5</v>
+        <v>21.7</v>
       </c>
       <c r="I18" s="7">
-        <v>22.9</v>
+        <v>21.7</v>
       </c>
       <c r="K18" s="7">
-        <v>-0.30000000000000099</v>
+        <v>-9.9999999999997896E-2</v>
       </c>
       <c r="M18" s="7">
-        <v>-1.2</v>
+        <v>-1.4</v>
       </c>
       <c r="O18" s="7">
-        <v>0.39999999999999902</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>147</v>
       </c>
       <c r="B19" t="s">
         <v>18</v>
       </c>
       <c r="C19" s="7">
-        <v>19.8</v>
+        <v>18.3</v>
       </c>
       <c r="E19" s="7">
-        <v>20.100000000000001</v>
+        <v>18.600000000000001</v>
       </c>
       <c r="G19" s="7">
-        <v>21.5</v>
+        <v>19.3</v>
       </c>
       <c r="I19" s="7">
-        <v>21.7</v>
+        <v>20.2</v>
       </c>
       <c r="K19" s="7">
         <v>-0.30000000000000099</v>
       </c>
       <c r="M19" s="7">
-        <v>-1.7</v>
+        <v>-1</v>
       </c>
       <c r="O19" s="7">
-        <v>0.19999999999999901</v>
+        <v>0.89999999999999902</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>148</v>
       </c>
       <c r="B20" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="7">
-        <v>139.30000000000001</v>
+        <v>134.4</v>
       </c>
       <c r="E20" s="7">
+        <v>136.1</v>
+      </c>
+      <c r="G20" s="7">
+        <v>141.6</v>
+      </c>
+      <c r="I20" s="7">
         <v>141.4</v>
       </c>
-      <c r="G20" s="7">
-[...4 lines deleted...]
-      </c>
       <c r="K20" s="7">
-        <v>-2.0999999999999899</v>
+        <v>-1.69999999999999</v>
       </c>
       <c r="M20" s="7">
-        <v>-7.5999999999999899</v>
+        <v>-7.1999999999999904</v>
       </c>
       <c r="O20" s="7">
-        <v>1.19999999999999</v>
+        <v>-0.19999999999998899</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>149</v>
       </c>
       <c r="B21" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="7">
-        <v>274.7</v>
+        <v>270</v>
       </c>
       <c r="E21" s="7">
-        <v>275</v>
+        <v>270.7</v>
       </c>
       <c r="G21" s="7">
-        <v>280.39999999999998</v>
+        <v>275.5</v>
       </c>
       <c r="I21" s="7">
-        <v>279.60000000000002</v>
+        <v>277</v>
       </c>
       <c r="K21" s="7">
-        <v>-0.30000000000001098</v>
+        <v>-0.69999999999998896</v>
       </c>
       <c r="M21" s="7">
-        <v>-5.6999999999999904</v>
+        <v>-5.5</v>
       </c>
       <c r="O21" s="7">
-        <v>-0.79999999999995497</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>150</v>
       </c>
       <c r="B22" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="7">
-        <v>186.2</v>
+        <v>187.7</v>
       </c>
       <c r="E22" s="7">
-        <v>187.1</v>
+        <v>187.2</v>
       </c>
       <c r="G22" s="7">
-        <v>192.4</v>
+        <v>190.6</v>
       </c>
       <c r="I22" s="7">
-        <v>192.5</v>
+        <v>191.5</v>
       </c>
       <c r="K22" s="7">
-        <v>-0.90000000000000602</v>
+        <v>0.5</v>
       </c>
       <c r="M22" s="7">
-        <v>-6.2000000000000197</v>
+        <v>-2.9000000000000101</v>
       </c>
       <c r="O22" s="7">
-        <v>9.9999999999994302E-2</v>
+        <v>0.90000000000000602</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>151</v>
       </c>
       <c r="B23" t="s">
         <v>22</v>
       </c>
       <c r="C23" s="7">
-        <v>12.7</v>
+        <v>12.9</v>
       </c>
       <c r="E23" s="7">
         <v>12.8</v>
       </c>
       <c r="G23" s="7">
-        <v>13.2</v>
+        <v>13.1</v>
       </c>
       <c r="I23" s="7">
-        <v>13.3</v>
+        <v>13.1</v>
       </c>
       <c r="K23" s="7">
-        <v>-0.100000000000001</v>
+        <v>9.9999999999999603E-2</v>
       </c>
       <c r="M23" s="7">
-        <v>-0.5</v>
+        <v>-0.19999999999999901</v>
       </c>
       <c r="O23" s="7">
-        <v>0.100000000000001</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>152</v>
       </c>
       <c r="B24" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="7">
         <v>5.7</v>
       </c>
       <c r="E24" s="7">
         <v>5.7</v>
       </c>
       <c r="G24" s="7">
         <v>5.8</v>
       </c>
       <c r="I24" s="7">
         <v>5.8</v>
       </c>
       <c r="K24" s="7">
         <v>0</v>
       </c>
       <c r="M24" s="7">
         <v>-9.9999999999999603E-2</v>
       </c>
       <c r="O24" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>153</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" s="7">
-        <v>8.4</v>
+        <v>8.5</v>
       </c>
       <c r="E25" s="7">
         <v>8.4</v>
       </c>
       <c r="G25" s="7">
-        <v>8.6999999999999993</v>
+        <v>8.6</v>
       </c>
       <c r="I25" s="7">
-        <v>8.6999999999999993</v>
+        <v>8.6</v>
       </c>
       <c r="K25" s="7">
-        <v>0</v>
+        <v>9.9999999999999603E-2</v>
       </c>
       <c r="M25" s="7">
-        <v>-0.29999999999999899</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="O25" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>154</v>
       </c>
       <c r="B26" t="s">
         <v>25</v>
       </c>
       <c r="C26" s="7">
-        <v>18.3</v>
+        <v>18.5</v>
       </c>
       <c r="E26" s="7">
         <v>18.399999999999999</v>
       </c>
       <c r="G26" s="7">
         <v>18.600000000000001</v>
       </c>
       <c r="I26" s="7">
-        <v>18.5</v>
+        <v>18.600000000000001</v>
       </c>
       <c r="K26" s="7">
-        <v>-9.9999999999997896E-2</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M26" s="7">
-        <v>-0.30000000000000099</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="O26" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>155</v>
       </c>
       <c r="B27" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="7">
-        <v>14.1</v>
+        <v>14.3</v>
       </c>
       <c r="E27" s="7">
         <v>14.2</v>
       </c>
       <c r="G27" s="7">
-        <v>14.3</v>
+        <v>14.4</v>
       </c>
       <c r="I27" s="7">
-        <v>14.5</v>
+        <v>14.4</v>
       </c>
       <c r="K27" s="7">
+        <v>0.100000000000001</v>
+      </c>
+      <c r="M27" s="7">
         <v>-9.9999999999999603E-2</v>
       </c>
-      <c r="M27" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="O27" s="7">
-        <v>0.19999999999999901</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>156</v>
       </c>
       <c r="B28" t="s">
         <v>27</v>
       </c>
       <c r="C28" s="7">
-        <v>18.2</v>
+        <v>18.399999999999999</v>
       </c>
       <c r="E28" s="7">
         <v>18.3</v>
       </c>
       <c r="G28" s="7">
         <v>18.399999999999999</v>
       </c>
       <c r="I28" s="7">
         <v>18.399999999999999</v>
       </c>
       <c r="K28" s="7">
-        <v>-0.100000000000001</v>
+        <v>9.9999999999997896E-2</v>
       </c>
       <c r="M28" s="7">
-        <v>-0.19999999999999901</v>
+        <v>0</v>
       </c>
       <c r="O28" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>157</v>
       </c>
       <c r="B29" t="s">
         <v>28</v>
       </c>
       <c r="C29" s="7">
-        <v>86.1</v>
+        <v>87.9</v>
       </c>
       <c r="E29" s="7">
-        <v>85.8</v>
+        <v>87.1</v>
       </c>
       <c r="G29" s="7">
-        <v>93.4</v>
+        <v>91.7</v>
       </c>
       <c r="I29" s="7">
-        <v>93.1</v>
+        <v>92.7</v>
       </c>
       <c r="K29" s="7">
-        <v>0.29999999999999699</v>
+        <v>0.80000000000001104</v>
       </c>
       <c r="M29" s="7">
-        <v>-7.3000000000000096</v>
+        <v>-3.8</v>
       </c>
       <c r="O29" s="7">
-        <v>-0.30000000000001098</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>158</v>
       </c>
       <c r="B30" t="s">
         <v>29</v>
       </c>
       <c r="C30" s="7">
-        <v>76.400000000000006</v>
+        <v>78.2</v>
       </c>
       <c r="E30" s="7">
-        <v>76.3</v>
+        <v>77.400000000000006</v>
       </c>
       <c r="G30" s="7">
-        <v>83.8</v>
+        <v>82.3</v>
       </c>
       <c r="I30" s="7">
-        <v>83.5</v>
+        <v>83.2</v>
       </c>
       <c r="K30" s="7">
-        <v>0.100000000000009</v>
+        <v>0.79999999999999705</v>
       </c>
       <c r="M30" s="7">
-        <v>-7.3999999999999897</v>
+        <v>-4.0999999999999899</v>
       </c>
       <c r="O30" s="7">
-        <v>-0.29999999999999699</v>
+        <v>0.90000000000000602</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>159</v>
       </c>
       <c r="B31" t="s">
         <v>30</v>
       </c>
       <c r="C31" s="7">
-        <v>88.5</v>
+        <v>82.3</v>
       </c>
       <c r="E31" s="7">
-        <v>87.9</v>
+        <v>83.5</v>
       </c>
       <c r="G31" s="7">
-        <v>88</v>
+        <v>84.9</v>
       </c>
       <c r="I31" s="7">
-        <v>87.1</v>
+        <v>85.5</v>
       </c>
       <c r="K31" s="7">
+        <v>-1.2</v>
+      </c>
+      <c r="M31" s="7">
+        <v>-2.6000000000000099</v>
+      </c>
+      <c r="O31" s="7">
         <v>0.59999999999999398</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.90000000000000602</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>160</v>
       </c>
       <c r="B32" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="7">
-        <v>44.2</v>
+        <v>39.9</v>
       </c>
       <c r="E32" s="7">
-        <v>43.5</v>
+        <v>40.6</v>
       </c>
       <c r="G32" s="7">
-        <v>42.6</v>
+        <v>40.799999999999997</v>
       </c>
       <c r="I32" s="7">
-        <v>41.6</v>
+        <v>41.4</v>
       </c>
       <c r="K32" s="7">
-        <v>0.70000000000000295</v>
+        <v>-0.70000000000000295</v>
       </c>
       <c r="M32" s="7">
-        <v>1.6</v>
+        <v>-0.89999999999999902</v>
       </c>
       <c r="O32" s="7">
-        <v>-1</v>
+        <v>0.60000000000000098</v>
       </c>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>161</v>
       </c>
       <c r="B33" t="s">
         <v>32</v>
       </c>
       <c r="C33" s="7">
-        <v>12.7</v>
+        <v>11.1</v>
       </c>
       <c r="E33" s="7">
-        <v>12.4</v>
+        <v>11.5</v>
       </c>
       <c r="G33" s="7">
-        <v>12.6</v>
+        <v>11.5</v>
       </c>
       <c r="I33" s="7">
-        <v>12.4</v>
+        <v>11.7</v>
       </c>
       <c r="K33" s="7">
-        <v>0.29999999999999899</v>
+        <v>-0.4</v>
       </c>
       <c r="M33" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>-0.4</v>
       </c>
       <c r="O33" s="7">
-        <v>-0.19999999999999901</v>
+        <v>0.19999999999999901</v>
       </c>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>162</v>
       </c>
       <c r="B34" t="s">
         <v>33</v>
       </c>
       <c r="C34" s="7">
+        <v>6.9</v>
+      </c>
+      <c r="E34" s="7">
+        <v>7</v>
+      </c>
+      <c r="G34" s="7">
+        <v>7</v>
+      </c>
+      <c r="I34" s="7">
         <v>7.1</v>
       </c>
-      <c r="E34" s="7">
-[...7 lines deleted...]
-      </c>
       <c r="K34" s="7">
-        <v>0</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="M34" s="7">
-        <v>-0.100000000000001</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="O34" s="7">
-        <v>0</v>
+        <v>9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>163</v>
       </c>
       <c r="B35" t="s">
         <v>34</v>
       </c>
       <c r="C35" s="7">
-        <v>4.8</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="E35" s="7">
-        <v>4.8</v>
+        <v>4.7</v>
       </c>
       <c r="G35" s="7">
         <v>4.8</v>
       </c>
       <c r="I35" s="7">
         <v>4.8</v>
       </c>
       <c r="K35" s="7">
-        <v>0</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="M35" s="7">
-        <v>0</v>
+        <v>-0.2</v>
       </c>
       <c r="O35" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>164</v>
       </c>
       <c r="B36" t="s">
         <v>35</v>
       </c>
       <c r="C36" s="7">
-        <v>3169.4</v>
+        <v>3178.8</v>
       </c>
       <c r="E36" s="7">
-        <v>3171.1</v>
+        <v>3179.2</v>
       </c>
       <c r="G36" s="7">
-        <v>3152.5</v>
+        <v>3176.1</v>
       </c>
       <c r="I36" s="7">
-        <v>3134.3</v>
+        <v>3163.9</v>
       </c>
       <c r="K36" s="7">
-        <v>-1.6999999999998201</v>
+        <v>-0.39999999999963598</v>
       </c>
       <c r="M36" s="7">
-        <v>16.900000000000102</v>
+        <v>2.7000000000002702</v>
       </c>
       <c r="O36" s="7">
-        <v>-18.1999999999998</v>
+        <v>-12.1999999999998</v>
       </c>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>165</v>
       </c>
       <c r="B37" t="s">
         <v>36</v>
       </c>
       <c r="C37" s="7">
-        <v>2570.1</v>
+        <v>2571.8000000000002</v>
       </c>
       <c r="E37" s="7">
-        <v>2583.5</v>
+        <v>2566.6999999999998</v>
       </c>
       <c r="G37" s="7">
-        <v>2547</v>
+        <v>2553.8000000000002</v>
       </c>
       <c r="I37" s="7">
-        <v>2540.5</v>
+        <v>2539.1999999999998</v>
       </c>
       <c r="K37" s="7">
-        <v>-13.4000000000001</v>
+        <v>5.1000000000003602</v>
       </c>
       <c r="M37" s="7">
-        <v>23.099999999999898</v>
+        <v>18</v>
       </c>
       <c r="O37" s="7">
-        <v>-6.5</v>
+        <v>-14.600000000000399</v>
       </c>
     </row>
     <row r="38" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>166</v>
       </c>
       <c r="B38" t="s">
         <v>37</v>
       </c>
       <c r="C38" s="7">
-        <v>627.6</v>
+        <v>637.4</v>
       </c>
       <c r="E38" s="7">
-        <v>630</v>
+        <v>635.1</v>
       </c>
       <c r="G38" s="7">
-        <v>630</v>
+        <v>634.20000000000005</v>
       </c>
       <c r="I38" s="7">
-        <v>627.5</v>
+        <v>630.9</v>
       </c>
       <c r="K38" s="7">
-        <v>-2.3999999999999799</v>
+        <v>2.2999999999999501</v>
       </c>
       <c r="M38" s="7">
-        <v>-2.3999999999999799</v>
+        <v>3.19999999999993</v>
       </c>
       <c r="O38" s="7">
-        <v>-2.5</v>
+        <v>-3.30000000000007</v>
       </c>
     </row>
     <row r="39" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>167</v>
       </c>
       <c r="B39" t="s">
         <v>38</v>
       </c>
       <c r="C39" s="7">
-        <v>137.6</v>
+        <v>136.6</v>
       </c>
       <c r="E39" s="7">
-        <v>138.30000000000001</v>
+        <v>136.5</v>
       </c>
       <c r="G39" s="7">
-        <v>139.1</v>
+        <v>134.19999999999999</v>
       </c>
       <c r="I39" s="7">
-        <v>138.5</v>
+        <v>135.4</v>
       </c>
       <c r="K39" s="7">
-        <v>-0.70000000000001705</v>
+        <v>9.9999999999994302E-2</v>
       </c>
       <c r="M39" s="7">
-        <v>-1.5</v>
+        <v>2.4000000000000101</v>
       </c>
       <c r="O39" s="7">
-        <v>-0.59999999999999398</v>
+        <v>1.2000000000000199</v>
       </c>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>168</v>
       </c>
       <c r="B40" t="s">
         <v>39</v>
       </c>
       <c r="C40" s="7">
-        <v>74.2</v>
+        <v>74.599999999999994</v>
       </c>
       <c r="E40" s="7">
-        <v>75.099999999999994</v>
+        <v>74.099999999999994</v>
       </c>
       <c r="G40" s="7">
-        <v>74</v>
+        <v>72.8</v>
       </c>
       <c r="I40" s="7">
-        <v>74.2</v>
+        <v>73.099999999999994</v>
       </c>
       <c r="K40" s="7">
-        <v>-0.89999999999999103</v>
+        <v>0.5</v>
       </c>
       <c r="M40" s="7">
-        <v>0.20000000000000301</v>
+        <v>1.8</v>
       </c>
       <c r="O40" s="7">
-        <v>0.20000000000000301</v>
+        <v>0.29999999999999699</v>
       </c>
     </row>
     <row r="41" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>169</v>
       </c>
       <c r="B41" t="s">
         <v>40</v>
       </c>
       <c r="C41" s="7">
-        <v>50.1</v>
+        <v>48.7</v>
       </c>
       <c r="E41" s="7">
-        <v>49.9</v>
+        <v>49.2</v>
       </c>
       <c r="G41" s="7">
-        <v>51.7</v>
+        <v>48.4</v>
       </c>
       <c r="I41" s="7">
-        <v>50.9</v>
+        <v>49.2</v>
       </c>
       <c r="K41" s="7">
-        <v>0.20000000000000301</v>
+        <v>-0.5</v>
       </c>
       <c r="M41" s="7">
-        <v>-1.6</v>
+        <v>0.30000000000000399</v>
       </c>
       <c r="O41" s="7">
-        <v>-0.80000000000000404</v>
+        <v>0.80000000000000404</v>
       </c>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>170</v>
       </c>
       <c r="B42" t="s">
         <v>41</v>
       </c>
       <c r="C42" s="7">
         <v>13.3</v>
       </c>
       <c r="E42" s="7">
-        <v>13.3</v>
+        <v>13.2</v>
       </c>
       <c r="G42" s="7">
-        <v>13.4</v>
+        <v>13</v>
       </c>
       <c r="I42" s="7">
-        <v>13.4</v>
+        <v>13.1</v>
       </c>
       <c r="K42" s="7">
-        <v>0</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M42" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0.30000000000000099</v>
       </c>
       <c r="O42" s="7">
-        <v>0</v>
+        <v>9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>171</v>
       </c>
       <c r="B43" t="s">
         <v>42</v>
       </c>
       <c r="C43" s="7">
-        <v>335.1</v>
+        <v>343.5</v>
       </c>
       <c r="E43" s="7">
-        <v>335.7</v>
+        <v>341.4</v>
       </c>
       <c r="G43" s="7">
-        <v>335.5</v>
+        <v>341.8</v>
       </c>
       <c r="I43" s="7">
-        <v>335.6</v>
+        <v>340.2</v>
       </c>
       <c r="K43" s="7">
-        <v>-0.599999999999966</v>
+        <v>2.1000000000000201</v>
       </c>
       <c r="M43" s="7">
-        <v>-0.39999999999997699</v>
+        <v>1.69999999999999</v>
       </c>
       <c r="O43" s="7">
-        <v>0.100000000000023</v>
+        <v>-1.6000000000000201</v>
       </c>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>172</v>
       </c>
       <c r="B44" t="s">
         <v>43</v>
       </c>
       <c r="C44" s="7">
-        <v>41.8</v>
+        <v>40.9</v>
       </c>
       <c r="E44" s="7">
-        <v>42.5</v>
+        <v>41.6</v>
       </c>
       <c r="G44" s="7">
-        <v>43.2</v>
+        <v>42.4</v>
       </c>
       <c r="I44" s="7">
-        <v>43</v>
+        <v>42.2</v>
       </c>
       <c r="K44" s="7">
         <v>-0.70000000000000295</v>
       </c>
       <c r="M44" s="7">
-        <v>-1.4000000000000099</v>
+        <v>-1.5</v>
       </c>
       <c r="O44" s="7">
-        <v>-0.20000000000000301</v>
+        <v>-0.19999999999999599</v>
       </c>
     </row>
     <row r="45" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
         <v>173</v>
       </c>
       <c r="B45" t="s">
         <v>44</v>
       </c>
       <c r="C45" s="7">
-        <v>31.1</v>
+        <v>30.4</v>
       </c>
       <c r="E45" s="7">
-        <v>31.7</v>
+        <v>30.2</v>
       </c>
       <c r="G45" s="7">
-        <v>31.5</v>
+        <v>30.5</v>
       </c>
       <c r="I45" s="7">
-        <v>32</v>
+        <v>30.5</v>
       </c>
       <c r="K45" s="7">
-        <v>-0.59999999999999798</v>
+        <v>0.19999999999999901</v>
       </c>
       <c r="M45" s="7">
-        <v>-0.39999999999999902</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="O45" s="7">
-        <v>0.5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
         <v>174</v>
       </c>
       <c r="B46" t="s">
         <v>45</v>
       </c>
       <c r="C46" s="7">
-        <v>72.400000000000006</v>
+        <v>73.400000000000006</v>
       </c>
       <c r="E46" s="7">
-        <v>72.599999999999994</v>
+        <v>73.3</v>
       </c>
       <c r="G46" s="7">
-        <v>72.400000000000006</v>
+        <v>73.2</v>
       </c>
       <c r="I46" s="7">
-        <v>72.5</v>
+        <v>73.400000000000006</v>
       </c>
       <c r="K46" s="7">
-        <v>-0.19999999999998899</v>
+        <v>0.100000000000009</v>
       </c>
       <c r="M46" s="7">
-        <v>0</v>
+        <v>0.20000000000000301</v>
       </c>
       <c r="O46" s="7">
-        <v>9.9999999999994302E-2</v>
+        <v>0.20000000000000301</v>
       </c>
     </row>
     <row r="47" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
         <v>175</v>
       </c>
       <c r="B47" t="s">
         <v>46</v>
       </c>
       <c r="C47" s="7">
-        <v>154.9</v>
+        <v>157.30000000000001</v>
       </c>
       <c r="E47" s="7">
-        <v>156</v>
+        <v>157.19999999999999</v>
       </c>
       <c r="G47" s="7">
-        <v>155.4</v>
+        <v>158.19999999999999</v>
       </c>
       <c r="I47" s="7">
-        <v>153.4</v>
+        <v>155.30000000000001</v>
       </c>
       <c r="K47" s="7">
-        <v>-1.0999999999999901</v>
+        <v>0.100000000000023</v>
       </c>
       <c r="M47" s="7">
-        <v>-0.5</v>
+        <v>-0.89999999999997704</v>
       </c>
       <c r="O47" s="7">
-        <v>-2</v>
+        <v>-2.8999999999999799</v>
       </c>
     </row>
     <row r="48" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
         <v>176</v>
       </c>
       <c r="B48" t="s">
         <v>47</v>
       </c>
       <c r="C48" s="7">
         <v>6.1</v>
       </c>
       <c r="E48" s="7">
         <v>6.1</v>
       </c>
       <c r="G48" s="7">
         <v>6</v>
       </c>
       <c r="I48" s="7">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="K48" s="7">
         <v>0</v>
       </c>
       <c r="M48" s="7">
         <v>9.9999999999999603E-2</v>
       </c>
       <c r="O48" s="7">
-        <v>0</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="49" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
         <v>177</v>
       </c>
       <c r="B49" t="s">
         <v>48</v>
       </c>
       <c r="C49" s="7">
-        <v>148.80000000000001</v>
+        <v>151.19999999999999</v>
       </c>
       <c r="E49" s="7">
-        <v>149.9</v>
+        <v>151.1</v>
       </c>
       <c r="G49" s="7">
+        <v>152.19999999999999</v>
+      </c>
+      <c r="I49" s="7">
         <v>149.4</v>
       </c>
-      <c r="I49" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="K49" s="7">
-        <v>-1.0999999999999901</v>
+        <v>9.9999999999994302E-2</v>
       </c>
       <c r="M49" s="7">
-        <v>-0.59999999999999398</v>
+        <v>-1</v>
       </c>
       <c r="O49" s="7">
-        <v>-2</v>
+        <v>-2.7999999999999798</v>
       </c>
     </row>
     <row r="50" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
         <v>178</v>
       </c>
       <c r="B50" t="s">
         <v>49</v>
       </c>
       <c r="C50" s="7">
+        <v>18.8</v>
+      </c>
+      <c r="E50" s="7">
         <v>18.899999999999999</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="G50" s="7">
         <v>18.5</v>
       </c>
       <c r="I50" s="7">
-        <v>18.5</v>
+        <v>18.3</v>
       </c>
       <c r="K50" s="7">
-        <v>-0.100000000000001</v>
+        <v>-9.9999999999997896E-2</v>
       </c>
       <c r="M50" s="7">
-        <v>0.39999999999999902</v>
+        <v>0.30000000000000099</v>
       </c>
       <c r="O50" s="7">
-        <v>0</v>
+        <v>-0.19999999999999901</v>
       </c>
     </row>
     <row r="51" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
         <v>179</v>
       </c>
       <c r="B51" t="s">
         <v>50</v>
       </c>
       <c r="C51" s="7">
-        <v>24.3</v>
+        <v>24.1</v>
       </c>
       <c r="E51" s="7">
         <v>24.5</v>
       </c>
       <c r="G51" s="7">
-        <v>24.8</v>
+        <v>24.7</v>
       </c>
       <c r="I51" s="7">
         <v>24.6</v>
       </c>
       <c r="K51" s="7">
-        <v>-0.19999999999999901</v>
+        <v>-0.39999999999999902</v>
       </c>
       <c r="M51" s="7">
-        <v>-0.5</v>
+        <v>-0.59999999999999798</v>
       </c>
       <c r="O51" s="7">
-        <v>-0.19999999999999901</v>
+        <v>-9.9999999999997896E-2</v>
       </c>
     </row>
     <row r="52" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
         <v>180</v>
       </c>
       <c r="B52" t="s">
         <v>51</v>
       </c>
       <c r="C52" s="7">
-        <v>21.7</v>
+        <v>21.5</v>
       </c>
       <c r="E52" s="7">
         <v>21.8</v>
       </c>
       <c r="G52" s="7">
+        <v>22.3</v>
+      </c>
+      <c r="I52" s="7">
         <v>22.2</v>
       </c>
-      <c r="I52" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="K52" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="M52" s="7">
+        <v>-0.80000000000000104</v>
+      </c>
+      <c r="O52" s="7">
         <v>-0.100000000000001</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="53" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
         <v>181</v>
       </c>
       <c r="B53" t="s">
         <v>52</v>
       </c>
       <c r="C53" s="7">
-        <v>33.700000000000003</v>
+        <v>33.5</v>
       </c>
       <c r="E53" s="7">
-        <v>33.700000000000003</v>
+        <v>33.799999999999997</v>
       </c>
       <c r="G53" s="7">
+        <v>34.1</v>
+      </c>
+      <c r="I53" s="7">
         <v>34</v>
       </c>
-      <c r="I53" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="K53" s="7">
-        <v>0</v>
+        <v>-0.29999999999999699</v>
       </c>
       <c r="M53" s="7">
-        <v>-0.29999999999999699</v>
+        <v>-0.60000000000000098</v>
       </c>
       <c r="O53" s="7">
         <v>-0.100000000000001</v>
       </c>
     </row>
     <row r="54" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A54" t="s">
         <v>182</v>
       </c>
       <c r="B54" t="s">
         <v>53</v>
       </c>
       <c r="C54" s="7">
+        <v>170.6</v>
+      </c>
+      <c r="E54" s="7">
         <v>168.7</v>
       </c>
-      <c r="E54" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="G54" s="7">
-        <v>166.2</v>
+        <v>165.7</v>
       </c>
       <c r="I54" s="7">
-        <v>166.9</v>
+        <v>164.5</v>
       </c>
       <c r="K54" s="7">
-        <v>-1.2000000000000199</v>
+        <v>1.9000000000000099</v>
       </c>
       <c r="M54" s="7">
-        <v>2.5</v>
+        <v>4.9000000000000101</v>
       </c>
       <c r="O54" s="7">
-        <v>0.70000000000001705</v>
+        <v>-1.19999999999999</v>
       </c>
     </row>
     <row r="55" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A55" t="s">
         <v>183</v>
       </c>
       <c r="B55" t="s">
         <v>54</v>
       </c>
       <c r="C55" s="7">
-        <v>163.9</v>
+        <v>162.9</v>
       </c>
       <c r="E55" s="7">
-        <v>164.6</v>
+        <v>162.6</v>
       </c>
       <c r="G55" s="7">
-        <v>164.6</v>
+        <v>165.4</v>
       </c>
       <c r="I55" s="7">
-        <v>164.7</v>
+        <v>165.5</v>
       </c>
       <c r="K55" s="7">
-        <v>-0.69999999999998896</v>
+        <v>0.30000000000001098</v>
       </c>
       <c r="M55" s="7">
-        <v>-0.69999999999998896</v>
+        <v>-2.5</v>
       </c>
       <c r="O55" s="7">
         <v>9.9999999999994302E-2</v>
       </c>
     </row>
     <row r="56" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A56" t="s">
         <v>184</v>
       </c>
       <c r="B56" t="s">
         <v>55</v>
       </c>
       <c r="C56" s="7">
         <v>100.3</v>
       </c>
       <c r="E56" s="7">
-        <v>100.3</v>
+        <v>100</v>
       </c>
       <c r="G56" s="7">
-        <v>100.8</v>
+        <v>101.6</v>
       </c>
       <c r="I56" s="7">
-        <v>100.6</v>
+        <v>101.8</v>
       </c>
       <c r="K56" s="7">
-        <v>0</v>
+        <v>0.29999999999999699</v>
       </c>
       <c r="M56" s="7">
-        <v>-0.5</v>
+        <v>-1.3</v>
       </c>
       <c r="O56" s="7">
-        <v>-0.20000000000000301</v>
+        <v>0.20000000000000301</v>
       </c>
     </row>
     <row r="57" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A57" t="s">
         <v>185</v>
       </c>
       <c r="B57" t="s">
         <v>56</v>
       </c>
       <c r="C57" s="7">
-        <v>40.299999999999997</v>
+        <v>40</v>
       </c>
       <c r="E57" s="7">
-        <v>40.299999999999997</v>
+        <v>39.9</v>
       </c>
       <c r="G57" s="7">
         <v>40.799999999999997</v>
       </c>
       <c r="I57" s="7">
-        <v>40.9</v>
+        <v>41</v>
       </c>
       <c r="K57" s="7">
-        <v>0</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M57" s="7">
-        <v>-0.5</v>
+        <v>-0.79999999999999705</v>
       </c>
       <c r="O57" s="7">
-        <v>0.100000000000001</v>
+        <v>0.20000000000000301</v>
       </c>
     </row>
     <row r="58" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A58" t="s">
         <v>186</v>
       </c>
       <c r="B58" t="s">
         <v>57</v>
       </c>
       <c r="C58" s="7">
-        <v>42.4</v>
+        <v>42</v>
       </c>
       <c r="E58" s="7">
-        <v>42.4</v>
+        <v>42.1</v>
       </c>
       <c r="G58" s="7">
         <v>42.8</v>
       </c>
       <c r="I58" s="7">
-        <v>42.6</v>
+        <v>42.8</v>
       </c>
       <c r="K58" s="7">
-        <v>0</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="M58" s="7">
-        <v>-0.39999999999999902</v>
+        <v>-0.79999999999999705</v>
       </c>
       <c r="O58" s="7">
-        <v>-0.19999999999999599</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A59" t="s">
         <v>187</v>
       </c>
       <c r="B59" t="s">
         <v>58</v>
       </c>
       <c r="C59" s="7">
-        <v>63.6</v>
+        <v>62.6</v>
       </c>
       <c r="E59" s="7">
-        <v>64.3</v>
+        <v>62.6</v>
       </c>
       <c r="G59" s="7">
         <v>63.8</v>
       </c>
       <c r="I59" s="7">
-        <v>64.099999999999994</v>
+        <v>63.7</v>
       </c>
       <c r="K59" s="7">
-        <v>-0.69999999999999596</v>
+        <v>0</v>
       </c>
       <c r="M59" s="7">
-        <v>-0.19999999999999599</v>
+        <v>-1.2</v>
       </c>
       <c r="O59" s="7">
-        <v>0.29999999999999699</v>
+        <v>-9.9999999999994302E-2</v>
       </c>
     </row>
     <row r="60" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A60" t="s">
         <v>188</v>
       </c>
       <c r="B60" t="s">
         <v>59</v>
       </c>
       <c r="C60" s="7">
-        <v>553.4</v>
+        <v>547.29999999999995</v>
       </c>
       <c r="E60" s="7">
-        <v>552.9</v>
+        <v>552.20000000000005</v>
       </c>
       <c r="G60" s="7">
-        <v>552.1</v>
+        <v>552.70000000000005</v>
       </c>
       <c r="I60" s="7">
-        <v>552.5</v>
+        <v>551.1</v>
       </c>
       <c r="K60" s="7">
-        <v>0.5</v>
+        <v>-4.9000000000000901</v>
       </c>
       <c r="M60" s="7">
-        <v>1.2999999999999501</v>
+        <v>-5.4000000000000901</v>
       </c>
       <c r="O60" s="7">
-        <v>0.39999999999997699</v>
+        <v>-1.6000000000000201</v>
       </c>
     </row>
     <row r="61" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A61" t="s">
         <v>189</v>
       </c>
       <c r="B61" t="s">
         <v>60</v>
       </c>
       <c r="C61" s="7">
-        <v>265.89999999999998</v>
+        <v>267.5</v>
       </c>
       <c r="E61" s="7">
-        <v>265.5</v>
+        <v>268.2</v>
       </c>
       <c r="G61" s="7">
-        <v>263.3</v>
+        <v>263.5</v>
       </c>
       <c r="I61" s="7">
-        <v>264</v>
+        <v>261.7</v>
       </c>
       <c r="K61" s="7">
-        <v>0.39999999999997699</v>
+        <v>-0.69999999999998896</v>
       </c>
       <c r="M61" s="7">
-        <v>2.5999999999999699</v>
+        <v>4</v>
       </c>
       <c r="O61" s="7">
-        <v>0.69999999999998896</v>
+        <v>-1.80000000000001</v>
       </c>
     </row>
     <row r="62" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A62" t="s">
         <v>190</v>
       </c>
       <c r="B62" t="s">
         <v>61</v>
       </c>
       <c r="C62" s="7">
-        <v>21.7</v>
+        <v>21.8</v>
       </c>
       <c r="E62" s="7">
-        <v>21.7</v>
+        <v>21.8</v>
       </c>
       <c r="G62" s="7">
-        <v>21.4</v>
+        <v>21.6</v>
       </c>
       <c r="I62" s="7">
-        <v>21.4</v>
+        <v>21.6</v>
       </c>
       <c r="K62" s="7">
         <v>0</v>
       </c>
       <c r="M62" s="7">
-        <v>0.30000000000000099</v>
+        <v>0.19999999999999901</v>
       </c>
       <c r="O62" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A63" t="s">
         <v>191</v>
       </c>
       <c r="B63" t="s">
         <v>62</v>
       </c>
       <c r="C63" s="7">
-        <v>24.7</v>
+        <v>24.9</v>
       </c>
       <c r="E63" s="7">
-        <v>24.7</v>
+        <v>24.9</v>
       </c>
       <c r="G63" s="7">
-        <v>24.6</v>
+        <v>24.8</v>
       </c>
       <c r="I63" s="7">
         <v>24.7</v>
       </c>
       <c r="K63" s="7">
         <v>0</v>
       </c>
       <c r="M63" s="7">
         <v>9.9999999999997896E-2</v>
       </c>
       <c r="O63" s="7">
-        <v>9.9999999999997896E-2</v>
+        <v>-0.100000000000001</v>
       </c>
     </row>
     <row r="64" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A64" t="s">
         <v>192</v>
       </c>
       <c r="B64" t="s">
         <v>63</v>
       </c>
       <c r="C64" s="7">
+        <v>41.7</v>
+      </c>
+      <c r="E64" s="7">
+        <v>41.8</v>
+      </c>
+      <c r="G64" s="7">
+        <v>42</v>
+      </c>
+      <c r="I64" s="7">
         <v>41.6</v>
       </c>
-      <c r="E64" s="7">
-[...7 lines deleted...]
-      </c>
       <c r="K64" s="7">
-        <v>-0.69999999999999596</v>
+        <v>-9.9999999999994302E-2</v>
       </c>
       <c r="M64" s="7">
-        <v>0.30000000000000399</v>
+        <v>-0.29999999999999699</v>
       </c>
       <c r="O64" s="7">
-        <v>0.100000000000001</v>
+        <v>-0.39999999999999902</v>
       </c>
     </row>
     <row r="65" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A65" t="s">
         <v>193</v>
       </c>
       <c r="B65" t="s">
         <v>64</v>
       </c>
       <c r="C65" s="7">
-        <v>76.400000000000006</v>
+        <v>76.2</v>
       </c>
       <c r="E65" s="7">
-        <v>76.3</v>
+        <v>77.5</v>
       </c>
       <c r="G65" s="7">
+        <v>73.900000000000006</v>
+      </c>
+      <c r="I65" s="7">
         <v>72.7</v>
       </c>
-      <c r="I65" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="K65" s="7">
-        <v>0.100000000000009</v>
+        <v>-1.3</v>
       </c>
       <c r="M65" s="7">
-        <v>3.7</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="O65" s="7">
-        <v>0.39999999999999097</v>
+        <v>-1.2</v>
       </c>
     </row>
     <row r="66" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A66" t="s">
         <v>194</v>
       </c>
       <c r="B66" t="s">
         <v>65</v>
       </c>
       <c r="C66" s="7">
-        <v>101.2</v>
+        <v>101.1</v>
       </c>
       <c r="E66" s="7">
-        <v>101.9</v>
+        <v>101.3</v>
       </c>
       <c r="G66" s="7">
-        <v>102</v>
+        <v>102.2</v>
       </c>
       <c r="I66" s="7">
-        <v>103</v>
+        <v>101.7</v>
       </c>
       <c r="K66" s="7">
-        <v>-0.70000000000000295</v>
+        <v>-0.20000000000000301</v>
       </c>
       <c r="M66" s="7">
-        <v>-0.79999999999999705</v>
+        <v>-1.1000000000000101</v>
       </c>
       <c r="O66" s="7">
-        <v>1</v>
+        <v>-0.5</v>
       </c>
     </row>
     <row r="67" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A67" t="s">
         <v>195</v>
       </c>
       <c r="B67" t="s">
         <v>66</v>
       </c>
       <c r="C67" s="7">
-        <v>186.3</v>
+        <v>178.7</v>
       </c>
       <c r="E67" s="7">
-        <v>185.5</v>
+        <v>182.7</v>
       </c>
       <c r="G67" s="7">
-        <v>186.8</v>
+        <v>187</v>
       </c>
       <c r="I67" s="7">
-        <v>185.5</v>
+        <v>187.7</v>
       </c>
       <c r="K67" s="7">
-        <v>0.80000000000001104</v>
+        <v>-4</v>
       </c>
       <c r="M67" s="7">
-        <v>-0.5</v>
+        <v>-8.3000000000000096</v>
       </c>
       <c r="O67" s="7">
-        <v>-1.30000000000001</v>
+        <v>0.69999999999998896</v>
       </c>
     </row>
     <row r="68" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A68" t="s">
         <v>196</v>
       </c>
       <c r="B68" t="s">
         <v>67</v>
       </c>
       <c r="C68" s="7">
-        <v>167.3</v>
+        <v>159.9</v>
       </c>
       <c r="E68" s="7">
-        <v>166.4</v>
+        <v>163.80000000000001</v>
       </c>
       <c r="G68" s="7">
-        <v>168.1</v>
+        <v>168</v>
       </c>
       <c r="I68" s="7">
-        <v>166.6</v>
+        <v>168.7</v>
       </c>
       <c r="K68" s="7">
-        <v>0.90000000000000602</v>
+        <v>-3.9000000000000101</v>
       </c>
       <c r="M68" s="7">
-        <v>-0.79999999999998295</v>
+        <v>-8.0999999999999908</v>
       </c>
       <c r="O68" s="7">
-        <v>-1.5</v>
+        <v>0.69999999999998896</v>
       </c>
     </row>
     <row r="69" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A69" t="s">
         <v>197</v>
       </c>
       <c r="B69" t="s">
         <v>68</v>
       </c>
       <c r="C69" s="7">
-        <v>52.4</v>
+        <v>47.8</v>
       </c>
       <c r="E69" s="7">
-        <v>50.8</v>
+        <v>49.5</v>
       </c>
       <c r="G69" s="7">
-        <v>52.9</v>
+        <v>53.3</v>
       </c>
       <c r="I69" s="7">
-        <v>50.8</v>
+        <v>53.3</v>
       </c>
       <c r="K69" s="7">
-        <v>1.6</v>
+        <v>-1.7</v>
       </c>
       <c r="M69" s="7">
-        <v>-0.5</v>
+        <v>-5.5</v>
       </c>
       <c r="O69" s="7">
-        <v>-2.1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A70" t="s">
         <v>198</v>
       </c>
       <c r="B70" t="s">
         <v>69</v>
       </c>
       <c r="C70" s="7">
+        <v>18.8</v>
+      </c>
+      <c r="E70" s="7">
+        <v>18.899999999999999</v>
+      </c>
+      <c r="G70" s="7">
         <v>19</v>
       </c>
-      <c r="E70" s="7">
-[...4 lines deleted...]
-      </c>
       <c r="I70" s="7">
-        <v>18.899999999999999</v>
+        <v>19</v>
       </c>
       <c r="K70" s="7">
-        <v>-0.100000000000001</v>
+        <v>-9.9999999999997896E-2</v>
       </c>
       <c r="M70" s="7">
-        <v>0.30000000000000099</v>
+        <v>-0.19999999999999901</v>
       </c>
       <c r="O70" s="7">
-        <v>0.19999999999999901</v>
+        <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A71" t="s">
         <v>199</v>
       </c>
       <c r="B71" t="s">
         <v>70</v>
       </c>
       <c r="C71" s="7">
-        <v>570.6</v>
+        <v>582.6</v>
       </c>
       <c r="E71" s="7">
-        <v>566.29999999999995</v>
+        <v>581.20000000000005</v>
       </c>
       <c r="G71" s="7">
-        <v>555.29999999999995</v>
+        <v>568.20000000000005</v>
       </c>
       <c r="I71" s="7">
-        <v>542.20000000000005</v>
+        <v>568.5</v>
       </c>
       <c r="K71" s="7">
-        <v>4.30000000000007</v>
+        <v>1.3999999999999799</v>
       </c>
       <c r="M71" s="7">
-        <v>15.3000000000001</v>
+        <v>14.4</v>
       </c>
       <c r="O71" s="7">
-        <v>-13.0999999999999</v>
+        <v>0.29999999999995502</v>
       </c>
     </row>
     <row r="72" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A72" t="s">
         <v>200</v>
       </c>
       <c r="B72" t="s">
         <v>71</v>
       </c>
       <c r="C72" s="7">
-        <v>75.5</v>
+        <v>79.900000000000006</v>
       </c>
       <c r="E72" s="7">
-        <v>71.3</v>
+        <v>80.5</v>
       </c>
       <c r="G72" s="7">
-        <v>73.599999999999994</v>
+        <v>81.099999999999994</v>
       </c>
       <c r="I72" s="7">
-        <v>64</v>
+        <v>81.8</v>
       </c>
       <c r="K72" s="7">
-        <v>4.2</v>
+        <v>-0.59999999999999398</v>
       </c>
       <c r="M72" s="7">
-        <v>1.9000000000000099</v>
+        <v>-1.19999999999999</v>
       </c>
       <c r="O72" s="7">
-        <v>-9.5999999999999908</v>
+        <v>0.70000000000000295</v>
       </c>
     </row>
     <row r="73" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A73" t="s">
         <v>201</v>
       </c>
       <c r="B73" t="s">
         <v>72</v>
       </c>
       <c r="C73" s="7">
-        <v>495.1</v>
+        <v>502.7</v>
       </c>
       <c r="E73" s="7">
-        <v>495</v>
+        <v>500.7</v>
       </c>
       <c r="G73" s="7">
-        <v>481.7</v>
+        <v>487.1</v>
       </c>
       <c r="I73" s="7">
-        <v>478.2</v>
+        <v>486.7</v>
       </c>
       <c r="K73" s="7">
-        <v>0.100000000000023</v>
+        <v>2</v>
       </c>
       <c r="M73" s="7">
-        <v>13.4</v>
+        <v>15.6</v>
       </c>
       <c r="O73" s="7">
-        <v>-3.5</v>
+        <v>-0.400000000000034</v>
       </c>
     </row>
     <row r="74" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A74" t="s">
         <v>202</v>
       </c>
       <c r="B74" t="s">
         <v>73</v>
       </c>
       <c r="C74" s="7">
-        <v>184.3</v>
+        <v>189.3</v>
       </c>
       <c r="E74" s="7">
-        <v>183.7</v>
+        <v>187.9</v>
       </c>
       <c r="G74" s="7">
-        <v>177.8</v>
+        <v>181.6</v>
       </c>
       <c r="I74" s="7">
-        <v>176.8</v>
+        <v>181.3</v>
       </c>
       <c r="K74" s="7">
-        <v>0.60000000000002296</v>
+        <v>1.4000000000000099</v>
       </c>
       <c r="M74" s="7">
-        <v>6.5</v>
+        <v>7.7000000000000197</v>
       </c>
       <c r="O74" s="7">
-        <v>-1</v>
+        <v>-0.299999999999983</v>
       </c>
     </row>
     <row r="75" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A75" t="s">
         <v>203</v>
       </c>
       <c r="B75" t="s">
         <v>74</v>
       </c>
       <c r="C75" s="7">
-        <v>97.3</v>
+        <v>97.4</v>
       </c>
       <c r="E75" s="7">
         <v>97.5</v>
       </c>
       <c r="G75" s="7">
-        <v>96.3</v>
+        <v>96.8</v>
       </c>
       <c r="I75" s="7">
-        <v>95.3</v>
+        <v>96.6</v>
       </c>
       <c r="K75" s="7">
+        <v>-9.9999999999994302E-2</v>
+      </c>
+      <c r="M75" s="7">
+        <v>0.60000000000000897</v>
+      </c>
+      <c r="O75" s="7">
         <v>-0.20000000000000301</v>
-      </c>
-[...4 lines deleted...]
-        <v>-1</v>
       </c>
     </row>
     <row r="76" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A76" t="s">
         <v>204</v>
       </c>
       <c r="B76" t="s">
         <v>75</v>
       </c>
       <c r="C76" s="7">
-        <v>66.7</v>
+        <v>67.8</v>
       </c>
       <c r="E76" s="7">
-        <v>67.3</v>
+        <v>67.599999999999994</v>
       </c>
       <c r="G76" s="7">
-        <v>66.400000000000006</v>
+        <v>66.599999999999994</v>
       </c>
       <c r="I76" s="7">
-        <v>65.7</v>
+        <v>65.3</v>
       </c>
       <c r="K76" s="7">
-        <v>-0.59999999999999398</v>
+        <v>0.20000000000000301</v>
       </c>
       <c r="M76" s="7">
-        <v>0.29999999999999699</v>
+        <v>1.2</v>
       </c>
       <c r="O76" s="7">
-        <v>-0.70000000000000295</v>
+        <v>-1.3</v>
       </c>
     </row>
     <row r="77" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A77" t="s">
         <v>205</v>
       </c>
       <c r="B77" t="s">
         <v>76</v>
       </c>
       <c r="C77" s="7">
-        <v>146.80000000000001</v>
+        <v>148.19999999999999</v>
       </c>
       <c r="E77" s="7">
-        <v>146.5</v>
+        <v>147.69999999999999</v>
       </c>
       <c r="G77" s="7">
-        <v>141.19999999999999</v>
+        <v>142.1</v>
       </c>
       <c r="I77" s="7">
-        <v>140.4</v>
+        <v>143.5</v>
       </c>
       <c r="K77" s="7">
-        <v>0.30000000000001098</v>
+        <v>0.5</v>
       </c>
       <c r="M77" s="7">
-        <v>5.6000000000000201</v>
+        <v>6.0999999999999899</v>
       </c>
       <c r="O77" s="7">
-        <v>-0.79999999999998295</v>
+        <v>1.4000000000000099</v>
       </c>
     </row>
     <row r="78" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A78" t="s">
         <v>206</v>
       </c>
       <c r="B78" t="s">
         <v>77</v>
       </c>
       <c r="C78" s="7">
-        <v>361.3</v>
+        <v>347.5</v>
       </c>
       <c r="E78" s="7">
-        <v>371.1</v>
+        <v>343</v>
       </c>
       <c r="G78" s="7">
-        <v>355.8</v>
+        <v>346.3</v>
       </c>
       <c r="I78" s="7">
-        <v>362.6</v>
+        <v>339.3</v>
       </c>
       <c r="K78" s="7">
-        <v>-9.8000000000000096</v>
+        <v>4.5</v>
       </c>
       <c r="M78" s="7">
-        <v>5.5</v>
+        <v>1.19999999999999</v>
       </c>
       <c r="O78" s="7">
-        <v>6.8000000000000096</v>
+        <v>-7</v>
       </c>
     </row>
     <row r="79" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A79" t="s">
         <v>207</v>
       </c>
       <c r="B79" t="s">
         <v>78</v>
       </c>
       <c r="C79" s="7">
-        <v>62.8</v>
+        <v>53.7</v>
       </c>
       <c r="E79" s="7">
-        <v>65.5</v>
+        <v>53.4</v>
       </c>
       <c r="G79" s="7">
-        <v>59.2</v>
+        <v>53.2</v>
       </c>
       <c r="I79" s="7">
-        <v>63.1</v>
+        <v>51.6</v>
       </c>
       <c r="K79" s="7">
-        <v>-2.7</v>
+        <v>0.30000000000000399</v>
       </c>
       <c r="M79" s="7">
-        <v>3.5999999999999899</v>
+        <v>0.5</v>
       </c>
       <c r="O79" s="7">
-        <v>3.9</v>
+        <v>-1.6</v>
       </c>
     </row>
     <row r="80" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A80" t="s">
         <v>208</v>
       </c>
       <c r="B80" t="s">
         <v>79</v>
       </c>
       <c r="C80" s="7">
-        <v>298.5</v>
+        <v>293.8</v>
       </c>
       <c r="E80" s="7">
-        <v>305.60000000000002</v>
+        <v>289.60000000000002</v>
       </c>
       <c r="G80" s="7">
-        <v>296.60000000000002</v>
+        <v>293.10000000000002</v>
       </c>
       <c r="I80" s="7">
-        <v>299.5</v>
+        <v>287.7</v>
       </c>
       <c r="K80" s="7">
-        <v>-7.1000000000000201</v>
+        <v>4.1999999999999904</v>
       </c>
       <c r="M80" s="7">
-        <v>1.8999999999999799</v>
+        <v>0.69999999999998896</v>
       </c>
       <c r="O80" s="7">
-        <v>2.8999999999999799</v>
+        <v>-5.4000000000000297</v>
       </c>
     </row>
     <row r="81" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A81" t="s">
         <v>209</v>
       </c>
       <c r="B81" t="s">
         <v>80</v>
       </c>
       <c r="C81" s="7">
-        <v>34.700000000000003</v>
+        <v>32.5</v>
       </c>
       <c r="E81" s="7">
-        <v>36.4</v>
+        <v>32.299999999999997</v>
       </c>
       <c r="G81" s="7">
-        <v>35.299999999999997</v>
+        <v>33.5</v>
       </c>
       <c r="I81" s="7">
-        <v>36.6</v>
+        <v>33.200000000000003</v>
       </c>
       <c r="K81" s="7">
-        <v>-1.7</v>
+        <v>0.20000000000000301</v>
       </c>
       <c r="M81" s="7">
-        <v>-0.59999999999999398</v>
+        <v>-1</v>
       </c>
       <c r="O81" s="7">
-        <v>1.3</v>
+        <v>-0.29999999999999699</v>
       </c>
     </row>
     <row r="82" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A82" t="s">
         <v>210</v>
       </c>
       <c r="B82" t="s">
         <v>81</v>
       </c>
       <c r="C82" s="7">
-        <v>263.8</v>
+        <v>261.3</v>
       </c>
       <c r="E82" s="7">
-        <v>269.2</v>
+        <v>257.3</v>
       </c>
       <c r="G82" s="7">
-        <v>261.3</v>
+        <v>259.60000000000002</v>
       </c>
       <c r="I82" s="7">
-        <v>262.89999999999998</v>
+        <v>254.5</v>
       </c>
       <c r="K82" s="7">
-        <v>-5.3999999999999799</v>
+        <v>4</v>
       </c>
       <c r="M82" s="7">
-        <v>2.5</v>
+        <v>1.69999999999999</v>
       </c>
       <c r="O82" s="7">
-        <v>1.5999999999999699</v>
+        <v>-5.1000000000000201</v>
       </c>
     </row>
     <row r="83" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A83" t="s">
         <v>211</v>
       </c>
       <c r="B83" t="s">
         <v>82</v>
       </c>
       <c r="C83" s="7">
-        <v>124.6</v>
+        <v>123.5</v>
       </c>
       <c r="E83" s="7">
-        <v>128.69999999999999</v>
+        <v>123.9</v>
       </c>
       <c r="G83" s="7">
-        <v>123</v>
+        <v>121.3</v>
       </c>
       <c r="I83" s="7">
-        <v>124.1</v>
+        <v>119.4</v>
       </c>
       <c r="K83" s="7">
-        <v>-4.0999999999999899</v>
+        <v>-0.40000000000000602</v>
       </c>
       <c r="M83" s="7">
-        <v>1.5999999999999901</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="O83" s="7">
-        <v>1.0999999999999901</v>
+        <v>-1.8999999999999899</v>
       </c>
     </row>
     <row r="84" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A84" t="s">
         <v>212</v>
       </c>
       <c r="B84" t="s">
         <v>83</v>
       </c>
       <c r="C84" s="7">
-        <v>30.2</v>
+        <v>30.1</v>
       </c>
       <c r="E84" s="7">
-        <v>30.9</v>
+        <v>30.3</v>
       </c>
       <c r="G84" s="7">
-        <v>30</v>
+        <v>29.3</v>
       </c>
       <c r="I84" s="7">
-        <v>29.9</v>
+        <v>29</v>
       </c>
       <c r="K84" s="7">
-        <v>-0.69999999999999896</v>
+        <v>-0.19999999999999901</v>
       </c>
       <c r="M84" s="7">
-        <v>0.19999999999999901</v>
+        <v>0.80000000000000104</v>
       </c>
       <c r="O84" s="7">
-        <v>-0.100000000000001</v>
+        <v>-0.30000000000000099</v>
       </c>
     </row>
     <row r="85" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A85" t="s">
         <v>213</v>
       </c>
       <c r="B85" t="s">
         <v>84</v>
       </c>
       <c r="C85" s="7">
-        <v>35.5</v>
+        <v>35.1</v>
       </c>
       <c r="E85" s="7">
-        <v>36.700000000000003</v>
+        <v>35.299999999999997</v>
       </c>
       <c r="G85" s="7">
-        <v>34.6</v>
+        <v>34.200000000000003</v>
       </c>
       <c r="I85" s="7">
-        <v>34.4</v>
+        <v>33.6</v>
       </c>
       <c r="K85" s="7">
-        <v>-1.2</v>
+        <v>-0.19999999999999599</v>
       </c>
       <c r="M85" s="7">
         <v>0.89999999999999902</v>
       </c>
       <c r="O85" s="7">
-        <v>-0.20000000000000301</v>
+        <v>-0.60000000000000098</v>
       </c>
     </row>
     <row r="86" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A86" t="s">
         <v>214</v>
       </c>
       <c r="B86" t="s">
         <v>85</v>
       </c>
       <c r="C86" s="7">
-        <v>58.9</v>
+        <v>58.3</v>
       </c>
       <c r="E86" s="7">
-        <v>61.1</v>
+        <v>58.3</v>
       </c>
       <c r="G86" s="7">
-        <v>58.4</v>
+        <v>57.8</v>
       </c>
       <c r="I86" s="7">
-        <v>59.8</v>
+        <v>56.8</v>
       </c>
       <c r="K86" s="7">
-        <v>-2.2000000000000002</v>
+        <v>0</v>
       </c>
       <c r="M86" s="7">
         <v>0.5</v>
       </c>
       <c r="O86" s="7">
-        <v>1.4</v>
+        <v>-1</v>
       </c>
     </row>
     <row r="87" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A87" t="s">
         <v>215</v>
       </c>
       <c r="B87" t="s">
         <v>86</v>
       </c>
       <c r="C87" s="7">
-        <v>599.29999999999995</v>
+        <v>607</v>
       </c>
       <c r="E87" s="7">
-        <v>587.6</v>
+        <v>612.5</v>
       </c>
       <c r="G87" s="7">
-        <v>605.5</v>
+        <v>622.29999999999995</v>
       </c>
       <c r="I87" s="7">
-        <v>593.79999999999995</v>
+        <v>624.70000000000005</v>
       </c>
       <c r="K87" s="7">
-        <v>11.6999999999999</v>
+        <v>-5.5</v>
       </c>
       <c r="M87" s="7">
-        <v>-6.2000000000000499</v>
+        <v>-15.3</v>
       </c>
       <c r="O87" s="7">
-        <v>-11.7</v>
+        <v>2.4000000000000901</v>
       </c>
     </row>
     <row r="88" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A88" t="s">
         <v>216</v>
       </c>
       <c r="B88" t="s">
         <v>87</v>
       </c>
       <c r="C88" s="7">
-        <v>77.099999999999994</v>
+        <v>72.400000000000006</v>
       </c>
       <c r="E88" s="7">
-        <v>77.5</v>
+        <v>72.5</v>
       </c>
       <c r="G88" s="7">
-        <v>80.5</v>
+        <v>79</v>
       </c>
       <c r="I88" s="7">
-        <v>80.599999999999994</v>
+        <v>79.099999999999994</v>
       </c>
       <c r="K88" s="7">
-        <v>-0.40000000000000602</v>
+        <v>-9.9999999999994302E-2</v>
       </c>
       <c r="M88" s="7">
-        <v>-3.4000000000000101</v>
+        <v>-6.5999999999999899</v>
       </c>
       <c r="O88" s="7">
         <v>9.9999999999994302E-2</v>
       </c>
     </row>
     <row r="89" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A89" t="s">
         <v>217</v>
       </c>
       <c r="B89" t="s">
         <v>88</v>
       </c>
       <c r="C89" s="7">
-        <v>152.30000000000001</v>
+        <v>149.30000000000001</v>
       </c>
       <c r="E89" s="7">
-        <v>144</v>
+        <v>152.9</v>
       </c>
       <c r="G89" s="7">
-        <v>158.19999999999999</v>
+        <v>160.6</v>
       </c>
       <c r="I89" s="7">
-        <v>149.69999999999999</v>
+        <v>160.69999999999999</v>
       </c>
       <c r="K89" s="7">
-        <v>8.3000000000000096</v>
+        <v>-3.5999999999999899</v>
       </c>
       <c r="M89" s="7">
-        <v>-5.8999999999999799</v>
+        <v>-11.3</v>
       </c>
       <c r="O89" s="7">
-        <v>-8.5</v>
+        <v>9.9999999999994302E-2</v>
       </c>
     </row>
     <row r="90" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A90" t="s">
         <v>218</v>
       </c>
       <c r="B90" t="s">
         <v>89</v>
       </c>
       <c r="C90" s="7">
-        <v>75.2</v>
+        <v>73.900000000000006</v>
       </c>
       <c r="E90" s="7">
-        <v>67.099999999999994</v>
+        <v>77.3</v>
       </c>
       <c r="G90" s="7">
-        <v>80.599999999999994</v>
+        <v>83.3</v>
       </c>
       <c r="I90" s="7">
-        <v>71.900000000000006</v>
+        <v>83.6</v>
       </c>
       <c r="K90" s="7">
-        <v>8.1000000000000103</v>
+        <v>-3.3999999999999901</v>
       </c>
       <c r="M90" s="7">
-        <v>-5.3999999999999897</v>
+        <v>-9.3999999999999897</v>
       </c>
       <c r="O90" s="7">
-        <v>-8.6999999999999904</v>
+        <v>0.29999999999999699</v>
       </c>
     </row>
     <row r="91" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A91" t="s">
         <v>219</v>
       </c>
       <c r="B91" t="s">
         <v>90</v>
       </c>
       <c r="C91" s="7">
+        <v>75.400000000000006</v>
+      </c>
+      <c r="E91" s="7">
+        <v>75.599999999999994</v>
+      </c>
+      <c r="G91" s="7">
+        <v>77.3</v>
+      </c>
+      <c r="I91" s="7">
         <v>77.099999999999994</v>
       </c>
-      <c r="E91" s="7">
-[...7 lines deleted...]
-      </c>
       <c r="K91" s="7">
-        <v>0.19999999999998899</v>
+        <v>-0.19999999999998899</v>
       </c>
       <c r="M91" s="7">
-        <v>-0.5</v>
+        <v>-1.8999999999999899</v>
       </c>
       <c r="O91" s="7">
-        <v>0.20000000000000301</v>
+        <v>-0.20000000000000301</v>
       </c>
     </row>
     <row r="92" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A92" t="s">
         <v>220</v>
       </c>
       <c r="B92" t="s">
         <v>91</v>
       </c>
       <c r="C92" s="7">
-        <v>369.9</v>
+        <v>385.3</v>
       </c>
       <c r="E92" s="7">
-        <v>366.1</v>
+        <v>387.1</v>
       </c>
       <c r="G92" s="7">
-        <v>366.8</v>
+        <v>382.7</v>
       </c>
       <c r="I92" s="7">
-        <v>363.5</v>
+        <v>384.9</v>
       </c>
       <c r="K92" s="7">
-        <v>3.7999999999999501</v>
+        <v>-1.80000000000001</v>
       </c>
       <c r="M92" s="7">
-        <v>3.0999999999999699</v>
+        <v>2.6000000000000201</v>
       </c>
       <c r="O92" s="7">
-        <v>-3.30000000000001</v>
+        <v>2.19999999999999</v>
       </c>
     </row>
     <row r="93" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A93" t="s">
         <v>221</v>
       </c>
       <c r="B93" t="s">
         <v>92</v>
       </c>
       <c r="C93" s="7">
-        <v>167.8</v>
+        <v>185.6</v>
       </c>
       <c r="E93" s="7">
-        <v>160.9</v>
+        <v>186.1</v>
       </c>
       <c r="G93" s="7">
-        <v>167.2</v>
+        <v>184.4</v>
       </c>
       <c r="I93" s="7">
-        <v>160.30000000000001</v>
+        <v>185.4</v>
       </c>
       <c r="K93" s="7">
-        <v>6.9000000000000101</v>
+        <v>-0.5</v>
       </c>
       <c r="M93" s="7">
-        <v>0.60000000000002296</v>
+        <v>1.19999999999999</v>
       </c>
       <c r="O93" s="7">
-        <v>-6.8999999999999799</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A94" t="s">
         <v>222</v>
       </c>
       <c r="B94" t="s">
         <v>93</v>
       </c>
       <c r="C94" s="7">
-        <v>202.1</v>
+        <v>199.7</v>
       </c>
       <c r="E94" s="7">
-        <v>205.2</v>
+        <v>201</v>
       </c>
       <c r="G94" s="7">
-        <v>199.6</v>
+        <v>198.3</v>
       </c>
       <c r="I94" s="7">
-        <v>203.2</v>
+        <v>199.5</v>
       </c>
       <c r="K94" s="7">
-        <v>-3.0999999999999899</v>
+        <v>-1.30000000000001</v>
       </c>
       <c r="M94" s="7">
-        <v>2.5</v>
+        <v>1.3999999999999799</v>
       </c>
       <c r="O94" s="7">
-        <v>3.5999999999999899</v>
+        <v>1.19999999999999</v>
       </c>
     </row>
     <row r="97" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A97" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="98" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A98" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="99" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A99" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="101" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A101" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
@@ -9221,968 +9238,968 @@
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="7">
-        <v>304.3</v>
+        <v>306.2</v>
       </c>
       <c r="E9" s="7">
-        <v>305.7</v>
+        <v>305.10000000000002</v>
       </c>
       <c r="G9" s="7">
-        <v>308.89999999999998</v>
+        <v>308.3</v>
       </c>
       <c r="I9" s="7">
         <v>308</v>
       </c>
       <c r="K9" s="7">
-        <v>-1.3999999999999799</v>
+        <v>1.0999999999999699</v>
       </c>
       <c r="M9" s="7">
-        <v>-4.5999999999999703</v>
+        <v>-2.1000000000000201</v>
       </c>
       <c r="O9" s="7">
-        <v>-0.89999999999997704</v>
+        <v>-0.30000000000001098</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="7">
-        <v>262.7</v>
+        <v>263.60000000000002</v>
       </c>
       <c r="E10" s="7">
-        <v>264.60000000000002</v>
+        <v>262.10000000000002</v>
       </c>
       <c r="G10" s="7">
-        <v>268.2</v>
+        <v>266</v>
       </c>
       <c r="I10" s="7">
-        <v>268.10000000000002</v>
+        <v>265.10000000000002</v>
       </c>
       <c r="K10" s="7">
-        <v>-1.9000000000000301</v>
+        <v>1.5</v>
       </c>
       <c r="M10" s="7">
-        <v>-5.5</v>
+        <v>-2.3999999999999799</v>
       </c>
       <c r="O10" s="7">
-        <v>-9.9999999999965894E-2</v>
+        <v>-0.89999999999997704</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="7">
-        <v>79.2</v>
+        <v>78.8</v>
       </c>
       <c r="E11" s="7">
-        <v>79.900000000000006</v>
+        <v>78.400000000000006</v>
       </c>
       <c r="G11" s="7">
-        <v>85.4</v>
+        <v>82.3</v>
       </c>
       <c r="I11" s="7">
-        <v>85.3</v>
+        <v>82.9</v>
       </c>
       <c r="K11" s="7">
-        <v>-0.70000000000000295</v>
+        <v>0.39999999999999097</v>
       </c>
       <c r="M11" s="7">
-        <v>-6.2</v>
+        <v>-3.5</v>
       </c>
       <c r="O11" s="7">
-        <v>-0.100000000000009</v>
+        <v>0.60000000000000897</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>142</v>
       </c>
       <c r="B12" t="s">
         <v>103</v>
       </c>
       <c r="C12" s="7">
-        <v>26.4</v>
+        <v>25.2</v>
       </c>
       <c r="E12" s="7">
-        <v>26.8</v>
+        <v>25.2</v>
       </c>
       <c r="G12" s="7">
-        <v>27</v>
+        <v>25.7</v>
       </c>
       <c r="I12" s="7">
-        <v>27.1</v>
+        <v>25.7</v>
       </c>
       <c r="K12" s="7">
-        <v>-0.40000000000000202</v>
+        <v>0</v>
       </c>
       <c r="M12" s="7">
-        <v>-0.60000000000000098</v>
+        <v>-0.5</v>
       </c>
       <c r="O12" s="7">
-        <v>0.100000000000001</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>148</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="7">
-        <v>18.5</v>
+        <v>17.8</v>
       </c>
       <c r="E13" s="7">
-        <v>18.7</v>
+        <v>17.899999999999999</v>
       </c>
       <c r="G13" s="7">
-        <v>19.600000000000001</v>
+        <v>18.8</v>
       </c>
       <c r="I13" s="7">
-        <v>19.7</v>
+        <v>18.899999999999999</v>
       </c>
       <c r="K13" s="7">
-        <v>-0.19999999999999901</v>
+        <v>-9.9999999999997896E-2</v>
       </c>
       <c r="M13" s="7">
-        <v>-1.1000000000000001</v>
+        <v>-1</v>
       </c>
       <c r="O13" s="7">
         <v>9.9999999999997896E-2</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>149</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="7">
-        <v>52.8</v>
+        <v>53.6</v>
       </c>
       <c r="E14" s="7">
-        <v>53.1</v>
+        <v>53.2</v>
       </c>
       <c r="G14" s="7">
-        <v>58.4</v>
+        <v>56.6</v>
       </c>
       <c r="I14" s="7">
-        <v>58.2</v>
+        <v>57.2</v>
       </c>
       <c r="K14" s="7">
-        <v>-0.30000000000000399</v>
+        <v>0.39999999999999902</v>
       </c>
       <c r="M14" s="7">
-        <v>-5.6</v>
+        <v>-3</v>
       </c>
       <c r="O14" s="7">
-        <v>-0.19999999999999599</v>
+        <v>0.60000000000000098</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>157</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="7">
-        <v>35.799999999999997</v>
+        <v>36.5</v>
       </c>
       <c r="E15" s="7">
-        <v>35.799999999999997</v>
+        <v>36.1</v>
       </c>
       <c r="G15" s="7">
-        <v>39.9</v>
+        <v>39.5</v>
       </c>
       <c r="I15" s="7">
-        <v>39.700000000000003</v>
+        <v>39.6</v>
       </c>
       <c r="K15" s="7">
-        <v>0</v>
+        <v>0.39999999999999902</v>
       </c>
       <c r="M15" s="7">
-        <v>-4.0999999999999996</v>
+        <v>-3</v>
       </c>
       <c r="O15" s="7">
-        <v>-0.19999999999999599</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>158</v>
       </c>
       <c r="B16" t="s">
         <v>105</v>
       </c>
       <c r="C16" s="7">
-        <v>35</v>
+        <v>35.700000000000003</v>
       </c>
       <c r="E16" s="7">
-        <v>35.1</v>
+        <v>35.299999999999997</v>
       </c>
       <c r="G16" s="7">
-        <v>39.1</v>
+        <v>38.700000000000003</v>
       </c>
       <c r="I16" s="7">
-        <v>39</v>
+        <v>38.9</v>
       </c>
       <c r="K16" s="7">
-        <v>-0.100000000000001</v>
+        <v>0.40000000000000602</v>
       </c>
       <c r="M16" s="7">
-        <v>-4.0999999999999996</v>
+        <v>-3</v>
       </c>
       <c r="O16" s="7">
-        <v>-0.100000000000001</v>
+        <v>0.19999999999999599</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>164</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="7">
+        <v>227.4</v>
+      </c>
+      <c r="E17" s="7">
+        <v>226.7</v>
+      </c>
+      <c r="G17" s="7">
+        <v>226</v>
+      </c>
+      <c r="I17" s="7">
         <v>225.1</v>
       </c>
-      <c r="E17" s="7">
-[...7 lines deleted...]
-      </c>
       <c r="K17" s="7">
-        <v>-0.70000000000001705</v>
+        <v>0.70000000000001705</v>
       </c>
       <c r="M17" s="7">
-        <v>1.5999999999999901</v>
+        <v>1.4000000000000099</v>
       </c>
       <c r="O17" s="7">
-        <v>-0.80000000000001104</v>
+        <v>-0.90000000000000602</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>165</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="7">
-        <v>183.5</v>
+        <v>184.8</v>
       </c>
       <c r="E18" s="7">
-        <v>184.7</v>
+        <v>183.7</v>
       </c>
       <c r="G18" s="7">
-        <v>182.8</v>
+        <v>183.7</v>
       </c>
       <c r="I18" s="7">
-        <v>182.8</v>
+        <v>182.2</v>
       </c>
       <c r="K18" s="7">
-        <v>-1.19999999999999</v>
+        <v>1.1000000000000201</v>
       </c>
       <c r="M18" s="7">
-        <v>0.69999999999998896</v>
+        <v>1.1000000000000201</v>
       </c>
       <c r="O18" s="7">
-        <v>0</v>
+        <v>-1.5</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>166</v>
       </c>
       <c r="B19" t="s">
         <v>40</v>
       </c>
       <c r="C19" s="7">
-        <v>52.4</v>
+        <v>53.8</v>
       </c>
       <c r="E19" s="7">
-        <v>52.7</v>
+        <v>53.5</v>
       </c>
       <c r="G19" s="7">
-        <v>52.9</v>
+        <v>54.2</v>
       </c>
       <c r="I19" s="7">
-        <v>52.6</v>
+        <v>53.5</v>
       </c>
       <c r="K19" s="7">
-        <v>-0.30000000000000399</v>
+        <v>0.29999999999999699</v>
       </c>
       <c r="M19" s="7">
-        <v>-0.5</v>
+        <v>-0.40000000000000602</v>
       </c>
       <c r="O19" s="7">
-        <v>-0.29999999999999699</v>
+        <v>-0.70000000000000295</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>167</v>
       </c>
       <c r="B20" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="7">
-        <v>9.6</v>
+        <v>9.5</v>
       </c>
       <c r="E20" s="7">
-        <v>9.6</v>
+        <v>9.5</v>
       </c>
       <c r="G20" s="7">
-        <v>9.6</v>
+        <v>9.5</v>
       </c>
       <c r="I20" s="7">
         <v>9.5</v>
       </c>
       <c r="K20" s="7">
         <v>0</v>
       </c>
       <c r="M20" s="7">
         <v>0</v>
       </c>
       <c r="O20" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>171</v>
       </c>
       <c r="B21" t="s">
         <v>63</v>
       </c>
       <c r="C21" s="7">
-        <v>35</v>
+        <v>36.200000000000003</v>
       </c>
       <c r="E21" s="7">
-        <v>35.200000000000003</v>
+        <v>35.9</v>
       </c>
       <c r="G21" s="7">
-        <v>35.299999999999997</v>
+        <v>36.200000000000003</v>
       </c>
       <c r="I21" s="7">
-        <v>35.200000000000003</v>
+        <v>35.799999999999997</v>
       </c>
       <c r="K21" s="7">
-        <v>-0.20000000000000301</v>
+        <v>0.30000000000000399</v>
       </c>
       <c r="M21" s="7">
-        <v>-0.29999999999999699</v>
+        <v>0</v>
       </c>
       <c r="O21" s="7">
-        <v>-9.9999999999994302E-2</v>
+        <v>-0.40000000000000602</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>174</v>
       </c>
       <c r="B22" t="s">
         <v>74</v>
       </c>
       <c r="C22" s="7">
-        <v>7.6</v>
+        <v>7.7</v>
       </c>
       <c r="E22" s="7">
         <v>7.7</v>
       </c>
       <c r="G22" s="7">
-        <v>7.6</v>
+        <v>7.7</v>
       </c>
       <c r="I22" s="7">
         <v>7.6</v>
       </c>
       <c r="K22" s="7">
+        <v>0</v>
+      </c>
+      <c r="M22" s="7">
+        <v>0</v>
+      </c>
+      <c r="O22" s="7">
         <v>-0.100000000000001</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>175</v>
       </c>
       <c r="B23" t="s">
         <v>76</v>
       </c>
       <c r="C23" s="7">
-        <v>7.8</v>
+        <v>8.1</v>
       </c>
       <c r="E23" s="7">
-        <v>7.9</v>
+        <v>8.1</v>
       </c>
       <c r="G23" s="7">
-        <v>8</v>
+        <v>8.5</v>
       </c>
       <c r="I23" s="7">
-        <v>7.9</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="K23" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="M23" s="7">
-        <v>-0.2</v>
+        <v>-0.4</v>
       </c>
       <c r="O23" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>-0.30000000000000099</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>182</v>
       </c>
       <c r="B24" t="s">
         <v>81</v>
       </c>
       <c r="C24" s="7">
-        <v>3.5</v>
+        <v>3.6</v>
       </c>
       <c r="E24" s="7">
         <v>3.5</v>
       </c>
       <c r="G24" s="7">
         <v>3.5</v>
       </c>
       <c r="I24" s="7">
         <v>3.5</v>
       </c>
       <c r="K24" s="7">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="M24" s="7">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="O24" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>183</v>
       </c>
       <c r="B25" t="s">
         <v>85</v>
       </c>
       <c r="C25" s="7">
-        <v>12.7</v>
+        <v>12.6</v>
       </c>
       <c r="E25" s="7">
-        <v>12.8</v>
+        <v>12.6</v>
       </c>
       <c r="G25" s="7">
-        <v>12.8</v>
+        <v>12.9</v>
       </c>
       <c r="I25" s="7">
-        <v>12.8</v>
+        <v>12.9</v>
       </c>
       <c r="K25" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="M25" s="7">
-        <v>-0.100000000000001</v>
+        <v>-0.30000000000000099</v>
       </c>
       <c r="O25" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>188</v>
       </c>
       <c r="B26" t="s">
         <v>90</v>
       </c>
       <c r="C26" s="7">
-        <v>33.6</v>
+        <v>33.700000000000003</v>
       </c>
       <c r="E26" s="7">
-        <v>33.4</v>
+        <v>33.200000000000003</v>
       </c>
       <c r="G26" s="7">
-        <v>33.1</v>
+        <v>32.9</v>
       </c>
       <c r="I26" s="7">
-        <v>33</v>
+        <v>32.700000000000003</v>
       </c>
       <c r="K26" s="7">
-        <v>0.20000000000000301</v>
+        <v>0.5</v>
       </c>
       <c r="M26" s="7">
-        <v>0.5</v>
+        <v>0.80000000000000404</v>
       </c>
       <c r="O26" s="7">
-        <v>-0.100000000000001</v>
+        <v>-0.19999999999999599</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>195</v>
       </c>
       <c r="B27" t="s">
         <v>91</v>
       </c>
       <c r="C27" s="7">
-        <v>15.3</v>
+        <v>14.9</v>
       </c>
       <c r="E27" s="7">
-        <v>15.2</v>
+        <v>15</v>
       </c>
       <c r="G27" s="7">
-        <v>15.2</v>
+        <v>15.1</v>
       </c>
       <c r="I27" s="7">
         <v>15.1</v>
       </c>
       <c r="K27" s="7">
-        <v>0.100000000000001</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="M27" s="7">
-        <v>0.100000000000001</v>
+        <v>-0.19999999999999901</v>
       </c>
       <c r="O27" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>196</v>
       </c>
       <c r="B28" t="s">
         <v>92</v>
       </c>
       <c r="C28" s="7">
-        <v>13.7</v>
+        <v>13.4</v>
       </c>
       <c r="E28" s="7">
-        <v>13.6</v>
+        <v>13.5</v>
       </c>
       <c r="G28" s="7">
         <v>13.6</v>
       </c>
       <c r="I28" s="7">
         <v>13.5</v>
       </c>
       <c r="K28" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="M28" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>-0.19999999999999901</v>
       </c>
       <c r="O28" s="7">
         <v>-9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>199</v>
       </c>
       <c r="B29" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="7">
-        <v>41.7</v>
+        <v>42.7</v>
       </c>
       <c r="E29" s="7">
-        <v>41.6</v>
+        <v>42.6</v>
       </c>
       <c r="G29" s="7">
-        <v>40.6</v>
+        <v>41.1</v>
       </c>
       <c r="I29" s="7">
-        <v>40.200000000000003</v>
+        <v>40.9</v>
       </c>
       <c r="K29" s="7">
         <v>0.100000000000001</v>
       </c>
       <c r="M29" s="7">
-        <v>1.1000000000000001</v>
+        <v>1.6</v>
       </c>
       <c r="O29" s="7">
-        <v>-0.39999999999999902</v>
+        <v>-0.20000000000000301</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>202</v>
       </c>
       <c r="B30" t="s">
         <v>40</v>
       </c>
       <c r="C30" s="7">
-        <v>14</v>
+        <v>14.3</v>
       </c>
       <c r="E30" s="7">
-        <v>14</v>
+        <v>14.2</v>
       </c>
       <c r="G30" s="7">
-        <v>13.7</v>
+        <v>13.9</v>
       </c>
       <c r="I30" s="7">
-        <v>13.5</v>
+        <v>13.8</v>
       </c>
       <c r="K30" s="7">
-        <v>0</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M30" s="7">
-        <v>0.30000000000000099</v>
+        <v>0.4</v>
       </c>
       <c r="O30" s="7">
-        <v>-0.19999999999999901</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>203</v>
       </c>
       <c r="B31" t="s">
         <v>48</v>
       </c>
       <c r="C31" s="7">
+        <v>6.7</v>
+      </c>
+      <c r="E31" s="7">
+        <v>6.7</v>
+      </c>
+      <c r="G31" s="7">
         <v>6.6</v>
       </c>
-      <c r="E31" s="7">
+      <c r="I31" s="7">
         <v>6.6</v>
       </c>
-      <c r="G31" s="7">
-[...4 lines deleted...]
-      </c>
       <c r="K31" s="7">
         <v>0</v>
       </c>
       <c r="M31" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="O31" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>206</v>
       </c>
       <c r="B32" t="s">
         <v>63</v>
       </c>
       <c r="C32" s="7">
-        <v>28.8</v>
+        <v>27.7</v>
       </c>
       <c r="E32" s="7">
-        <v>29.7</v>
+        <v>27.6</v>
       </c>
       <c r="G32" s="7">
-        <v>29.3</v>
+        <v>28.7</v>
       </c>
       <c r="I32" s="7">
-        <v>30</v>
+        <v>28.4</v>
       </c>
       <c r="K32" s="7">
-        <v>-0.89999999999999902</v>
+        <v>9.9999999999997896E-2</v>
       </c>
       <c r="M32" s="7">
-        <v>-0.5</v>
+        <v>-1</v>
       </c>
       <c r="O32" s="7">
-        <v>0.69999999999999896</v>
+        <v>-0.30000000000000099</v>
       </c>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>210</v>
       </c>
       <c r="B33" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="7">
-        <v>23.2</v>
+        <v>22.8</v>
       </c>
       <c r="E33" s="7">
-        <v>23.9</v>
+        <v>22.7</v>
       </c>
       <c r="G33" s="7">
-        <v>23.6</v>
+        <v>23.4</v>
       </c>
       <c r="I33" s="7">
-        <v>23.9</v>
+        <v>23</v>
       </c>
       <c r="K33" s="7">
-        <v>-0.69999999999999896</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M33" s="7">
-        <v>-0.40000000000000202</v>
+        <v>-0.59999999999999798</v>
       </c>
       <c r="O33" s="7">
-        <v>0.29999999999999699</v>
+        <v>-0.39999999999999902</v>
       </c>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>211</v>
       </c>
       <c r="B34" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="7">
-        <v>10.8</v>
+        <v>10.7</v>
       </c>
       <c r="E34" s="7">
-        <v>11</v>
+        <v>10.7</v>
       </c>
       <c r="G34" s="7">
-        <v>10.6</v>
+        <v>10.4</v>
       </c>
       <c r="I34" s="7">
-        <v>10.7</v>
+        <v>10.3</v>
       </c>
       <c r="K34" s="7">
-        <v>-0.19999999999999901</v>
+        <v>0</v>
       </c>
       <c r="M34" s="7">
-        <v>0.20000000000000101</v>
+        <v>0.29999999999999899</v>
       </c>
       <c r="O34" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>215</v>
       </c>
       <c r="B35" t="s">
         <v>81</v>
       </c>
       <c r="C35" s="7">
-        <v>41.6</v>
+        <v>42.6</v>
       </c>
       <c r="E35" s="7">
-        <v>41.1</v>
+        <v>43</v>
       </c>
       <c r="G35" s="7">
-        <v>40.700000000000003</v>
+        <v>42.3</v>
       </c>
       <c r="I35" s="7">
-        <v>39.9</v>
+        <v>42.9</v>
       </c>
       <c r="K35" s="7">
-        <v>0.5</v>
+        <v>-0.39999999999999902</v>
       </c>
       <c r="M35" s="7">
-        <v>0.89999999999999902</v>
+        <v>0.30000000000000399</v>
       </c>
       <c r="O35" s="7">
-        <v>-0.80000000000000404</v>
+        <v>0.60000000000000098</v>
       </c>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>216</v>
       </c>
       <c r="B36" t="s">
         <v>85</v>
       </c>
       <c r="C36" s="7">
+        <v>2.6</v>
+      </c>
+      <c r="E36" s="7">
+        <v>2.6</v>
+      </c>
+      <c r="G36" s="7">
         <v>2.7</v>
       </c>
-      <c r="E36" s="7">
+      <c r="I36" s="7">
         <v>2.7</v>
       </c>
-      <c r="G36" s="7">
-[...4 lines deleted...]
-      </c>
       <c r="K36" s="7">
         <v>0</v>
       </c>
       <c r="M36" s="7">
-        <v>0.1</v>
+        <v>-0.1</v>
       </c>
       <c r="O36" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>217</v>
       </c>
       <c r="B37" t="s">
         <v>90</v>
       </c>
       <c r="C37" s="7">
         <v>4.7</v>
       </c>
       <c r="E37" s="7">
-        <v>4.4000000000000004</v>
+        <v>4.7</v>
       </c>
       <c r="G37" s="7">
-        <v>4.5999999999999996</v>
+        <v>4.7</v>
       </c>
       <c r="I37" s="7">
-        <v>4.4000000000000004</v>
+        <v>4.7</v>
       </c>
       <c r="K37" s="7">
-        <v>0.3</v>
+        <v>0</v>
       </c>
       <c r="M37" s="7">
-        <v>0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="O37" s="7">
-        <v>-0.19999999999999901</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>218</v>
       </c>
       <c r="B38" t="s">
         <v>91</v>
       </c>
       <c r="C38" s="7">
+        <v>1.7</v>
+      </c>
+      <c r="E38" s="7">
         <v>1.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.5</v>
       </c>
       <c r="G38" s="7">
         <v>1.7</v>
       </c>
       <c r="I38" s="7">
-        <v>1.4</v>
+        <v>1.7</v>
       </c>
       <c r="K38" s="7">
-        <v>0.3</v>
+        <v>-0.1</v>
       </c>
       <c r="M38" s="7">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="O38" s="7">
-        <v>-0.3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>220</v>
       </c>
       <c r="B39" t="s">
         <v>92</v>
       </c>
       <c r="C39" s="7">
-        <v>34.200000000000003</v>
+        <v>35.299999999999997</v>
       </c>
       <c r="E39" s="7">
-        <v>34</v>
+        <v>35.700000000000003</v>
       </c>
       <c r="G39" s="7">
-        <v>33.5</v>
+        <v>34.9</v>
       </c>
       <c r="I39" s="7">
-        <v>32.9</v>
+        <v>35.5</v>
       </c>
       <c r="K39" s="7">
-        <v>0.20000000000000301</v>
+        <v>-0.40000000000000602</v>
       </c>
       <c r="M39" s="7">
-        <v>0.70000000000000295</v>
+        <v>0.39999999999999902</v>
       </c>
       <c r="O39" s="7">
-        <v>-0.60000000000000098</v>
+        <v>0.60000000000000098</v>
       </c>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>221</v>
       </c>
       <c r="B40" t="s">
         <v>94</v>
       </c>
       <c r="C40" s="7">
-        <v>15.7</v>
+        <v>17.2</v>
       </c>
       <c r="E40" s="7">
-        <v>15.5</v>
+        <v>17.399999999999999</v>
       </c>
       <c r="G40" s="7">
-        <v>15.6</v>
+        <v>17.2</v>
       </c>
       <c r="I40" s="7">
-        <v>15.1</v>
+        <v>17.3</v>
       </c>
       <c r="K40" s="7">
-        <v>0.19999999999999901</v>
+        <v>-0.19999999999999901</v>
       </c>
       <c r="M40" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="O40" s="7">
-        <v>-0.5</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="45" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="47" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
@@ -10293,2035 +10310,2035 @@
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="7">
-        <v>1503.5</v>
+        <v>1507.1</v>
       </c>
       <c r="E9" s="7">
-        <v>1508.7</v>
+        <v>1505.2</v>
       </c>
       <c r="G9" s="7">
-        <v>1499.2</v>
+        <v>1509.1</v>
       </c>
       <c r="I9" s="7">
-        <v>1495.7</v>
+        <v>1501.4</v>
       </c>
       <c r="K9" s="7">
-        <v>-5.2000000000000499</v>
+        <v>1.89999999999986</v>
       </c>
       <c r="M9" s="7">
-        <v>4.2999999999999501</v>
+        <v>-2</v>
       </c>
       <c r="O9" s="7">
-        <v>-3.5</v>
+        <v>-7.6999999999998199</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="7">
-        <v>1320.3</v>
+        <v>1322.1</v>
       </c>
       <c r="E10" s="7">
-        <v>1330</v>
+        <v>1317.8</v>
       </c>
       <c r="G10" s="7">
-        <v>1314.4</v>
+        <v>1316.6</v>
       </c>
       <c r="I10" s="7">
-        <v>1315.4</v>
+        <v>1308.5</v>
       </c>
       <c r="K10" s="7">
-        <v>-9.7000000000000508</v>
+        <v>4.2999999999999501</v>
       </c>
       <c r="M10" s="7">
-        <v>5.89999999999986</v>
+        <v>5.5</v>
       </c>
       <c r="O10" s="7">
-        <v>1</v>
+        <v>-8.0999999999999108</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="7">
-        <v>164.4</v>
+        <v>161.1</v>
       </c>
       <c r="E11" s="7">
-        <v>164.6</v>
+        <v>161.19999999999999</v>
       </c>
       <c r="G11" s="7">
-        <v>169.3</v>
+        <v>165.2</v>
       </c>
       <c r="I11" s="7">
-        <v>169.6</v>
+        <v>165.9</v>
       </c>
       <c r="K11" s="7">
-        <v>-0.19999999999998899</v>
+        <v>-9.9999999999994302E-2</v>
       </c>
       <c r="M11" s="7">
-        <v>-4.9000000000000101</v>
+        <v>-4.0999999999999899</v>
       </c>
       <c r="O11" s="7">
-        <v>0.299999999999983</v>
+        <v>0.70000000000001705</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>140</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="7">
         <v>0.4</v>
       </c>
       <c r="E12" s="7">
         <v>0.4</v>
       </c>
       <c r="G12" s="7">
         <v>0.4</v>
       </c>
       <c r="I12" s="7">
         <v>0.4</v>
       </c>
       <c r="K12" s="7">
         <v>0</v>
       </c>
       <c r="M12" s="7">
         <v>0</v>
       </c>
       <c r="O12" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>142</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="7">
-        <v>70.8</v>
+        <v>68.400000000000006</v>
       </c>
       <c r="E13" s="7">
-        <v>71.3</v>
+        <v>68.2</v>
       </c>
       <c r="G13" s="7">
-        <v>74.599999999999994</v>
+        <v>72.099999999999994</v>
       </c>
       <c r="I13" s="7">
-        <v>75.3</v>
+        <v>72.3</v>
       </c>
       <c r="K13" s="7">
-        <v>-0.5</v>
+        <v>0.20000000000000301</v>
       </c>
       <c r="M13" s="7">
-        <v>-3.8</v>
+        <v>-3.69999999999999</v>
       </c>
       <c r="O13" s="7">
-        <v>0.70000000000000295</v>
+        <v>0.20000000000000301</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>143</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="7">
-        <v>70.400000000000006</v>
+        <v>68</v>
       </c>
       <c r="E14" s="7">
-        <v>70.900000000000006</v>
+        <v>67.8</v>
       </c>
       <c r="G14" s="7">
-        <v>74.2</v>
+        <v>71.7</v>
       </c>
       <c r="I14" s="7">
-        <v>74.900000000000006</v>
+        <v>71.900000000000006</v>
       </c>
       <c r="K14" s="7">
-        <v>-0.5</v>
+        <v>0.20000000000000301</v>
       </c>
       <c r="M14" s="7">
-        <v>-3.8</v>
+        <v>-3.7</v>
       </c>
       <c r="O14" s="7">
-        <v>0.70000000000000295</v>
+        <v>0.20000000000000301</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>144</v>
       </c>
       <c r="B15" t="s">
         <v>17</v>
       </c>
       <c r="C15" s="7">
-        <v>20.5</v>
+        <v>19.899999999999999</v>
       </c>
       <c r="E15" s="7">
-        <v>20.7</v>
+        <v>19.899999999999999</v>
       </c>
       <c r="G15" s="7">
-        <v>22</v>
+        <v>21.4</v>
       </c>
       <c r="I15" s="7">
-        <v>22.3</v>
+        <v>21.4</v>
       </c>
       <c r="K15" s="7">
-        <v>-0.19999999999999901</v>
+        <v>0</v>
       </c>
       <c r="M15" s="7">
         <v>-1.5</v>
       </c>
       <c r="O15" s="7">
-        <v>0.30000000000000099</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>147</v>
       </c>
       <c r="B16" t="s">
         <v>18</v>
       </c>
       <c r="C16" s="7">
+        <v>5</v>
+      </c>
+      <c r="E16" s="7">
+        <v>5</v>
+      </c>
+      <c r="G16" s="7">
         <v>5.3</v>
       </c>
-      <c r="E16" s="7">
-[...4 lines deleted...]
-      </c>
       <c r="I16" s="7">
-        <v>5.7</v>
+        <v>5.4</v>
       </c>
       <c r="K16" s="7">
         <v>0</v>
       </c>
       <c r="M16" s="7">
         <v>-0.3</v>
       </c>
       <c r="O16" s="7">
         <v>0.100000000000001</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>148</v>
       </c>
       <c r="B17" t="s">
         <v>19</v>
       </c>
       <c r="C17" s="7">
-        <v>44.6</v>
+        <v>43.1</v>
       </c>
       <c r="E17" s="7">
-        <v>44.9</v>
+        <v>42.9</v>
       </c>
       <c r="G17" s="7">
-        <v>46.6</v>
+        <v>45</v>
       </c>
       <c r="I17" s="7">
-        <v>46.9</v>
+        <v>45.1</v>
       </c>
       <c r="K17" s="7">
-        <v>-0.29999999999999699</v>
+        <v>0.20000000000000301</v>
       </c>
       <c r="M17" s="7">
-        <v>-2</v>
+        <v>-1.9</v>
       </c>
       <c r="O17" s="7">
-        <v>0.29999999999999699</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>149</v>
       </c>
       <c r="B18" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="7">
+        <v>92.7</v>
+      </c>
+      <c r="E18" s="7">
+        <v>93</v>
+      </c>
+      <c r="G18" s="7">
+        <v>93.1</v>
+      </c>
+      <c r="I18" s="7">
         <v>93.6</v>
       </c>
-      <c r="E18" s="7">
-[...7 lines deleted...]
-      </c>
       <c r="K18" s="7">
-        <v>0.29999999999999699</v>
+        <v>-0.29999999999999699</v>
       </c>
       <c r="M18" s="7">
-        <v>-1.1000000000000101</v>
+        <v>-0.39999999999999097</v>
       </c>
       <c r="O18" s="7">
-        <v>-0.40000000000000602</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>150</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" s="7">
-        <v>68.900000000000006</v>
+        <v>69.7</v>
       </c>
       <c r="E19" s="7">
-        <v>68.7</v>
+        <v>69.599999999999994</v>
       </c>
       <c r="G19" s="7">
-        <v>70.7</v>
+        <v>70</v>
       </c>
       <c r="I19" s="7">
-        <v>70.599999999999994</v>
+        <v>70.099999999999994</v>
       </c>
       <c r="K19" s="7">
-        <v>0.20000000000000301</v>
+        <v>0.100000000000009</v>
       </c>
       <c r="M19" s="7">
-        <v>-1.8</v>
+        <v>-0.29999999999999699</v>
       </c>
       <c r="O19" s="7">
-        <v>-0.100000000000009</v>
+        <v>9.9999999999994302E-2</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>154</v>
       </c>
       <c r="B20" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="7">
-        <v>5.3</v>
+        <v>5.4</v>
       </c>
       <c r="E20" s="7">
         <v>5.3</v>
       </c>
       <c r="G20" s="7">
         <v>5.4</v>
       </c>
       <c r="I20" s="7">
-        <v>5.3</v>
+        <v>5.4</v>
       </c>
       <c r="K20" s="7">
-        <v>0</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M20" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="O20" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>156</v>
       </c>
       <c r="B21" t="s">
         <v>101</v>
       </c>
       <c r="C21" s="7">
-        <v>7.1</v>
+        <v>7.2</v>
       </c>
       <c r="E21" s="7">
         <v>7.1</v>
       </c>
       <c r="G21" s="7">
         <v>7.2</v>
       </c>
       <c r="I21" s="7">
         <v>7.2</v>
       </c>
       <c r="K21" s="7">
-        <v>0</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M21" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="O21" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>230</v>
       </c>
       <c r="B22" t="s">
         <v>27</v>
       </c>
       <c r="C22" s="7">
-        <v>4.4000000000000004</v>
+        <v>4.5</v>
       </c>
       <c r="E22" s="7">
         <v>4.5</v>
       </c>
       <c r="G22" s="7">
         <v>4.5</v>
       </c>
       <c r="I22" s="7">
         <v>4.5</v>
       </c>
       <c r="K22" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="M22" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="O22" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>157</v>
       </c>
       <c r="B23" t="s">
         <v>28</v>
       </c>
       <c r="C23" s="7">
-        <v>40.9</v>
+        <v>41.9</v>
       </c>
       <c r="E23" s="7">
-        <v>40.5</v>
+        <v>41.5</v>
       </c>
       <c r="G23" s="7">
-        <v>43.3</v>
+        <v>42.9</v>
       </c>
       <c r="I23" s="7">
-        <v>43.2</v>
+        <v>42.8</v>
       </c>
       <c r="K23" s="7">
         <v>0.39999999999999902</v>
       </c>
       <c r="M23" s="7">
-        <v>-2.4</v>
+        <v>-1</v>
       </c>
       <c r="O23" s="7">
-        <v>-9.9999999999994302E-2</v>
+        <v>-0.100000000000001</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>158</v>
       </c>
       <c r="B24" t="s">
         <v>29</v>
       </c>
       <c r="C24" s="7">
-        <v>37.299999999999997</v>
+        <v>38.299999999999997</v>
       </c>
       <c r="E24" s="7">
-        <v>37</v>
+        <v>37.9</v>
       </c>
       <c r="G24" s="7">
-        <v>40.1</v>
+        <v>39.6</v>
       </c>
       <c r="I24" s="7">
-        <v>39.9</v>
+        <v>39.4</v>
       </c>
       <c r="K24" s="7">
-        <v>0.29999999999999699</v>
+        <v>0.39999999999999902</v>
       </c>
       <c r="M24" s="7">
-        <v>-2.8</v>
+        <v>-1.3</v>
       </c>
       <c r="O24" s="7">
         <v>-0.20000000000000301</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>159</v>
       </c>
       <c r="B25" t="s">
         <v>30</v>
       </c>
       <c r="C25" s="7">
-        <v>24.7</v>
+        <v>23</v>
       </c>
       <c r="E25" s="7">
-        <v>24.6</v>
+        <v>23.4</v>
       </c>
       <c r="G25" s="7">
-        <v>24</v>
+        <v>23.1</v>
       </c>
       <c r="I25" s="7">
-        <v>23.7</v>
+        <v>23.5</v>
       </c>
       <c r="K25" s="7">
-        <v>9.9999999999997896E-2</v>
+        <v>-0.39999999999999902</v>
       </c>
       <c r="M25" s="7">
-        <v>0.69999999999999896</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="O25" s="7">
-        <v>-0.30000000000000099</v>
+        <v>0.39999999999999902</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>160</v>
       </c>
       <c r="B26" t="s">
         <v>34</v>
       </c>
       <c r="C26" s="7">
-        <v>12.8</v>
+        <v>12.3</v>
       </c>
       <c r="E26" s="7">
-        <v>12.7</v>
+        <v>12.5</v>
       </c>
       <c r="G26" s="7">
-        <v>12.6</v>
+        <v>12.4</v>
       </c>
       <c r="I26" s="7">
-        <v>12.1</v>
+        <v>12.5</v>
       </c>
       <c r="K26" s="7">
-        <v>0.100000000000001</v>
+        <v>-0.19999999999999901</v>
       </c>
       <c r="M26" s="7">
-        <v>0.20000000000000101</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="O26" s="7">
-        <v>-0.5</v>
+        <v>9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>164</v>
       </c>
       <c r="B27" t="s">
         <v>35</v>
       </c>
       <c r="C27" s="7">
-        <v>1339.1</v>
+        <v>1346</v>
       </c>
       <c r="E27" s="7">
-        <v>1344.1</v>
+        <v>1344</v>
       </c>
       <c r="G27" s="7">
-        <v>1329.9</v>
+        <v>1343.9</v>
       </c>
       <c r="I27" s="7">
-        <v>1326.1</v>
+        <v>1335.5</v>
       </c>
       <c r="K27" s="7">
-        <v>-5</v>
+        <v>2</v>
       </c>
       <c r="M27" s="7">
-        <v>9.1999999999998199</v>
+        <v>2.0999999999999099</v>
       </c>
       <c r="O27" s="7">
-        <v>-3.8000000000001801</v>
+        <v>-8.4000000000000892</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>165</v>
       </c>
       <c r="B28" t="s">
         <v>36</v>
       </c>
       <c r="C28" s="7">
-        <v>1155.9000000000001</v>
+        <v>1161</v>
       </c>
       <c r="E28" s="7">
-        <v>1165.4000000000001</v>
+        <v>1156.5999999999999</v>
       </c>
       <c r="G28" s="7">
-        <v>1145.0999999999999</v>
+        <v>1151.4000000000001</v>
       </c>
       <c r="I28" s="7">
-        <v>1145.8</v>
+        <v>1142.5999999999999</v>
       </c>
       <c r="K28" s="7">
-        <v>-9.5</v>
+        <v>4.4000000000000901</v>
       </c>
       <c r="M28" s="7">
-        <v>10.8000000000002</v>
+        <v>9.5999999999999108</v>
       </c>
       <c r="O28" s="7">
-        <v>0.70000000000004503</v>
+        <v>-8.8000000000001801</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>166</v>
       </c>
       <c r="B29" t="s">
         <v>40</v>
       </c>
       <c r="C29" s="7">
-        <v>232.2</v>
+        <v>237.5</v>
       </c>
       <c r="E29" s="7">
-        <v>233</v>
+        <v>235.4</v>
       </c>
       <c r="G29" s="7">
-        <v>231.3</v>
+        <v>236.5</v>
       </c>
       <c r="I29" s="7">
-        <v>231.5</v>
+        <v>233.1</v>
       </c>
       <c r="K29" s="7">
-        <v>-0.80000000000001104</v>
+        <v>2.0999999999999899</v>
       </c>
       <c r="M29" s="7">
-        <v>0.89999999999997704</v>
+        <v>1</v>
       </c>
       <c r="O29" s="7">
-        <v>0.19999999999998899</v>
+        <v>-3.4000000000000101</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>167</v>
       </c>
       <c r="B30" t="s">
         <v>41</v>
       </c>
       <c r="C30" s="7">
         <v>60.7</v>
       </c>
       <c r="E30" s="7">
-        <v>61</v>
+        <v>60.3</v>
       </c>
       <c r="G30" s="7">
-        <v>60.7</v>
+        <v>59.7</v>
       </c>
       <c r="I30" s="7">
-        <v>60.9</v>
+        <v>59.6</v>
       </c>
       <c r="K30" s="7">
-        <v>-0.29999999999999699</v>
+        <v>0.40000000000000602</v>
       </c>
       <c r="M30" s="7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="O30" s="7">
-        <v>0.19999999999999599</v>
+        <v>-0.100000000000001</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>171</v>
       </c>
       <c r="B31" t="s">
         <v>44</v>
       </c>
       <c r="C31" s="7">
-        <v>105.1</v>
+        <v>108.8</v>
       </c>
       <c r="E31" s="7">
-        <v>105.6</v>
+        <v>107.3</v>
       </c>
       <c r="G31" s="7">
-        <v>105</v>
+        <v>108.7</v>
       </c>
       <c r="I31" s="7">
-        <v>105.1</v>
+        <v>106.8</v>
       </c>
       <c r="K31" s="7">
-        <v>-0.5</v>
+        <v>1.5</v>
       </c>
       <c r="M31" s="7">
         <v>9.9999999999994302E-2</v>
       </c>
       <c r="O31" s="7">
-        <v>9.9999999999994302E-2</v>
+        <v>-1.9000000000000099</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>172</v>
       </c>
       <c r="B32" t="s">
         <v>47</v>
       </c>
       <c r="C32" s="7">
         <v>10.9</v>
       </c>
       <c r="E32" s="7">
-        <v>11</v>
+        <v>10.9</v>
       </c>
       <c r="G32" s="7">
         <v>10.9</v>
       </c>
       <c r="I32" s="7">
         <v>10.9</v>
       </c>
       <c r="K32" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="O32" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>174</v>
       </c>
       <c r="B33" t="s">
         <v>48</v>
       </c>
       <c r="C33" s="7">
-        <v>25.1</v>
+        <v>25.6</v>
       </c>
       <c r="E33" s="7">
-        <v>25.2</v>
+        <v>25.5</v>
       </c>
       <c r="G33" s="7">
-        <v>25</v>
+        <v>25.6</v>
       </c>
       <c r="I33" s="7">
-        <v>24.9</v>
+        <v>25.4</v>
       </c>
       <c r="K33" s="7">
-        <v>-9.9999999999997896E-2</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M33" s="7">
-        <v>0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="O33" s="7">
-        <v>-0.100000000000001</v>
+        <v>-0.20000000000000301</v>
       </c>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>175</v>
       </c>
       <c r="B34" t="s">
         <v>50</v>
       </c>
       <c r="C34" s="7">
-        <v>66.400000000000006</v>
+        <v>68</v>
       </c>
       <c r="E34" s="7">
-        <v>66.400000000000006</v>
+        <v>67.8</v>
       </c>
       <c r="G34" s="7">
-        <v>65.599999999999994</v>
+        <v>68.099999999999994</v>
       </c>
       <c r="I34" s="7">
-        <v>65.5</v>
+        <v>66.7</v>
       </c>
       <c r="K34" s="7">
-        <v>0</v>
+        <v>0.20000000000000301</v>
       </c>
       <c r="M34" s="7">
-        <v>0.80000000000001104</v>
+        <v>-9.9999999999994302E-2</v>
       </c>
       <c r="O34" s="7">
-        <v>-9.9999999999994302E-2</v>
+        <v>-1.3999999999999899</v>
       </c>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>177</v>
       </c>
       <c r="B35" t="s">
         <v>51</v>
       </c>
       <c r="C35" s="7">
-        <v>64.5</v>
+        <v>66</v>
       </c>
       <c r="E35" s="7">
-        <v>64.5</v>
+        <v>65.8</v>
       </c>
       <c r="G35" s="7">
-        <v>63.5</v>
+        <v>66.400000000000006</v>
       </c>
       <c r="I35" s="7">
-        <v>63.5</v>
+        <v>64.900000000000006</v>
       </c>
       <c r="K35" s="7">
-        <v>0</v>
+        <v>0.20000000000000301</v>
       </c>
       <c r="M35" s="7">
-        <v>1</v>
+        <v>-0.40000000000000602</v>
       </c>
       <c r="O35" s="7">
-        <v>0</v>
+        <v>-1.5</v>
       </c>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>178</v>
       </c>
       <c r="B36" t="s">
         <v>52</v>
       </c>
       <c r="C36" s="7">
-        <v>17.600000000000001</v>
+        <v>17.5</v>
       </c>
       <c r="E36" s="7">
-        <v>17.600000000000001</v>
+        <v>17.5</v>
       </c>
       <c r="G36" s="7">
         <v>17.2</v>
       </c>
       <c r="I36" s="7">
-        <v>17.2</v>
+        <v>17</v>
       </c>
       <c r="K36" s="7">
         <v>0</v>
       </c>
       <c r="M36" s="7">
-        <v>0.40000000000000202</v>
+        <v>0.30000000000000099</v>
       </c>
       <c r="O36" s="7">
-        <v>0</v>
+        <v>-0.19999999999999901</v>
       </c>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>179</v>
       </c>
       <c r="B37" t="s">
         <v>53</v>
       </c>
       <c r="C37" s="7">
+        <v>5.9</v>
+      </c>
+      <c r="E37" s="7">
         <v>6</v>
       </c>
-      <c r="E37" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="G37" s="7">
-        <v>6.3</v>
+        <v>6.2</v>
       </c>
       <c r="I37" s="7">
-        <v>6.3</v>
+        <v>6.2</v>
       </c>
       <c r="K37" s="7">
         <v>-9.9999999999999603E-2</v>
       </c>
       <c r="M37" s="7">
         <v>-0.3</v>
       </c>
       <c r="O37" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>180</v>
       </c>
       <c r="B38" t="s">
         <v>54</v>
       </c>
       <c r="C38" s="7">
         <v>13</v>
       </c>
       <c r="E38" s="7">
-        <v>13.1</v>
+        <v>13</v>
       </c>
       <c r="G38" s="7">
         <v>13.6</v>
       </c>
       <c r="I38" s="7">
-        <v>13.6</v>
+        <v>13.5</v>
       </c>
       <c r="K38" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="M38" s="7">
         <v>-0.6</v>
       </c>
       <c r="O38" s="7">
-        <v>0</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="39" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>181</v>
       </c>
       <c r="B39" t="s">
         <v>55</v>
       </c>
       <c r="C39" s="7">
         <v>11.9</v>
       </c>
       <c r="E39" s="7">
         <v>12</v>
       </c>
       <c r="G39" s="7">
+        <v>11.9</v>
+      </c>
+      <c r="I39" s="7">
         <v>11.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>11.9</v>
       </c>
       <c r="K39" s="7">
         <v>-9.9999999999999603E-2</v>
       </c>
       <c r="M39" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="O39" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>182</v>
       </c>
       <c r="B40" t="s">
         <v>57</v>
       </c>
       <c r="C40" s="7">
-        <v>130.6</v>
+        <v>130.5</v>
       </c>
       <c r="E40" s="7">
-        <v>131.30000000000001</v>
+        <v>130</v>
       </c>
       <c r="G40" s="7">
-        <v>131.4</v>
+        <v>131.19999999999999</v>
       </c>
       <c r="I40" s="7">
-        <v>132.19999999999999</v>
+        <v>129.80000000000001</v>
       </c>
       <c r="K40" s="7">
-        <v>-0.70000000000001705</v>
+        <v>0.5</v>
       </c>
       <c r="M40" s="7">
-        <v>-0.80000000000001104</v>
+        <v>-0.69999999999998896</v>
       </c>
       <c r="O40" s="7">
-        <v>0.79999999999998295</v>
+        <v>-1.3999999999999799</v>
       </c>
     </row>
     <row r="41" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>183</v>
       </c>
       <c r="B41" t="s">
         <v>58</v>
       </c>
       <c r="C41" s="7">
-        <v>73.7</v>
+        <v>74</v>
       </c>
       <c r="E41" s="7">
-        <v>74.400000000000006</v>
+        <v>73.599999999999994</v>
       </c>
       <c r="G41" s="7">
-        <v>74.2</v>
+        <v>74.599999999999994</v>
       </c>
       <c r="I41" s="7">
-        <v>74.3</v>
+        <v>74.7</v>
       </c>
       <c r="K41" s="7">
-        <v>-0.70000000000000295</v>
+        <v>0.40000000000000602</v>
       </c>
       <c r="M41" s="7">
-        <v>-0.5</v>
+        <v>-0.59999999999999398</v>
       </c>
       <c r="O41" s="7">
-        <v>9.9999999999994302E-2</v>
+        <v>0.100000000000009</v>
       </c>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>184</v>
       </c>
       <c r="B42" t="s">
         <v>59</v>
       </c>
       <c r="C42" s="7">
-        <v>40.700000000000003</v>
+        <v>41.1</v>
       </c>
       <c r="E42" s="7">
-        <v>41.1</v>
+        <v>40.799999999999997</v>
       </c>
       <c r="G42" s="7">
-        <v>41.2</v>
+        <v>41.6</v>
       </c>
       <c r="I42" s="7">
-        <v>41.3</v>
+        <v>41.6</v>
       </c>
       <c r="K42" s="7">
-        <v>-0.39999999999999902</v>
+        <v>0.30000000000000399</v>
       </c>
       <c r="M42" s="7">
         <v>-0.5</v>
       </c>
       <c r="O42" s="7">
-        <v>9.9999999999994302E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>185</v>
       </c>
       <c r="B43" t="s">
         <v>60</v>
       </c>
       <c r="C43" s="7">
-        <v>14.4</v>
+        <v>14.3</v>
       </c>
       <c r="E43" s="7">
-        <v>14.5</v>
+        <v>14.3</v>
       </c>
       <c r="G43" s="7">
         <v>14.6</v>
       </c>
       <c r="I43" s="7">
         <v>14.7</v>
       </c>
       <c r="K43" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="M43" s="7">
-        <v>-0.19999999999999901</v>
+        <v>-0.29999999999999899</v>
       </c>
       <c r="O43" s="7">
         <v>9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>186</v>
       </c>
       <c r="B44" t="s">
         <v>61</v>
       </c>
       <c r="C44" s="7">
         <v>16.899999999999999</v>
       </c>
       <c r="E44" s="7">
-        <v>17</v>
+        <v>16.899999999999999</v>
       </c>
       <c r="G44" s="7">
         <v>17.2</v>
       </c>
       <c r="I44" s="7">
-        <v>17.2</v>
+        <v>17.3</v>
       </c>
       <c r="K44" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="M44" s="7">
         <v>-0.30000000000000099</v>
       </c>
       <c r="O44" s="7">
-        <v>0</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="45" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
         <v>187</v>
       </c>
       <c r="B45" t="s">
         <v>62</v>
       </c>
       <c r="C45" s="7">
-        <v>33</v>
+        <v>32.9</v>
       </c>
       <c r="E45" s="7">
-        <v>33.299999999999997</v>
+        <v>32.799999999999997</v>
       </c>
       <c r="G45" s="7">
         <v>33</v>
       </c>
       <c r="I45" s="7">
-        <v>33</v>
+        <v>33.1</v>
       </c>
       <c r="K45" s="7">
-        <v>-0.29999999999999699</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M45" s="7">
-        <v>0</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="O45" s="7">
-        <v>0</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="46" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
         <v>188</v>
       </c>
       <c r="B46" t="s">
         <v>63</v>
       </c>
       <c r="C46" s="7">
-        <v>317</v>
+        <v>315.7</v>
       </c>
       <c r="E46" s="7">
-        <v>317.7</v>
+        <v>317.10000000000002</v>
       </c>
       <c r="G46" s="7">
-        <v>315.2</v>
+        <v>315.10000000000002</v>
       </c>
       <c r="I46" s="7">
-        <v>316.60000000000002</v>
+        <v>314.8</v>
       </c>
       <c r="K46" s="7">
-        <v>-0.69999999999998896</v>
+        <v>-1.4000000000000301</v>
       </c>
       <c r="M46" s="7">
-        <v>1.80000000000001</v>
+        <v>0.599999999999966</v>
       </c>
       <c r="O46" s="7">
-        <v>1.4000000000000301</v>
+        <v>-0.30000000000001098</v>
       </c>
     </row>
     <row r="47" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
         <v>189</v>
       </c>
       <c r="B47" t="s">
         <v>64</v>
       </c>
       <c r="C47" s="7">
-        <v>156</v>
+        <v>156.19999999999999</v>
       </c>
       <c r="E47" s="7">
-        <v>156.80000000000001</v>
+        <v>156.69999999999999</v>
       </c>
       <c r="G47" s="7">
+        <v>154.80000000000001</v>
+      </c>
+      <c r="I47" s="7">
         <v>154.6</v>
       </c>
-      <c r="I47" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="K47" s="7">
-        <v>-0.80000000000001104</v>
+        <v>-0.5</v>
       </c>
       <c r="M47" s="7">
-        <v>1.4000000000000099</v>
+        <v>1.3999999999999799</v>
       </c>
       <c r="O47" s="7">
-        <v>0.90000000000000602</v>
+        <v>-0.200000000000017</v>
       </c>
     </row>
     <row r="48" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
         <v>190</v>
       </c>
       <c r="B48" t="s">
         <v>65</v>
       </c>
       <c r="C48" s="7">
         <v>12.3</v>
       </c>
       <c r="E48" s="7">
+        <v>12.4</v>
+      </c>
+      <c r="G48" s="7">
         <v>12.3</v>
       </c>
-      <c r="G48" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="I48" s="7">
-        <v>12.1</v>
+        <v>12.3</v>
       </c>
       <c r="K48" s="7">
-        <v>0</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="M48" s="7">
-        <v>0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="O48" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
         <v>191</v>
       </c>
       <c r="B49" t="s">
         <v>66</v>
       </c>
       <c r="C49" s="7">
         <v>11.7</v>
       </c>
       <c r="E49" s="7">
         <v>11.7</v>
       </c>
       <c r="G49" s="7">
-        <v>11.4</v>
+        <v>11.5</v>
       </c>
       <c r="I49" s="7">
-        <v>11.6</v>
+        <v>11.5</v>
       </c>
       <c r="K49" s="7">
         <v>0</v>
       </c>
       <c r="M49" s="7">
-        <v>0.29999999999999899</v>
+        <v>0.19999999999999901</v>
       </c>
       <c r="O49" s="7">
-        <v>0.19999999999999901</v>
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
         <v>192</v>
       </c>
       <c r="B50" t="s">
         <v>67</v>
       </c>
       <c r="C50" s="7">
-        <v>22.2</v>
+        <v>22</v>
       </c>
       <c r="E50" s="7">
-        <v>22.3</v>
+        <v>22</v>
       </c>
       <c r="G50" s="7">
-        <v>21.3</v>
+        <v>21.5</v>
       </c>
       <c r="I50" s="7">
-        <v>21.4</v>
+        <v>21.5</v>
       </c>
       <c r="K50" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="M50" s="7">
-        <v>0.89999999999999902</v>
+        <v>0.5</v>
       </c>
       <c r="O50" s="7">
-        <v>9.9999999999997896E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
         <v>193</v>
       </c>
       <c r="B51" t="s">
         <v>68</v>
       </c>
       <c r="C51" s="7">
-        <v>51.7</v>
+        <v>51.6</v>
       </c>
       <c r="E51" s="7">
         <v>52</v>
       </c>
       <c r="G51" s="7">
-        <v>52</v>
+        <v>51.3</v>
       </c>
       <c r="I51" s="7">
-        <v>52.4</v>
+        <v>51.4</v>
       </c>
       <c r="K51" s="7">
-        <v>-0.29999999999999699</v>
+        <v>-0.39999999999999902</v>
       </c>
       <c r="M51" s="7">
-        <v>-0.29999999999999699</v>
+        <v>0.30000000000000399</v>
       </c>
       <c r="O51" s="7">
-        <v>0.39999999999999902</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="52" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
         <v>194</v>
       </c>
       <c r="B52" t="s">
         <v>69</v>
       </c>
       <c r="C52" s="7">
-        <v>86</v>
+        <v>85.1</v>
       </c>
       <c r="E52" s="7">
-        <v>86.1</v>
+        <v>85.4</v>
       </c>
       <c r="G52" s="7">
-        <v>86.7</v>
+        <v>86.3</v>
       </c>
       <c r="I52" s="7">
-        <v>87.8</v>
+        <v>86.3</v>
       </c>
       <c r="K52" s="7">
-        <v>-9.9999999999994302E-2</v>
+        <v>-0.30000000000001098</v>
       </c>
       <c r="M52" s="7">
-        <v>-0.70000000000000295</v>
+        <v>-1.2</v>
       </c>
       <c r="O52" s="7">
-        <v>1.0999999999999901</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
         <v>195</v>
       </c>
       <c r="B53" t="s">
         <v>70</v>
       </c>
       <c r="C53" s="7">
+        <v>74.400000000000006</v>
+      </c>
+      <c r="E53" s="7">
         <v>75</v>
       </c>
-      <c r="E53" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="G53" s="7">
+        <v>74</v>
+      </c>
+      <c r="I53" s="7">
         <v>73.900000000000006</v>
       </c>
-      <c r="I53" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="K53" s="7">
-        <v>0.20000000000000301</v>
+        <v>-0.59999999999999398</v>
       </c>
       <c r="M53" s="7">
-        <v>1.0999999999999901</v>
+        <v>0.40000000000000602</v>
       </c>
       <c r="O53" s="7">
-        <v>-0.60000000000000897</v>
+        <v>-9.9999999999994302E-2</v>
       </c>
     </row>
     <row r="54" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A54" t="s">
         <v>196</v>
       </c>
       <c r="B54" t="s">
         <v>71</v>
       </c>
       <c r="C54" s="7">
-        <v>71.400000000000006</v>
+        <v>71</v>
       </c>
       <c r="E54" s="7">
-        <v>71.2</v>
+        <v>71.5</v>
       </c>
       <c r="G54" s="7">
-        <v>70.5</v>
+        <v>70.599999999999994</v>
       </c>
       <c r="I54" s="7">
-        <v>70</v>
+        <v>70.599999999999994</v>
       </c>
       <c r="K54" s="7">
-        <v>0.20000000000000301</v>
+        <v>-0.5</v>
       </c>
       <c r="M54" s="7">
-        <v>0.90000000000000602</v>
+        <v>0.40000000000000602</v>
       </c>
       <c r="O54" s="7">
-        <v>-0.5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A55" t="s">
         <v>197</v>
       </c>
       <c r="B55" t="s">
         <v>72</v>
       </c>
       <c r="C55" s="7">
-        <v>24.5</v>
+        <v>24.1</v>
       </c>
       <c r="E55" s="7">
-        <v>24.3</v>
+        <v>24.4</v>
       </c>
       <c r="G55" s="7">
-        <v>24.9</v>
+        <v>24.7</v>
       </c>
       <c r="I55" s="7">
-        <v>24.4</v>
+        <v>24.6</v>
       </c>
       <c r="K55" s="7">
-        <v>0.19999999999999901</v>
+        <v>-0.29999999999999699</v>
       </c>
       <c r="M55" s="7">
-        <v>-0.39999999999999902</v>
+        <v>-0.59999999999999798</v>
       </c>
       <c r="O55" s="7">
-        <v>-0.5</v>
+        <v>-9.9999999999997896E-2</v>
       </c>
     </row>
     <row r="56" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A56" t="s">
         <v>199</v>
       </c>
       <c r="B56" t="s">
         <v>74</v>
       </c>
       <c r="C56" s="7">
-        <v>208.5</v>
+        <v>214</v>
       </c>
       <c r="E56" s="7">
-        <v>208.3</v>
+        <v>213.3</v>
       </c>
       <c r="G56" s="7">
-        <v>201.4</v>
+        <v>206</v>
       </c>
       <c r="I56" s="7">
-        <v>197.2</v>
+        <v>206.2</v>
       </c>
       <c r="K56" s="7">
+        <v>0.69999999999998896</v>
+      </c>
+      <c r="M56" s="7">
+        <v>8</v>
+      </c>
+      <c r="O56" s="7">
         <v>0.19999999999998899</v>
-      </c>
-[...4 lines deleted...]
-        <v>-4.2000000000000197</v>
       </c>
     </row>
     <row r="57" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A57" t="s">
         <v>200</v>
       </c>
       <c r="B57" t="s">
         <v>75</v>
       </c>
       <c r="C57" s="7">
-        <v>35.1</v>
+        <v>37.1</v>
       </c>
       <c r="E57" s="7">
-        <v>34.299999999999997</v>
+        <v>37.5</v>
       </c>
       <c r="G57" s="7">
-        <v>34.1</v>
+        <v>36.5</v>
       </c>
       <c r="I57" s="7">
-        <v>31.1</v>
+        <v>36.799999999999997</v>
       </c>
       <c r="K57" s="7">
-        <v>0.80000000000000404</v>
+        <v>-0.39999999999999902</v>
       </c>
       <c r="M57" s="7">
-        <v>1</v>
+        <v>0.60000000000000098</v>
       </c>
       <c r="O57" s="7">
-        <v>-3</v>
+        <v>0.29999999999999699</v>
       </c>
     </row>
     <row r="58" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A58" t="s">
         <v>201</v>
       </c>
       <c r="B58" t="s">
         <v>77</v>
       </c>
       <c r="C58" s="7">
-        <v>173.4</v>
+        <v>176.9</v>
       </c>
       <c r="E58" s="7">
-        <v>174</v>
+        <v>175.8</v>
       </c>
       <c r="G58" s="7">
-        <v>167.3</v>
+        <v>169.5</v>
       </c>
       <c r="I58" s="7">
-        <v>166.1</v>
+        <v>169.4</v>
       </c>
       <c r="K58" s="7">
-        <v>-0.59999999999999398</v>
+        <v>1.0999999999999901</v>
       </c>
       <c r="M58" s="7">
-        <v>6.0999999999999899</v>
+        <v>7.4000000000000101</v>
       </c>
       <c r="O58" s="7">
-        <v>-1.2000000000000199</v>
+        <v>-9.9999999999994302E-2</v>
       </c>
     </row>
     <row r="59" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A59" t="s">
         <v>202</v>
       </c>
       <c r="B59" t="s">
         <v>78</v>
       </c>
       <c r="C59" s="7">
-        <v>68.099999999999994</v>
+        <v>70.7</v>
       </c>
       <c r="E59" s="7">
-        <v>68.7</v>
+        <v>70.099999999999994</v>
       </c>
       <c r="G59" s="7">
-        <v>65.3</v>
+        <v>66.5</v>
       </c>
       <c r="I59" s="7">
-        <v>65.099999999999994</v>
+        <v>66.3</v>
       </c>
       <c r="K59" s="7">
-        <v>-0.60000000000000897</v>
+        <v>0.60000000000000897</v>
       </c>
       <c r="M59" s="7">
-        <v>2.8</v>
+        <v>4.2</v>
       </c>
       <c r="O59" s="7">
         <v>-0.20000000000000301</v>
       </c>
     </row>
     <row r="60" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A60" t="s">
         <v>203</v>
       </c>
       <c r="B60" t="s">
         <v>79</v>
       </c>
       <c r="C60" s="7">
-        <v>32</v>
+        <v>32.1</v>
       </c>
       <c r="E60" s="7">
         <v>32</v>
       </c>
       <c r="G60" s="7">
-        <v>31.3</v>
+        <v>31.4</v>
       </c>
       <c r="I60" s="7">
-        <v>31.1</v>
+        <v>31.5</v>
       </c>
       <c r="K60" s="7">
-        <v>0</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M60" s="7">
-        <v>0.69999999999999896</v>
+        <v>0.70000000000000295</v>
       </c>
       <c r="O60" s="7">
-        <v>-0.19999999999999901</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="61" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A61" t="s">
         <v>204</v>
       </c>
       <c r="B61" t="s">
         <v>80</v>
       </c>
       <c r="C61" s="7">
-        <v>21</v>
+        <v>21.2</v>
       </c>
       <c r="E61" s="7">
-        <v>21</v>
+        <v>21.1</v>
       </c>
       <c r="G61" s="7">
-        <v>20.3</v>
+        <v>20.5</v>
       </c>
       <c r="I61" s="7">
-        <v>20.100000000000001</v>
+        <v>20.5</v>
       </c>
       <c r="K61" s="7">
-        <v>0</v>
+        <v>9.9999999999997896E-2</v>
       </c>
       <c r="M61" s="7">
         <v>0.69999999999999896</v>
       </c>
       <c r="O61" s="7">
-        <v>-0.19999999999999901</v>
+        <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A62" t="s">
         <v>205</v>
       </c>
       <c r="B62" t="s">
         <v>81</v>
       </c>
       <c r="C62" s="7">
-        <v>52.3</v>
+        <v>52.9</v>
       </c>
       <c r="E62" s="7">
-        <v>52.3</v>
+        <v>52.6</v>
       </c>
       <c r="G62" s="7">
-        <v>50.4</v>
+        <v>51.1</v>
       </c>
       <c r="I62" s="7">
-        <v>49.8</v>
+        <v>51.1</v>
       </c>
       <c r="K62" s="7">
-        <v>0</v>
+        <v>0.29999999999999699</v>
       </c>
       <c r="M62" s="7">
-        <v>1.9</v>
+        <v>1.8</v>
       </c>
       <c r="O62" s="7">
-        <v>-0.60000000000000098</v>
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A63" t="s">
         <v>206</v>
       </c>
       <c r="B63" t="s">
         <v>82</v>
       </c>
       <c r="C63" s="7">
-        <v>144.6</v>
+        <v>140.80000000000001</v>
       </c>
       <c r="E63" s="7">
-        <v>148.5</v>
+        <v>138.80000000000001</v>
       </c>
       <c r="G63" s="7">
-        <v>142.80000000000001</v>
+        <v>139.9</v>
       </c>
       <c r="I63" s="7">
-        <v>144.80000000000001</v>
+        <v>136.69999999999999</v>
       </c>
       <c r="K63" s="7">
-        <v>-3.9000000000000101</v>
+        <v>2</v>
       </c>
       <c r="M63" s="7">
-        <v>1.7999999999999801</v>
+        <v>0.90000000000000602</v>
       </c>
       <c r="O63" s="7">
-        <v>2</v>
+        <v>-3.2000000000000202</v>
       </c>
     </row>
     <row r="64" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A64" t="s">
         <v>207</v>
       </c>
       <c r="B64" t="s">
         <v>84</v>
       </c>
       <c r="C64" s="7">
-        <v>29.9</v>
+        <v>27.8</v>
       </c>
       <c r="E64" s="7">
-        <v>31.2</v>
+        <v>27.6</v>
       </c>
       <c r="G64" s="7">
-        <v>28.8</v>
+        <v>27</v>
       </c>
       <c r="I64" s="7">
-        <v>30.3</v>
+        <v>26.5</v>
       </c>
       <c r="K64" s="7">
-        <v>-1.3</v>
+        <v>0.19999999999999901</v>
       </c>
       <c r="M64" s="7">
-        <v>1.1000000000000001</v>
+        <v>0.80000000000000104</v>
       </c>
       <c r="O64" s="7">
-        <v>1.5</v>
+        <v>-0.5</v>
       </c>
     </row>
     <row r="65" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A65" t="s">
         <v>208</v>
       </c>
       <c r="B65" t="s">
         <v>85</v>
       </c>
       <c r="C65" s="7">
-        <v>114.7</v>
+        <v>113</v>
       </c>
       <c r="E65" s="7">
-        <v>117.3</v>
+        <v>111.2</v>
       </c>
       <c r="G65" s="7">
-        <v>114</v>
+        <v>112.9</v>
       </c>
       <c r="I65" s="7">
-        <v>114.5</v>
+        <v>110.2</v>
       </c>
       <c r="K65" s="7">
-        <v>-2.5999999999999899</v>
+        <v>1.8</v>
       </c>
       <c r="M65" s="7">
-        <v>0.70000000000000295</v>
+        <v>9.9999999999994302E-2</v>
       </c>
       <c r="O65" s="7">
-        <v>0.5</v>
+        <v>-2.7</v>
       </c>
     </row>
     <row r="66" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A66" t="s">
         <v>209</v>
       </c>
       <c r="B66" t="s">
         <v>86</v>
       </c>
       <c r="C66" s="7">
-        <v>14.3</v>
+        <v>14.2</v>
       </c>
       <c r="E66" s="7">
-        <v>14.5</v>
+        <v>14</v>
       </c>
       <c r="G66" s="7">
-        <v>14.2</v>
+        <v>13.9</v>
       </c>
       <c r="I66" s="7">
-        <v>14.2</v>
+        <v>13.7</v>
       </c>
       <c r="K66" s="7">
-        <v>-0.19999999999999901</v>
+        <v>0.19999999999999901</v>
       </c>
       <c r="M66" s="7">
-        <v>0.100000000000001</v>
+        <v>0.29999999999999899</v>
       </c>
       <c r="O66" s="7">
-        <v>0</v>
+        <v>-0.20000000000000101</v>
       </c>
     </row>
     <row r="67" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A67" t="s">
         <v>210</v>
       </c>
       <c r="B67" t="s">
         <v>87</v>
       </c>
       <c r="C67" s="7">
-        <v>100.4</v>
+        <v>98.8</v>
       </c>
       <c r="E67" s="7">
-        <v>102.8</v>
+        <v>97.2</v>
       </c>
       <c r="G67" s="7">
-        <v>99.8</v>
+        <v>99</v>
       </c>
       <c r="I67" s="7">
-        <v>100.3</v>
+        <v>96.5</v>
       </c>
       <c r="K67" s="7">
-        <v>-2.3999999999999901</v>
+        <v>1.5999999999999901</v>
       </c>
       <c r="M67" s="7">
-        <v>0.60000000000000897</v>
+        <v>-0.20000000000000301</v>
       </c>
       <c r="O67" s="7">
-        <v>0.5</v>
+        <v>-2.5</v>
       </c>
     </row>
     <row r="68" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A68" t="s">
         <v>211</v>
       </c>
       <c r="B68" t="s">
         <v>88</v>
       </c>
       <c r="C68" s="7">
-        <v>49.3</v>
+        <v>48.5</v>
       </c>
       <c r="E68" s="7">
-        <v>52.2</v>
+        <v>48.4</v>
       </c>
       <c r="G68" s="7">
-        <v>48.8</v>
+        <v>48.1</v>
       </c>
       <c r="I68" s="7">
-        <v>49.2</v>
+        <v>47.3</v>
       </c>
       <c r="K68" s="7">
-        <v>-2.9000000000000101</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M68" s="7">
-        <v>0.5</v>
+        <v>0.39999999999999902</v>
       </c>
       <c r="O68" s="7">
-        <v>0.40000000000000602</v>
+        <v>-0.80000000000000404</v>
       </c>
     </row>
     <row r="69" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A69" t="s">
         <v>212</v>
       </c>
       <c r="B69" t="s">
         <v>89</v>
       </c>
       <c r="C69" s="7">
-        <v>8.9</v>
+        <v>8.8000000000000007</v>
       </c>
       <c r="E69" s="7">
-        <v>9.1999999999999993</v>
+        <v>8.8000000000000007</v>
       </c>
       <c r="G69" s="7">
-        <v>8.6999999999999993</v>
+        <v>8.5</v>
       </c>
       <c r="I69" s="7">
-        <v>8.6999999999999993</v>
+        <v>8.4</v>
       </c>
       <c r="K69" s="7">
-        <v>-0.29999999999999899</v>
+        <v>0</v>
       </c>
       <c r="M69" s="7">
-        <v>0.20000000000000101</v>
+        <v>0.30000000000000099</v>
       </c>
       <c r="O69" s="7">
-        <v>0</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="70" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A70" t="s">
         <v>213</v>
       </c>
       <c r="B70" t="s">
         <v>90</v>
       </c>
       <c r="C70" s="7">
-        <v>15.1</v>
+        <v>14.8</v>
       </c>
       <c r="E70" s="7">
-        <v>16.2</v>
+        <v>14.8</v>
       </c>
       <c r="G70" s="7">
-        <v>15</v>
+        <v>14.9</v>
       </c>
       <c r="I70" s="7">
-        <v>14.9</v>
+        <v>14.6</v>
       </c>
       <c r="K70" s="7">
-        <v>-1.1000000000000001</v>
+        <v>0</v>
       </c>
       <c r="M70" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="O70" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>-0.30000000000000099</v>
       </c>
     </row>
     <row r="71" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A71" t="s">
         <v>214</v>
       </c>
       <c r="B71" t="s">
         <v>91</v>
       </c>
       <c r="C71" s="7">
-        <v>25.3</v>
+        <v>24.9</v>
       </c>
       <c r="E71" s="7">
-        <v>26.8</v>
+        <v>24.8</v>
       </c>
       <c r="G71" s="7">
-        <v>25.1</v>
+        <v>24.7</v>
       </c>
       <c r="I71" s="7">
-        <v>25.6</v>
+        <v>24.3</v>
       </c>
       <c r="K71" s="7">
-        <v>-1.5</v>
+        <v>9.9999999999997896E-2</v>
       </c>
       <c r="M71" s="7">
         <v>0.19999999999999901</v>
       </c>
       <c r="O71" s="7">
-        <v>0.5</v>
+        <v>-0.39999999999999902</v>
       </c>
     </row>
     <row r="72" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A72" t="s">
         <v>215</v>
       </c>
       <c r="B72" t="s">
         <v>92</v>
       </c>
       <c r="C72" s="7">
-        <v>183.2</v>
+        <v>185</v>
       </c>
       <c r="E72" s="7">
-        <v>178.7</v>
+        <v>187.4</v>
       </c>
       <c r="G72" s="7">
-        <v>184.8</v>
+        <v>192.5</v>
       </c>
       <c r="I72" s="7">
-        <v>180.3</v>
+        <v>192.9</v>
       </c>
       <c r="K72" s="7">
-        <v>4.5</v>
+        <v>-2.4000000000000101</v>
       </c>
       <c r="M72" s="7">
-        <v>-1.6000000000000201</v>
+        <v>-7.5</v>
       </c>
       <c r="O72" s="7">
-        <v>-4.5</v>
+        <v>0.40000000000000602</v>
       </c>
     </row>
     <row r="73" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A73" t="s">
         <v>216</v>
       </c>
       <c r="B73" t="s">
         <v>93</v>
       </c>
       <c r="C73" s="7">
-        <v>18.100000000000001</v>
+        <v>17.399999999999999</v>
       </c>
       <c r="E73" s="7">
-        <v>18.100000000000001</v>
+        <v>17.399999999999999</v>
       </c>
       <c r="G73" s="7">
         <v>18.899999999999999</v>
       </c>
       <c r="I73" s="7">
-        <v>19.100000000000001</v>
+        <v>19</v>
       </c>
       <c r="K73" s="7">
         <v>0</v>
       </c>
       <c r="M73" s="7">
-        <v>-0.79999999999999705</v>
+        <v>-1.5</v>
       </c>
       <c r="O73" s="7">
-        <v>0.20000000000000301</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="74" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A74" t="s">
         <v>217</v>
       </c>
       <c r="B74" t="s">
         <v>94</v>
       </c>
       <c r="C74" s="7">
-        <v>56.1</v>
+        <v>55.5</v>
       </c>
       <c r="E74" s="7">
-        <v>52.3</v>
+        <v>57.6</v>
       </c>
       <c r="G74" s="7">
-        <v>58.7</v>
+        <v>60.8</v>
       </c>
       <c r="I74" s="7">
-        <v>54.7</v>
+        <v>60.8</v>
       </c>
       <c r="K74" s="7">
-        <v>3.8</v>
+        <v>-2.1</v>
       </c>
       <c r="M74" s="7">
-        <v>-2.6</v>
+        <v>-5.3</v>
       </c>
       <c r="O74" s="7">
-        <v>-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A75" t="s">
         <v>218</v>
       </c>
       <c r="B75" t="s">
         <v>96</v>
       </c>
       <c r="C75" s="7">
-        <v>40.1</v>
+        <v>39.5</v>
       </c>
       <c r="E75" s="7">
-        <v>36.5</v>
+        <v>41.6</v>
       </c>
       <c r="G75" s="7">
-        <v>42.6</v>
+        <v>44.8</v>
       </c>
       <c r="I75" s="7">
-        <v>38.700000000000003</v>
+        <v>44.7</v>
       </c>
       <c r="K75" s="7">
-        <v>3.6</v>
+        <v>-2.1</v>
       </c>
       <c r="M75" s="7">
-        <v>-2.5</v>
+        <v>-5.3</v>
       </c>
       <c r="O75" s="7">
-        <v>-3.9</v>
+        <v>-9.9999999999994302E-2</v>
       </c>
     </row>
     <row r="76" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A76" t="s">
         <v>220</v>
       </c>
       <c r="C76">
-        <v>109</v>
+        <v>112.1</v>
       </c>
       <c r="E76">
-        <v>108.3</v>
+        <v>112.4</v>
       </c>
       <c r="G76">
-        <v>107.2</v>
+        <v>112.8</v>
       </c>
       <c r="I76">
-        <v>106.5</v>
+        <v>113.1</v>
       </c>
       <c r="K76">
-        <v>0.70000000000000295</v>
+        <v>-0.30000000000001098</v>
       </c>
       <c r="M76">
-        <v>1.8</v>
+        <v>-0.70000000000000295</v>
       </c>
       <c r="O76">
-        <v>-0.70000000000000295</v>
+        <v>0.29999999999999699</v>
       </c>
     </row>
     <row r="77" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A77" t="s">
         <v>221</v>
       </c>
       <c r="C77">
-        <v>43.8</v>
+        <v>47.3</v>
       </c>
       <c r="E77">
-        <v>41.9</v>
+        <v>47.4</v>
       </c>
       <c r="G77">
-        <v>43.4</v>
+        <v>47.1</v>
       </c>
       <c r="I77">
-        <v>41.3</v>
+        <v>47.2</v>
       </c>
       <c r="K77">
-        <v>1.9</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="M77">
-        <v>0.39999999999999902</v>
+        <v>0.19999999999999599</v>
       </c>
       <c r="O77">
-        <v>-2.1</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="79" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A79" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="80" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A80" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="81" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A81" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="83" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A83" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
@@ -12432,910 +12449,910 @@
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="7">
-        <v>349</v>
+        <v>350.2</v>
       </c>
       <c r="E9" s="7">
-        <v>346.5</v>
+        <v>350.5</v>
       </c>
       <c r="G9" s="7">
-        <v>346.2</v>
+        <v>349.4</v>
       </c>
       <c r="I9" s="7">
-        <v>342.9</v>
+        <v>347.2</v>
       </c>
       <c r="K9" s="7">
-        <v>2.5</v>
+        <v>-0.30000000000001098</v>
       </c>
       <c r="M9" s="7">
-        <v>2.80000000000001</v>
+        <v>0.80000000000001104</v>
       </c>
       <c r="O9" s="7">
-        <v>-3.30000000000001</v>
+        <v>-2.19999999999999</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="7">
-        <v>289.5</v>
+        <v>289.39999999999998</v>
       </c>
       <c r="E10" s="7">
-        <v>287.60000000000002</v>
+        <v>289.3</v>
       </c>
       <c r="G10" s="7">
-        <v>286.89999999999998</v>
+        <v>288.2</v>
       </c>
       <c r="I10" s="7">
-        <v>283.8</v>
+        <v>285.8</v>
       </c>
       <c r="K10" s="7">
-        <v>1.8999999999999799</v>
+        <v>9.9999999999965894E-2</v>
       </c>
       <c r="M10" s="7">
-        <v>2.6000000000000201</v>
+        <v>1.19999999999999</v>
       </c>
       <c r="O10" s="7">
-        <v>-3.0999999999999699</v>
+        <v>-2.3999999999999799</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="7">
-        <v>42.3</v>
+        <v>40.9</v>
       </c>
       <c r="E11" s="7">
-        <v>42.7</v>
+        <v>41.2</v>
       </c>
       <c r="G11" s="7">
-        <v>43.1</v>
+        <v>41.5</v>
       </c>
       <c r="I11" s="7">
-        <v>43.3</v>
+        <v>41.7</v>
       </c>
       <c r="K11" s="7">
-        <v>-0.40000000000000602</v>
+        <v>-0.30000000000000399</v>
       </c>
       <c r="M11" s="7">
-        <v>-0.80000000000000404</v>
+        <v>-0.60000000000000098</v>
       </c>
       <c r="O11" s="7">
-        <v>0.19999999999999599</v>
+        <v>0.20000000000000301</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>142</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="7">
-        <v>25.7</v>
+        <v>24.4</v>
       </c>
       <c r="E12" s="7">
-        <v>26</v>
+        <v>24.7</v>
       </c>
       <c r="G12" s="7">
-        <v>26.3</v>
+        <v>25</v>
       </c>
       <c r="I12" s="7">
-        <v>26.6</v>
+        <v>25.1</v>
       </c>
       <c r="K12" s="7">
         <v>-0.30000000000000099</v>
       </c>
       <c r="M12" s="7">
         <v>-0.60000000000000098</v>
       </c>
       <c r="O12" s="7">
-        <v>0.30000000000000099</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>148</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="7">
-        <v>16.2</v>
+        <v>15.6</v>
       </c>
       <c r="E13" s="7">
+        <v>15.6</v>
+      </c>
+      <c r="G13" s="7">
+        <v>16.3</v>
+      </c>
+      <c r="I13" s="7">
         <v>16.399999999999999</v>
       </c>
-      <c r="G13" s="7">
-[...4 lines deleted...]
-      </c>
       <c r="K13" s="7">
-        <v>-0.19999999999999901</v>
+        <v>0</v>
       </c>
       <c r="M13" s="7">
-        <v>-0.80000000000000104</v>
+        <v>-0.70000000000000095</v>
       </c>
       <c r="O13" s="7">
-        <v>0.19999999999999901</v>
+        <v>9.9999999999997896E-2</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>149</v>
       </c>
       <c r="B14" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="7">
+        <v>16.5</v>
+      </c>
+      <c r="E14" s="7">
+        <v>16.5</v>
+      </c>
+      <c r="G14" s="7">
+        <v>16.5</v>
+      </c>
+      <c r="I14" s="7">
         <v>16.600000000000001</v>
       </c>
-      <c r="E14" s="7">
-[...7 lines deleted...]
-      </c>
       <c r="K14" s="7">
-        <v>-9.9999999999997896E-2</v>
+        <v>0</v>
       </c>
       <c r="M14" s="7">
-        <v>-0.19999999999999901</v>
+        <v>0</v>
       </c>
       <c r="O14" s="7">
-        <v>-0.100000000000001</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>164</v>
       </c>
       <c r="B15" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="7">
-        <v>306.7</v>
+        <v>309.3</v>
       </c>
       <c r="E15" s="7">
-        <v>303.8</v>
+        <v>309.3</v>
       </c>
       <c r="G15" s="7">
-        <v>303.10000000000002</v>
+        <v>307.89999999999998</v>
       </c>
       <c r="I15" s="7">
-        <v>299.60000000000002</v>
+        <v>305.5</v>
       </c>
       <c r="K15" s="7">
-        <v>2.8999999999999799</v>
+        <v>0</v>
       </c>
       <c r="M15" s="7">
-        <v>3.5999999999999699</v>
+        <v>1.4000000000000301</v>
       </c>
       <c r="O15" s="7">
-        <v>-3.5</v>
+        <v>-2.3999999999999799</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>165</v>
       </c>
       <c r="B16" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="7">
-        <v>247.2</v>
+        <v>248.5</v>
       </c>
       <c r="E16" s="7">
-        <v>244.9</v>
+        <v>248.1</v>
       </c>
       <c r="G16" s="7">
-        <v>243.8</v>
+        <v>246.7</v>
       </c>
       <c r="I16" s="7">
-        <v>240.5</v>
+        <v>244.1</v>
       </c>
       <c r="K16" s="7">
-        <v>2.2999999999999798</v>
+        <v>0.40000000000000602</v>
       </c>
       <c r="M16" s="7">
-        <v>3.3999999999999799</v>
+        <v>1.80000000000001</v>
       </c>
       <c r="O16" s="7">
-        <v>-3.30000000000001</v>
+        <v>-2.5999999999999899</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>166</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="7">
-        <v>71.400000000000006</v>
+        <v>73.599999999999994</v>
       </c>
       <c r="E17" s="7">
-        <v>71.599999999999994</v>
+        <v>73.099999999999994</v>
       </c>
       <c r="G17" s="7">
-        <v>71.599999999999994</v>
+        <v>73.5</v>
       </c>
       <c r="I17" s="7">
-        <v>71.2</v>
+        <v>72.599999999999994</v>
       </c>
       <c r="K17" s="7">
-        <v>-0.19999999999998899</v>
+        <v>0.5</v>
       </c>
       <c r="M17" s="7">
-        <v>-0.19999999999998899</v>
+        <v>9.9999999999994302E-2</v>
       </c>
       <c r="O17" s="7">
-        <v>-0.39999999999999097</v>
+        <v>-0.90000000000000602</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>167</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="7">
-        <v>13.5</v>
+        <v>13.4</v>
       </c>
       <c r="E18" s="7">
-        <v>13.5</v>
+        <v>13.4</v>
       </c>
       <c r="G18" s="7">
-        <v>13.5</v>
+        <v>13.3</v>
       </c>
       <c r="I18" s="7">
-        <v>13.4</v>
+        <v>13.3</v>
       </c>
       <c r="K18" s="7">
         <v>0</v>
       </c>
       <c r="M18" s="7">
-        <v>0</v>
+        <v>9.9999999999999603E-2</v>
       </c>
       <c r="O18" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>171</v>
       </c>
       <c r="B19" t="s">
         <v>40</v>
       </c>
       <c r="C19" s="7">
-        <v>36.6</v>
+        <v>38.1</v>
       </c>
       <c r="E19" s="7">
-        <v>36.6</v>
+        <v>37.6</v>
       </c>
       <c r="G19" s="7">
-        <v>36.5</v>
+        <v>37.6</v>
       </c>
       <c r="I19" s="7">
-        <v>36.5</v>
+        <v>37.299999999999997</v>
       </c>
       <c r="K19" s="7">
-        <v>0</v>
+        <v>0.5</v>
       </c>
       <c r="M19" s="7">
-        <v>0.100000000000001</v>
+        <v>0.5</v>
       </c>
       <c r="O19" s="7">
-        <v>0</v>
+        <v>-0.30000000000000399</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>174</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="7">
-        <v>6.6</v>
+        <v>6.7</v>
       </c>
       <c r="E20" s="7">
         <v>6.7</v>
       </c>
       <c r="G20" s="7">
-        <v>6.5</v>
+        <v>6.7</v>
       </c>
       <c r="I20" s="7">
-        <v>6.5</v>
+        <v>6.7</v>
       </c>
       <c r="K20" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="M20" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="O20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>175</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="7">
-        <v>21.3</v>
+        <v>22.1</v>
       </c>
       <c r="E21" s="7">
-        <v>21.5</v>
+        <v>22.1</v>
       </c>
       <c r="G21" s="7">
-        <v>21.6</v>
+        <v>22.6</v>
       </c>
       <c r="I21" s="7">
-        <v>21.3</v>
+        <v>22</v>
       </c>
       <c r="K21" s="7">
-        <v>-0.19999999999999901</v>
+        <v>0</v>
       </c>
       <c r="M21" s="7">
-        <v>-0.30000000000000099</v>
+        <v>-0.5</v>
       </c>
       <c r="O21" s="7">
-        <v>-0.30000000000000099</v>
+        <v>-0.60000000000000098</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>182</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="7">
-        <v>2.1</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="E22" s="7">
         <v>2.1</v>
       </c>
       <c r="G22" s="7">
         <v>2.1</v>
       </c>
       <c r="I22" s="7">
-        <v>2</v>
+        <v>2.1</v>
       </c>
       <c r="K22" s="7">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="M22" s="7">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="O22" s="7">
-        <v>-0.1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>183</v>
       </c>
       <c r="B23" t="s">
         <v>55</v>
       </c>
       <c r="C23" s="7">
         <v>14.6</v>
       </c>
       <c r="E23" s="7">
-        <v>14.7</v>
+        <v>14.6</v>
       </c>
       <c r="G23" s="7">
-        <v>14.7</v>
+        <v>14.8</v>
       </c>
       <c r="I23" s="7">
         <v>14.8</v>
       </c>
       <c r="K23" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="M23" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>-0.20000000000000101</v>
       </c>
       <c r="O23" s="7">
-        <v>0.100000000000001</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>188</v>
       </c>
       <c r="B24" t="s">
         <v>58</v>
       </c>
       <c r="C24" s="7">
+        <v>39.299999999999997</v>
+      </c>
+      <c r="E24" s="7">
         <v>39.5</v>
       </c>
-      <c r="E24" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="G24" s="7">
-        <v>40.200000000000003</v>
+        <v>40.799999999999997</v>
       </c>
       <c r="I24" s="7">
-        <v>39.299999999999997</v>
+        <v>39.9</v>
       </c>
       <c r="K24" s="7">
-        <v>0.100000000000001</v>
+        <v>-0.20000000000000301</v>
       </c>
       <c r="M24" s="7">
-        <v>-0.70000000000000295</v>
+        <v>-1.5</v>
       </c>
       <c r="O24" s="7">
-        <v>-0.90000000000000602</v>
+        <v>-0.89999999999999902</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>195</v>
       </c>
       <c r="B25" t="s">
         <v>63</v>
       </c>
       <c r="C25" s="7">
-        <v>25.1</v>
+        <v>24.6</v>
       </c>
       <c r="E25" s="7">
         <v>24.9</v>
       </c>
       <c r="G25" s="7">
-        <v>25.2</v>
+        <v>25.1</v>
       </c>
       <c r="I25" s="7">
-        <v>24.4</v>
+        <v>25</v>
       </c>
       <c r="K25" s="7">
-        <v>0.20000000000000301</v>
+        <v>-0.29999999999999699</v>
       </c>
       <c r="M25" s="7">
-        <v>-9.9999999999997896E-2</v>
+        <v>-0.5</v>
       </c>
       <c r="O25" s="7">
-        <v>-0.80000000000000104</v>
+        <v>-0.100000000000001</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>196</v>
       </c>
       <c r="B26" t="s">
         <v>70</v>
       </c>
       <c r="C26" s="7">
-        <v>23</v>
+        <v>22.5</v>
       </c>
       <c r="E26" s="7">
         <v>22.8</v>
       </c>
       <c r="G26" s="7">
-        <v>23.1</v>
+        <v>23</v>
       </c>
       <c r="I26" s="7">
-        <v>22.3</v>
+        <v>22.9</v>
       </c>
       <c r="K26" s="7">
-        <v>0.19999999999999901</v>
+        <v>-0.30000000000000099</v>
       </c>
       <c r="M26" s="7">
+        <v>-0.5</v>
+      </c>
+      <c r="O26" s="7">
         <v>-0.100000000000001</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.80000000000000104</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>199</v>
       </c>
       <c r="B27" t="s">
         <v>71</v>
       </c>
       <c r="C27" s="7">
-        <v>67.900000000000006</v>
+        <v>69.599999999999994</v>
       </c>
       <c r="E27" s="7">
-        <v>66.900000000000006</v>
+        <v>70</v>
       </c>
       <c r="G27" s="7">
-        <v>64.900000000000006</v>
+        <v>67.5</v>
       </c>
       <c r="I27" s="7">
-        <v>62.9</v>
+        <v>67.7</v>
       </c>
       <c r="K27" s="7">
-        <v>1</v>
+        <v>-0.40000000000000602</v>
       </c>
       <c r="M27" s="7">
-        <v>3</v>
+        <v>2.0999999999999899</v>
       </c>
       <c r="O27" s="7">
-        <v>-2.0000000000000102</v>
+        <v>0.20000000000000301</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>202</v>
       </c>
       <c r="B28" t="s">
         <v>74</v>
       </c>
       <c r="C28" s="7">
-        <v>19.8</v>
+        <v>20.2</v>
       </c>
       <c r="E28" s="7">
-        <v>19.8</v>
+        <v>20.2</v>
       </c>
       <c r="G28" s="7">
-        <v>19.2</v>
+        <v>19.5</v>
       </c>
       <c r="I28" s="7">
-        <v>19</v>
+        <v>19.5</v>
       </c>
       <c r="K28" s="7">
         <v>0</v>
       </c>
       <c r="M28" s="7">
-        <v>0.60000000000000098</v>
+        <v>0.69999999999999896</v>
       </c>
       <c r="O28" s="7">
-        <v>-0.19999999999999901</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>203</v>
       </c>
       <c r="B29" t="s">
         <v>77</v>
       </c>
       <c r="C29" s="7">
-        <v>14.7</v>
+        <v>14.9</v>
       </c>
       <c r="E29" s="7">
-        <v>14.8</v>
+        <v>14.9</v>
       </c>
       <c r="G29" s="7">
-        <v>14.5</v>
+        <v>14.6</v>
       </c>
       <c r="I29" s="7">
-        <v>14.2</v>
+        <v>14.6</v>
       </c>
       <c r="K29" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="M29" s="7">
-        <v>0.19999999999999901</v>
+        <v>0.30000000000000099</v>
       </c>
       <c r="O29" s="7">
-        <v>-0.30000000000000099</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>206</v>
       </c>
       <c r="B30" t="s">
         <v>78</v>
       </c>
       <c r="C30" s="7">
-        <v>38</v>
+        <v>35.700000000000003</v>
       </c>
       <c r="E30" s="7">
-        <v>36.299999999999997</v>
+        <v>35.299999999999997</v>
       </c>
       <c r="G30" s="7">
-        <v>36.799999999999997</v>
+        <v>34.799999999999997</v>
       </c>
       <c r="I30" s="7">
-        <v>36.700000000000003</v>
+        <v>33.799999999999997</v>
       </c>
       <c r="K30" s="7">
-        <v>1.7</v>
+        <v>0.40000000000000602</v>
       </c>
       <c r="M30" s="7">
-        <v>1.2</v>
+        <v>0.90000000000000602</v>
       </c>
       <c r="O30" s="7">
-        <v>-9.9999999999994302E-2</v>
+        <v>-1</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>210</v>
       </c>
       <c r="B31" t="s">
         <v>81</v>
       </c>
       <c r="C31" s="7">
-        <v>29.4</v>
+        <v>28.5</v>
       </c>
       <c r="E31" s="7">
-        <v>29.8</v>
+        <v>28.2</v>
       </c>
       <c r="G31" s="7">
-        <v>29.5</v>
+        <v>29</v>
       </c>
       <c r="I31" s="7">
-        <v>29.2</v>
+        <v>28.4</v>
       </c>
       <c r="K31" s="7">
-        <v>-0.40000000000000202</v>
+        <v>0.30000000000000099</v>
       </c>
       <c r="M31" s="7">
-        <v>-0.100000000000001</v>
+        <v>-0.5</v>
       </c>
       <c r="O31" s="7">
-        <v>-0.30000000000000099</v>
+        <v>-0.60000000000000098</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>211</v>
       </c>
       <c r="B32" t="s">
         <v>85</v>
       </c>
       <c r="C32" s="7">
-        <v>13.7</v>
+        <v>13.5</v>
       </c>
       <c r="E32" s="7">
-        <v>13.9</v>
+        <v>13.5</v>
       </c>
       <c r="G32" s="7">
-        <v>13.5</v>
+        <v>13.2</v>
       </c>
       <c r="I32" s="7">
-        <v>13.6</v>
+        <v>13.2</v>
       </c>
       <c r="K32" s="7">
-        <v>-0.20000000000000101</v>
+        <v>0</v>
       </c>
       <c r="M32" s="7">
-        <v>0.19999999999999901</v>
+        <v>0.30000000000000099</v>
       </c>
       <c r="O32" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>215</v>
       </c>
       <c r="B33" t="s">
         <v>86</v>
       </c>
       <c r="C33" s="7">
-        <v>59.5</v>
+        <v>60.8</v>
       </c>
       <c r="E33" s="7">
-        <v>58.9</v>
+        <v>61.2</v>
       </c>
       <c r="G33" s="7">
-        <v>59.3</v>
+        <v>61.2</v>
       </c>
       <c r="I33" s="7">
-        <v>59.1</v>
+        <v>61.4</v>
       </c>
       <c r="K33" s="7">
-        <v>0.60000000000000098</v>
+        <v>-0.40000000000000602</v>
       </c>
       <c r="M33" s="7">
-        <v>0.20000000000000301</v>
+        <v>-0.40000000000000602</v>
       </c>
       <c r="O33" s="7">
-        <v>-0.19999999999999599</v>
+        <v>0.19999999999999599</v>
       </c>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>216</v>
       </c>
       <c r="B34" t="s">
         <v>90</v>
       </c>
       <c r="C34" s="7">
-        <v>11.5</v>
+        <v>10.7</v>
       </c>
       <c r="E34" s="7">
-        <v>11.5</v>
+        <v>10.8</v>
       </c>
       <c r="G34" s="7">
-        <v>11.5</v>
+        <v>11.4</v>
       </c>
       <c r="I34" s="7">
-        <v>11.5</v>
+        <v>11.4</v>
       </c>
       <c r="K34" s="7">
-        <v>0</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="M34" s="7">
-        <v>0</v>
+        <v>-0.70000000000000095</v>
       </c>
       <c r="O34" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>217</v>
       </c>
       <c r="B35" t="s">
         <v>91</v>
       </c>
       <c r="C35" s="7">
-        <v>10.7</v>
+        <v>10.6</v>
       </c>
       <c r="E35" s="7">
-        <v>10.199999999999999</v>
+        <v>10.8</v>
       </c>
       <c r="G35" s="7">
-        <v>10.8</v>
+        <v>11</v>
       </c>
       <c r="I35" s="7">
-        <v>10.3</v>
+        <v>11</v>
       </c>
       <c r="K35" s="7">
-        <v>0.5</v>
+        <v>-0.20000000000000101</v>
       </c>
       <c r="M35" s="7">
-        <v>-0.100000000000001</v>
+        <v>-0.4</v>
       </c>
       <c r="O35" s="7">
-        <v>-0.5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>218</v>
       </c>
       <c r="B36" t="s">
         <v>92</v>
       </c>
       <c r="C36" s="7">
         <v>3.2</v>
       </c>
       <c r="E36" s="7">
-        <v>2.7</v>
+        <v>3.2</v>
       </c>
       <c r="G36" s="7">
-        <v>3.1</v>
+        <v>3.2</v>
       </c>
       <c r="I36" s="7">
-        <v>2.6</v>
+        <v>3.3</v>
       </c>
       <c r="K36" s="7">
-        <v>0.5</v>
+        <v>0</v>
       </c>
       <c r="M36" s="7">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="O36" s="7">
-        <v>-0.5</v>
+        <v>9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>220</v>
       </c>
       <c r="B37" t="s">
         <v>93</v>
       </c>
       <c r="C37" s="7">
-        <v>37.299999999999997</v>
+        <v>39.5</v>
       </c>
       <c r="E37" s="7">
-        <v>37.200000000000003</v>
+        <v>39.6</v>
       </c>
       <c r="G37" s="7">
-        <v>37</v>
+        <v>38.799999999999997</v>
       </c>
       <c r="I37" s="7">
-        <v>37.299999999999997</v>
+        <v>39</v>
       </c>
       <c r="K37" s="7">
-        <v>9.9999999999994302E-2</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="M37" s="7">
-        <v>0.29999999999999699</v>
+        <v>0.70000000000000295</v>
       </c>
       <c r="O37" s="7">
-        <v>0.29999999999999699</v>
+        <v>0.20000000000000301</v>
       </c>
     </row>
     <row r="38" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>221</v>
       </c>
       <c r="B38" t="s">
         <v>94</v>
       </c>
       <c r="C38" s="7">
-        <v>19.8</v>
+        <v>22.5</v>
       </c>
       <c r="E38" s="7">
-        <v>19.399999999999999</v>
+        <v>22.6</v>
       </c>
       <c r="G38" s="7">
-        <v>19.5</v>
+        <v>21.5</v>
       </c>
       <c r="I38" s="7">
-        <v>19.2</v>
+        <v>21.6</v>
       </c>
       <c r="K38" s="7">
-        <v>0.40000000000000202</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="M38" s="7">
-        <v>0.30000000000000099</v>
+        <v>1</v>
       </c>
       <c r="O38" s="7">
-        <v>-0.30000000000000099</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="39" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>95</v>
       </c>
       <c r="B39" t="s">
         <v>96</v>
       </c>
       <c r="C39" s="7"/>
       <c r="E39" s="7"/>
       <c r="G39" s="7"/>
       <c r="I39" s="7"/>
       <c r="K39" s="7"/>
       <c r="M39" s="7"/>
       <c r="O39" s="7"/>
     </row>
     <row r="41" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
@@ -13462,881 +13479,881 @@
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="7">
-        <v>265.7</v>
+        <v>265.8</v>
       </c>
       <c r="E9" s="7">
-        <v>264.7</v>
+        <v>266.7</v>
       </c>
       <c r="G9" s="7">
-        <v>268.39999999999998</v>
+        <v>268.7</v>
       </c>
       <c r="I9" s="7">
-        <v>265.8</v>
+        <v>268.2</v>
       </c>
       <c r="K9" s="7">
-        <v>1</v>
+        <v>-0.89999999999997704</v>
       </c>
       <c r="M9" s="7">
-        <v>-2.69999999999999</v>
+        <v>-2.8999999999999799</v>
       </c>
       <c r="O9" s="7">
-        <v>-2.5999999999999699</v>
+        <v>-0.5</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="7">
-        <v>224.4</v>
+        <v>223.8</v>
       </c>
       <c r="E10" s="7">
-        <v>224.9</v>
+        <v>224.1</v>
       </c>
       <c r="G10" s="7">
-        <v>226.8</v>
+        <v>225.9</v>
       </c>
       <c r="I10" s="7">
-        <v>225.6</v>
+        <v>224.8</v>
       </c>
       <c r="K10" s="7">
-        <v>-0.5</v>
+        <v>-0.299999999999983</v>
       </c>
       <c r="M10" s="7">
-        <v>-2.4000000000000101</v>
+        <v>-2.0999999999999899</v>
       </c>
       <c r="O10" s="7">
-        <v>-1.2000000000000199</v>
+        <v>-1.0999999999999901</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="7">
-        <v>32.299999999999997</v>
+        <v>31.6</v>
       </c>
       <c r="E11" s="7">
+        <v>31.8</v>
+      </c>
+      <c r="G11" s="7">
         <v>32.6</v>
       </c>
-      <c r="G11" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="I11" s="7">
-        <v>34.4</v>
+        <v>32.799999999999997</v>
       </c>
       <c r="K11" s="7">
-        <v>-0.30000000000000399</v>
+        <v>-0.19999999999999901</v>
       </c>
       <c r="M11" s="7">
-        <v>-1.8</v>
+        <v>-1</v>
       </c>
       <c r="O11" s="7">
-        <v>0.29999999999999699</v>
+        <v>0.19999999999999599</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>142</v>
       </c>
       <c r="B12" t="s">
         <v>103</v>
       </c>
       <c r="C12" s="7">
-        <v>15.4</v>
+        <v>14.7</v>
       </c>
       <c r="E12" s="7">
-        <v>15.6</v>
+        <v>14.9</v>
       </c>
       <c r="G12" s="7">
-        <v>16.5</v>
+        <v>15.3</v>
       </c>
       <c r="I12" s="7">
-        <v>16.7</v>
+        <v>15.5</v>
       </c>
       <c r="K12" s="7">
-        <v>-0.19999999999999901</v>
+        <v>-0.20000000000000101</v>
       </c>
       <c r="M12" s="7">
-        <v>-1.1000000000000001</v>
+        <v>-0.60000000000000098</v>
       </c>
       <c r="O12" s="7">
         <v>0.19999999999999901</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>149</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="7">
         <v>16.899999999999999</v>
       </c>
       <c r="E13" s="7">
-        <v>17</v>
+        <v>16.899999999999999</v>
       </c>
       <c r="G13" s="7">
-        <v>17.600000000000001</v>
+        <v>17.3</v>
       </c>
       <c r="I13" s="7">
-        <v>17.7</v>
+        <v>17.3</v>
       </c>
       <c r="K13" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="M13" s="7">
-        <v>-0.70000000000000295</v>
+        <v>-0.40000000000000202</v>
       </c>
       <c r="O13" s="7">
-        <v>9.9999999999997896E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>164</v>
       </c>
       <c r="B14" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="7">
-        <v>233.4</v>
+        <v>234.2</v>
       </c>
       <c r="E14" s="7">
-        <v>232.1</v>
+        <v>234.9</v>
       </c>
       <c r="G14" s="7">
-        <v>234.3</v>
+        <v>236.1</v>
       </c>
       <c r="I14" s="7">
-        <v>231.4</v>
+        <v>235.4</v>
       </c>
       <c r="K14" s="7">
-        <v>1.30000000000001</v>
+        <v>-0.70000000000001705</v>
       </c>
       <c r="M14" s="7">
-        <v>-0.90000000000000602</v>
+        <v>-1.9000000000000099</v>
       </c>
       <c r="O14" s="7">
-        <v>-2.9000000000000101</v>
+        <v>-0.69999999999998896</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>165</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="7">
-        <v>192.1</v>
+        <v>192.2</v>
       </c>
       <c r="E15" s="7">
         <v>192.3</v>
       </c>
       <c r="G15" s="7">
-        <v>192.7</v>
+        <v>193.3</v>
       </c>
       <c r="I15" s="7">
-        <v>191.2</v>
+        <v>192</v>
       </c>
       <c r="K15" s="7">
-        <v>-0.200000000000017</v>
+        <v>-0.100000000000023</v>
       </c>
       <c r="M15" s="7">
-        <v>-0.59999999999999398</v>
+        <v>-1.1000000000000201</v>
       </c>
       <c r="O15" s="7">
-        <v>-1.5</v>
+        <v>-1.30000000000001</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>166</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="7">
-        <v>50.5</v>
+        <v>51.3</v>
       </c>
       <c r="E16" s="7">
-        <v>50.7</v>
+        <v>51.2</v>
       </c>
       <c r="G16" s="7">
-        <v>50.6</v>
+        <v>51.9</v>
       </c>
       <c r="I16" s="7">
-        <v>50.6</v>
+        <v>51.4</v>
       </c>
       <c r="K16" s="7">
-        <v>-0.20000000000000301</v>
+        <v>9.9999999999994302E-2</v>
       </c>
       <c r="M16" s="7">
-        <v>-0.100000000000001</v>
+        <v>-0.60000000000000098</v>
       </c>
       <c r="O16" s="7">
-        <v>0</v>
+        <v>-0.5</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>167</v>
       </c>
       <c r="B17" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="7">
-        <v>11.3</v>
+        <v>11.2</v>
       </c>
       <c r="E17" s="7">
-        <v>11.3</v>
+        <v>11.2</v>
       </c>
       <c r="G17" s="7">
-        <v>11.2</v>
+        <v>11.1</v>
       </c>
       <c r="I17" s="7">
-        <v>11.2</v>
+        <v>11.1</v>
       </c>
       <c r="K17" s="7">
         <v>0</v>
       </c>
       <c r="M17" s="7">
-        <v>0.100000000000001</v>
+        <v>9.9999999999999603E-2</v>
       </c>
       <c r="O17" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>171</v>
       </c>
       <c r="B18" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="7">
-        <v>27.9</v>
+        <v>28.4</v>
       </c>
       <c r="E18" s="7">
-        <v>28</v>
+        <v>28.3</v>
       </c>
       <c r="G18" s="7">
-        <v>28</v>
+        <v>28.8</v>
       </c>
       <c r="I18" s="7">
-        <v>28</v>
+        <v>28.6</v>
       </c>
       <c r="K18" s="7">
-        <v>-0.100000000000001</v>
+        <v>9.9999999999997896E-2</v>
       </c>
       <c r="M18" s="7">
-        <v>-0.100000000000001</v>
+        <v>-0.40000000000000202</v>
       </c>
       <c r="O18" s="7">
-        <v>0</v>
+        <v>-0.19999999999999901</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>174</v>
       </c>
       <c r="B19" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="7">
         <v>5</v>
       </c>
       <c r="E19" s="7">
         <v>5</v>
       </c>
       <c r="G19" s="7">
-        <v>4.9000000000000004</v>
+        <v>5</v>
       </c>
       <c r="I19" s="7">
-        <v>4.9000000000000004</v>
+        <v>5</v>
       </c>
       <c r="K19" s="7">
         <v>0</v>
       </c>
       <c r="M19" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="O19" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>175</v>
       </c>
       <c r="B20" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="7">
-        <v>11.3</v>
+        <v>11.7</v>
       </c>
       <c r="E20" s="7">
-        <v>11.4</v>
+        <v>11.7</v>
       </c>
       <c r="G20" s="7">
-        <v>11.4</v>
+        <v>12</v>
       </c>
       <c r="I20" s="7">
-        <v>11.4</v>
+        <v>11.7</v>
       </c>
       <c r="K20" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="M20" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>-0.30000000000000099</v>
       </c>
       <c r="O20" s="7">
-        <v>0</v>
+        <v>-0.30000000000000099</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>182</v>
       </c>
       <c r="B21" t="s">
         <v>55</v>
       </c>
       <c r="C21" s="7">
-        <v>2.9</v>
+        <v>3</v>
       </c>
       <c r="E21" s="7">
         <v>2.9</v>
       </c>
       <c r="G21" s="7">
+        <v>3</v>
+      </c>
+      <c r="I21" s="7">
         <v>2.9</v>
       </c>
-      <c r="I21" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="K21" s="7">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="M21" s="7">
         <v>0</v>
       </c>
       <c r="O21" s="7">
-        <v>0.1</v>
+        <v>-0.1</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>183</v>
       </c>
       <c r="B22" t="s">
         <v>58</v>
       </c>
       <c r="C22" s="7">
         <v>14</v>
       </c>
       <c r="E22" s="7">
-        <v>14.1</v>
+        <v>13.9</v>
       </c>
       <c r="G22" s="7">
         <v>14.1</v>
       </c>
       <c r="I22" s="7">
-        <v>14.1</v>
+        <v>14.2</v>
       </c>
       <c r="K22" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>9.9999999999999603E-2</v>
       </c>
       <c r="M22" s="7">
         <v>-9.9999999999999603E-2</v>
       </c>
       <c r="O22" s="7">
-        <v>0</v>
+        <v>9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>184</v>
       </c>
       <c r="B23" t="s">
         <v>59</v>
       </c>
       <c r="C23" s="7">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="E23" s="7">
         <v>9.6</v>
       </c>
-      <c r="E23" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="G23" s="7">
-        <v>9.6999999999999993</v>
+        <v>9.8000000000000007</v>
       </c>
       <c r="I23" s="7">
-        <v>9.6999999999999993</v>
+        <v>9.8000000000000007</v>
       </c>
       <c r="K23" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>9.9999999999999603E-2</v>
       </c>
       <c r="M23" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="O23" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>188</v>
       </c>
       <c r="B24" t="s">
         <v>63</v>
       </c>
       <c r="C24" s="7">
-        <v>29.5</v>
+        <v>28.9</v>
       </c>
       <c r="E24" s="7">
-        <v>29.6</v>
+        <v>29.3</v>
       </c>
       <c r="G24" s="7">
-        <v>30.4</v>
+        <v>29.3</v>
       </c>
       <c r="I24" s="7">
-        <v>30.4</v>
+        <v>29.3</v>
       </c>
       <c r="K24" s="7">
-        <v>-0.100000000000001</v>
+        <v>-0.40000000000000202</v>
       </c>
       <c r="M24" s="7">
-        <v>-0.89999999999999902</v>
+        <v>-0.40000000000000202</v>
       </c>
       <c r="O24" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>199</v>
       </c>
       <c r="B25" t="s">
         <v>74</v>
       </c>
       <c r="C25" s="7">
-        <v>59.8</v>
+        <v>60.5</v>
       </c>
       <c r="E25" s="7">
-        <v>58.8</v>
+        <v>60.6</v>
       </c>
       <c r="G25" s="7">
-        <v>59.5</v>
+        <v>60.1</v>
       </c>
       <c r="I25" s="7">
-        <v>57.2</v>
+        <v>59.9</v>
       </c>
       <c r="K25" s="7">
-        <v>1</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="M25" s="7">
-        <v>0.29999999999999699</v>
+        <v>0.39999999999999902</v>
       </c>
       <c r="O25" s="7">
-        <v>-2.2999999999999998</v>
+        <v>-0.20000000000000301</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>201</v>
       </c>
       <c r="B26" t="s">
         <v>76</v>
       </c>
       <c r="C26" s="7">
-        <v>51.4</v>
+        <v>51.8</v>
       </c>
       <c r="E26" s="7">
-        <v>51.4</v>
+        <v>51.8</v>
       </c>
       <c r="G26" s="7">
+        <v>51.2</v>
+      </c>
+      <c r="I26" s="7">
         <v>50.9</v>
       </c>
-      <c r="I26" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="K26" s="7">
         <v>0</v>
       </c>
       <c r="M26" s="7">
-        <v>0.5</v>
+        <v>0.59999999999999398</v>
       </c>
       <c r="O26" s="7">
-        <v>-0.19999999999999599</v>
+        <v>-0.30000000000000399</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>202</v>
       </c>
       <c r="B27" t="s">
         <v>77</v>
       </c>
       <c r="C27" s="7">
-        <v>18.8</v>
+        <v>19.100000000000001</v>
       </c>
       <c r="E27" s="7">
-        <v>18.899999999999999</v>
+        <v>19</v>
       </c>
       <c r="G27" s="7">
-        <v>18.399999999999999</v>
+        <v>18.600000000000001</v>
       </c>
       <c r="I27" s="7">
-        <v>18.3</v>
+        <v>18.600000000000001</v>
       </c>
       <c r="K27" s="7">
-        <v>-9.9999999999997896E-2</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M27" s="7">
-        <v>0.40000000000000202</v>
+        <v>0.5</v>
       </c>
       <c r="O27" s="7">
-        <v>-9.9999999999997896E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>203</v>
       </c>
       <c r="B28" t="s">
         <v>78</v>
       </c>
       <c r="C28" s="7">
-        <v>11.6</v>
+        <v>11.7</v>
       </c>
       <c r="E28" s="7">
-        <v>11.6</v>
+        <v>11.7</v>
       </c>
       <c r="G28" s="7">
+        <v>11.5</v>
+      </c>
+      <c r="I28" s="7">
         <v>11.4</v>
-      </c>
-[...1 lines deleted...]
-        <v>11.3</v>
       </c>
       <c r="K28" s="7">
         <v>0</v>
       </c>
       <c r="M28" s="7">
         <v>0.19999999999999901</v>
       </c>
       <c r="O28" s="7">
         <v>-9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>206</v>
       </c>
       <c r="B29" t="s">
         <v>81</v>
       </c>
       <c r="C29" s="7">
-        <v>25.6</v>
+        <v>24.7</v>
       </c>
       <c r="E29" s="7">
-        <v>26.2</v>
+        <v>24.6</v>
       </c>
       <c r="G29" s="7">
-        <v>25.5</v>
+        <v>25.3</v>
       </c>
       <c r="I29" s="7">
-        <v>26</v>
+        <v>24.8</v>
       </c>
       <c r="K29" s="7">
-        <v>-0.59999999999999798</v>
+        <v>9.9999999999997896E-2</v>
       </c>
       <c r="M29" s="7">
-        <v>0.100000000000001</v>
+        <v>-0.60000000000000098</v>
       </c>
       <c r="O29" s="7">
-        <v>0.5</v>
+        <v>-0.5</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>210</v>
       </c>
       <c r="B30" t="s">
         <v>85</v>
       </c>
       <c r="C30" s="7">
-        <v>17.8</v>
+        <v>17.5</v>
       </c>
       <c r="E30" s="7">
-        <v>18.100000000000001</v>
+        <v>17.399999999999999</v>
       </c>
       <c r="G30" s="7">
-        <v>18.100000000000001</v>
+        <v>18</v>
       </c>
       <c r="I30" s="7">
-        <v>18.100000000000001</v>
+        <v>17.600000000000001</v>
       </c>
       <c r="K30" s="7">
-        <v>-0.30000000000000099</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M30" s="7">
-        <v>-0.30000000000000099</v>
+        <v>-0.5</v>
       </c>
       <c r="O30" s="7">
-        <v>0</v>
+        <v>-0.39999999999999902</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>211</v>
       </c>
       <c r="B31" t="s">
         <v>86</v>
       </c>
       <c r="C31" s="7">
         <v>9.8000000000000007</v>
       </c>
       <c r="E31" s="7">
-        <v>10</v>
+        <v>9.8000000000000007</v>
       </c>
       <c r="G31" s="7">
-        <v>9.6999999999999993</v>
+        <v>9.6</v>
       </c>
       <c r="I31" s="7">
-        <v>9.9</v>
+        <v>9.5</v>
       </c>
       <c r="K31" s="7">
-        <v>-0.19999999999999901</v>
+        <v>0</v>
       </c>
       <c r="M31" s="7">
-        <v>0.100000000000001</v>
+        <v>0.20000000000000101</v>
       </c>
       <c r="O31" s="7">
-        <v>0.20000000000000101</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>215</v>
       </c>
       <c r="B32" t="s">
         <v>90</v>
       </c>
       <c r="C32" s="7">
-        <v>41.3</v>
+        <v>42</v>
       </c>
       <c r="E32" s="7">
-        <v>39.799999999999997</v>
+        <v>42.6</v>
       </c>
       <c r="G32" s="7">
-        <v>41.6</v>
+        <v>42.8</v>
       </c>
       <c r="I32" s="7">
-        <v>40.200000000000003</v>
+        <v>43.4</v>
       </c>
       <c r="K32" s="7">
-        <v>1.5</v>
+        <v>-0.60000000000000098</v>
       </c>
       <c r="M32" s="7">
-        <v>-0.30000000000000399</v>
+        <v>-0.79999999999999705</v>
       </c>
       <c r="O32" s="7">
-        <v>-1.4</v>
+        <v>0.60000000000000098</v>
       </c>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>216</v>
       </c>
       <c r="B33" t="s">
         <v>91</v>
       </c>
       <c r="C33" s="7">
-        <v>5.2</v>
+        <v>5</v>
       </c>
       <c r="E33" s="7">
-        <v>5.3</v>
+        <v>5</v>
       </c>
       <c r="G33" s="7">
         <v>5.4</v>
       </c>
       <c r="I33" s="7">
         <v>5.4</v>
       </c>
       <c r="K33" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="M33" s="7">
-        <v>-0.2</v>
+        <v>-0.4</v>
       </c>
       <c r="O33" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>217</v>
       </c>
       <c r="B34" t="s">
         <v>92</v>
       </c>
       <c r="C34" s="7">
+        <v>10.7</v>
+      </c>
+      <c r="E34" s="7">
         <v>11</v>
       </c>
-      <c r="E34" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="G34" s="7">
-        <v>11.2</v>
+        <v>11.4</v>
       </c>
       <c r="I34" s="7">
-        <v>10.4</v>
+        <v>11.5</v>
       </c>
       <c r="K34" s="7">
-        <v>1</v>
+        <v>-0.30000000000000099</v>
       </c>
       <c r="M34" s="7">
-        <v>-0.19999999999999901</v>
+        <v>-0.70000000000000095</v>
       </c>
       <c r="O34" s="7">
-        <v>-0.79999999999999905</v>
+        <v>9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>218</v>
       </c>
       <c r="B35" t="s">
         <v>93</v>
       </c>
       <c r="C35" s="7">
         <v>4.5999999999999996</v>
       </c>
       <c r="E35" s="7">
-        <v>3.7</v>
+        <v>4.8</v>
       </c>
       <c r="G35" s="7">
-        <v>4.9000000000000004</v>
+        <v>5.0999999999999996</v>
       </c>
       <c r="I35" s="7">
-        <v>4.0999999999999996</v>
+        <v>5.2</v>
       </c>
       <c r="K35" s="7">
-        <v>0.89999999999999902</v>
+        <v>-0.2</v>
       </c>
       <c r="M35" s="7">
-        <v>-0.30000000000000099</v>
+        <v>-0.5</v>
       </c>
       <c r="O35" s="7">
-        <v>-0.80000000000000104</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>220</v>
       </c>
       <c r="B36" t="s">
         <v>94</v>
       </c>
       <c r="C36" s="7">
-        <v>25.1</v>
+        <v>26.3</v>
       </c>
       <c r="E36" s="7">
-        <v>24.5</v>
+        <v>26.6</v>
       </c>
       <c r="G36" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I36" s="7">
-        <v>24.4</v>
+        <v>26.5</v>
       </c>
       <c r="K36" s="7">
-        <v>0.60000000000000098</v>
+        <v>-0.30000000000000099</v>
       </c>
       <c r="M36" s="7">
-        <v>0.100000000000001</v>
+        <v>0.30000000000000099</v>
       </c>
       <c r="O36" s="7">
-        <v>-0.60000000000000098</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>221</v>
       </c>
       <c r="B37" t="s">
         <v>96</v>
       </c>
       <c r="C37" s="7">
-        <v>13.3</v>
+        <v>14.3</v>
       </c>
       <c r="E37" s="7">
-        <v>12.3</v>
+        <v>14.4</v>
       </c>
       <c r="G37" s="7">
-        <v>13.2</v>
+        <v>14.4</v>
       </c>
       <c r="I37" s="7">
-        <v>12.1</v>
+        <v>14.6</v>
       </c>
       <c r="K37" s="7">
-        <v>1</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="M37" s="7">
-        <v>0.100000000000001</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="O37" s="7">
-        <v>-1.1000000000000001</v>
+        <v>0.19999999999999901</v>
       </c>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="41" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
@@ -14447,682 +14464,684 @@
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="7">
-        <v>95.9</v>
+        <v>97.1</v>
       </c>
       <c r="E9" s="7">
-        <v>94.6</v>
+        <v>97.2</v>
       </c>
       <c r="G9" s="7">
-        <v>96.7</v>
+        <v>97.4</v>
       </c>
       <c r="I9" s="7">
-        <v>95.6</v>
+        <v>97.6</v>
       </c>
       <c r="K9" s="7">
-        <v>1.30000000000001</v>
+        <v>-0.100000000000009</v>
       </c>
       <c r="M9" s="7">
-        <v>-0.79999999999999705</v>
+        <v>-0.30000000000001098</v>
       </c>
       <c r="O9" s="7">
-        <v>-1.1000000000000101</v>
+        <v>0.19999999999998899</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="7">
-        <v>77.400000000000006</v>
+        <v>77.599999999999994</v>
       </c>
       <c r="E10" s="7">
-        <v>77.900000000000006</v>
+        <v>77.5</v>
       </c>
       <c r="G10" s="7">
-        <v>78.099999999999994</v>
+        <v>77.7</v>
       </c>
       <c r="I10" s="7">
-        <v>78.7</v>
+        <v>77.8</v>
       </c>
       <c r="K10" s="7">
-        <v>-0.5</v>
+        <v>9.9999999999994302E-2</v>
       </c>
       <c r="M10" s="7">
-        <v>-0.69999999999998896</v>
+        <v>-0.100000000000009</v>
       </c>
       <c r="O10" s="7">
-        <v>0.60000000000000897</v>
+        <v>9.9999999999994302E-2</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="7">
-        <v>16.600000000000001</v>
+        <v>16.3</v>
       </c>
       <c r="E11" s="7">
-        <v>16.7</v>
+        <v>16.399999999999999</v>
       </c>
       <c r="G11" s="7">
-        <v>17.2</v>
+        <v>16.899999999999999</v>
       </c>
       <c r="I11" s="7">
-        <v>17.3</v>
+        <v>16.899999999999999</v>
       </c>
       <c r="K11" s="7">
         <v>-9.9999999999997896E-2</v>
       </c>
       <c r="M11" s="7">
         <v>-0.59999999999999798</v>
       </c>
       <c r="O11" s="7">
-        <v>0.100000000000001</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>142</v>
       </c>
       <c r="B12" t="s">
         <v>103</v>
       </c>
       <c r="C12" s="7">
-        <v>7.5</v>
+        <v>7.2</v>
       </c>
       <c r="E12" s="7">
-        <v>7.6</v>
+        <v>7.3</v>
       </c>
       <c r="G12" s="7">
-        <v>8.1</v>
+        <v>7.9</v>
       </c>
       <c r="I12" s="7">
-        <v>8.1999999999999993</v>
+        <v>7.9</v>
       </c>
       <c r="K12" s="7">
         <v>-9.9999999999999603E-2</v>
       </c>
       <c r="M12" s="7">
-        <v>-0.6</v>
+        <v>-0.7</v>
       </c>
       <c r="O12" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>149</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="7">
         <v>9.1</v>
       </c>
       <c r="E13" s="7">
         <v>9.1</v>
       </c>
       <c r="G13" s="7">
-        <v>9.1</v>
+        <v>9</v>
       </c>
       <c r="I13" s="7">
-        <v>9.1</v>
+        <v>9</v>
       </c>
       <c r="K13" s="7">
         <v>0</v>
       </c>
       <c r="M13" s="7">
-        <v>0</v>
+        <v>9.9999999999999603E-2</v>
       </c>
       <c r="O13" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>164</v>
       </c>
       <c r="B14" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="7">
-        <v>79.3</v>
+        <v>80.8</v>
       </c>
       <c r="E14" s="7">
-        <v>77.900000000000006</v>
+        <v>80.8</v>
       </c>
       <c r="G14" s="7">
-        <v>79.5</v>
+        <v>80.5</v>
       </c>
       <c r="I14" s="7">
-        <v>78.3</v>
+        <v>80.7</v>
       </c>
       <c r="K14" s="7">
-        <v>1.3999999999999899</v>
+        <v>0</v>
       </c>
       <c r="M14" s="7">
-        <v>-0.20000000000000301</v>
+        <v>0.29999999999999699</v>
       </c>
       <c r="O14" s="7">
-        <v>-1.2</v>
+        <v>0.20000000000000301</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>165</v>
       </c>
       <c r="B15" t="s">
         <v>105</v>
       </c>
       <c r="C15" s="7">
+        <v>61.3</v>
+      </c>
+      <c r="E15" s="7">
+        <v>61.1</v>
+      </c>
+      <c r="G15" s="7">
         <v>60.8</v>
       </c>
-      <c r="E15" s="7">
-[...2 lines deleted...]
-      <c r="G15" s="7">
+      <c r="I15" s="7">
         <v>60.9</v>
       </c>
-      <c r="I15" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="K15" s="7">
-        <v>-0.40000000000000602</v>
+        <v>0.19999999999999599</v>
       </c>
       <c r="M15" s="7">
-        <v>-0.100000000000001</v>
+        <v>0.5</v>
       </c>
       <c r="O15" s="7">
-        <v>0.5</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>166</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="7">
-        <v>16.2</v>
+        <v>16.5</v>
       </c>
       <c r="E16" s="7">
-        <v>16.100000000000001</v>
+        <v>16.399999999999999</v>
       </c>
       <c r="G16" s="7">
-        <v>16.2</v>
+        <v>16.399999999999999</v>
       </c>
       <c r="I16" s="7">
-        <v>16.3</v>
+        <v>16.399999999999999</v>
       </c>
       <c r="K16" s="7">
-        <v>9.9999999999997896E-2</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M16" s="7">
-        <v>0</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="O16" s="7">
-        <v>0.100000000000001</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>167</v>
       </c>
       <c r="B17" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="7">
         <v>2.8</v>
       </c>
       <c r="E17" s="7">
-        <v>2.8</v>
+        <v>2.7</v>
       </c>
       <c r="G17" s="7">
-        <v>2.8</v>
+        <v>2.7</v>
       </c>
       <c r="I17" s="7">
-        <v>2.8</v>
+        <v>2.7</v>
       </c>
       <c r="K17" s="7">
-        <v>0</v>
+        <v>9.9999999999999603E-2</v>
       </c>
       <c r="M17" s="7">
-        <v>0</v>
+        <v>9.9999999999999603E-2</v>
       </c>
       <c r="O17" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>171</v>
       </c>
       <c r="B18" t="s">
         <v>58</v>
       </c>
       <c r="C18" s="7">
-        <v>10.9</v>
+        <v>11.2</v>
       </c>
       <c r="E18" s="7">
-        <v>10.8</v>
+        <v>11.2</v>
       </c>
       <c r="G18" s="7">
-        <v>10.9</v>
+        <v>11.1</v>
       </c>
       <c r="I18" s="7">
-        <v>11</v>
+        <v>11.2</v>
       </c>
       <c r="K18" s="7">
+        <v>0</v>
+      </c>
+      <c r="M18" s="7">
         <v>9.9999999999999603E-2</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="O18" s="7">
         <v>9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>175</v>
       </c>
       <c r="B19" t="s">
         <v>63</v>
       </c>
       <c r="C19" s="7">
         <v>2.5</v>
       </c>
       <c r="E19" s="7">
         <v>2.5</v>
       </c>
       <c r="G19" s="7">
-        <v>2.5</v>
+        <v>2.6</v>
       </c>
       <c r="I19" s="7">
         <v>2.5</v>
       </c>
       <c r="K19" s="7">
         <v>0</v>
       </c>
       <c r="M19" s="7">
-        <v>0</v>
+        <v>-0.1</v>
       </c>
       <c r="O19" s="7">
-        <v>0</v>
+        <v>-0.1</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>182</v>
       </c>
       <c r="B20" t="s">
         <v>81</v>
       </c>
       <c r="C20" s="7">
-        <v>1.2</v>
+        <v>1.3</v>
       </c>
       <c r="E20" s="7">
         <v>1.2</v>
       </c>
       <c r="G20" s="7">
         <v>1.2</v>
       </c>
       <c r="I20" s="7">
         <v>1.2</v>
       </c>
       <c r="K20" s="7">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="M20" s="7">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="O20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>183</v>
       </c>
       <c r="B21" t="s">
         <v>90</v>
       </c>
       <c r="C21" s="7">
         <v>4.0999999999999996</v>
       </c>
       <c r="E21" s="7">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="G21" s="7">
         <v>4.2</v>
       </c>
-      <c r="G21" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="I21" s="7">
-        <v>4.3</v>
+        <v>4.2</v>
       </c>
       <c r="K21" s="7">
+        <v>0</v>
+      </c>
+      <c r="M21" s="7">
         <v>-0.100000000000001</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="O21" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>188</v>
       </c>
       <c r="B22" t="s">
         <v>91</v>
       </c>
       <c r="C22" s="7">
-        <v>9.4</v>
+        <v>9.3000000000000007</v>
       </c>
       <c r="E22" s="7">
         <v>9.4</v>
       </c>
       <c r="G22" s="7">
-        <v>9.5</v>
+        <v>9.4</v>
       </c>
       <c r="I22" s="7">
         <v>9.4</v>
       </c>
       <c r="K22" s="7">
-        <v>0</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="M22" s="7">
         <v>-9.9999999999999603E-2</v>
       </c>
       <c r="O22" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>199</v>
       </c>
       <c r="B23" t="s">
         <v>92</v>
       </c>
       <c r="C23" s="7">
-        <v>15.5</v>
+        <v>15.8</v>
       </c>
       <c r="E23" s="7">
-        <v>15.5</v>
+        <v>15.7</v>
       </c>
       <c r="G23" s="7">
-        <v>15.2</v>
+        <v>15.3</v>
       </c>
       <c r="I23" s="7">
-        <v>15.1</v>
+        <v>15.4</v>
       </c>
       <c r="K23" s="7">
-        <v>0</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M23" s="7">
-        <v>0.30000000000000099</v>
+        <v>0.5</v>
       </c>
       <c r="O23" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>206</v>
       </c>
       <c r="B24" t="s">
         <v>94</v>
       </c>
       <c r="C24" s="7">
+        <v>9.9</v>
+      </c>
+      <c r="E24" s="7">
+        <v>9.9</v>
+      </c>
+      <c r="G24" s="7">
         <v>10</v>
       </c>
-      <c r="E24" s="7">
-[...4 lines deleted...]
-      </c>
       <c r="I24" s="7">
-        <v>10.6</v>
+        <v>10</v>
       </c>
       <c r="K24" s="7">
-        <v>-0.30000000000000099</v>
+        <v>0</v>
       </c>
       <c r="M24" s="7">
         <v>-9.9999999999999603E-2</v>
       </c>
       <c r="O24" s="7">
-        <v>0.5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>211</v>
       </c>
       <c r="B25" t="s">
         <v>40</v>
       </c>
       <c r="C25" s="7">
         <v>4.4000000000000004</v>
       </c>
       <c r="E25" s="7">
-        <v>4.5</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="G25" s="7">
-        <v>4.4000000000000004</v>
+        <v>4.3</v>
       </c>
       <c r="I25" s="7">
-        <v>4.5</v>
+        <v>4.3</v>
       </c>
       <c r="K25" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="M25" s="7">
-        <v>0</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="O25" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>215</v>
       </c>
       <c r="B26" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="7">
-        <v>18.5</v>
+        <v>19.5</v>
       </c>
       <c r="E26" s="7">
-        <v>16.7</v>
+        <v>19.7</v>
       </c>
       <c r="G26" s="7">
-        <v>18.600000000000001</v>
+        <v>19.7</v>
       </c>
       <c r="I26" s="7">
-        <v>16.899999999999999</v>
+        <v>19.8</v>
       </c>
       <c r="K26" s="7">
-        <v>1.8</v>
+        <v>-0.19999999999999901</v>
       </c>
       <c r="M26" s="7">
-        <v>-0.100000000000001</v>
+        <v>-0.19999999999999901</v>
       </c>
       <c r="O26" s="7">
-        <v>-1.7</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>216</v>
       </c>
       <c r="B27" t="s">
         <v>63</v>
       </c>
       <c r="C27" s="7">
         <v>1.6</v>
       </c>
       <c r="E27" s="7">
         <v>1.6</v>
       </c>
       <c r="G27" s="7">
         <v>1.6</v>
       </c>
       <c r="I27" s="7">
         <v>1.6</v>
       </c>
       <c r="K27" s="7">
         <v>0</v>
       </c>
       <c r="M27" s="7">
         <v>0</v>
       </c>
       <c r="O27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>217</v>
       </c>
       <c r="B28" t="s">
         <v>81</v>
       </c>
       <c r="C28" s="7">
-        <v>6.1</v>
+        <v>6</v>
       </c>
       <c r="E28" s="7">
-        <v>4.3</v>
+        <v>6.3</v>
       </c>
       <c r="G28" s="7">
-        <v>6.2</v>
+        <v>6.3</v>
       </c>
       <c r="I28" s="7">
-        <v>4.5</v>
+        <v>6.4</v>
       </c>
       <c r="K28" s="7">
-        <v>1.8</v>
+        <v>-0.3</v>
       </c>
       <c r="M28" s="7">
-        <v>-0.100000000000001</v>
+        <v>-0.3</v>
       </c>
       <c r="O28" s="7">
-        <v>-1.7</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>220</v>
       </c>
       <c r="B29" t="s">
         <v>90</v>
       </c>
       <c r="C29" s="7">
-        <v>10.8</v>
+        <v>11.9</v>
       </c>
       <c r="E29" s="7">
-        <v>10.8</v>
+        <v>11.8</v>
       </c>
       <c r="G29" s="7">
-        <v>10.8</v>
+        <v>11.8</v>
       </c>
       <c r="I29" s="7">
-        <v>10.8</v>
+        <v>11.8</v>
       </c>
       <c r="K29" s="7">
-        <v>0</v>
+        <v>9.9999999999999603E-2</v>
       </c>
       <c r="M29" s="7">
-        <v>0</v>
+        <v>9.9999999999999603E-2</v>
       </c>
       <c r="O29" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="33" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:O37"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="E21" sqref="E21"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="54.140625" customWidth="1"/>
     <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" customWidth="1"/>
     <col min="4" max="4" width="2.5703125" customWidth="1"/>
     <col min="5" max="5" width="10.7109375" customWidth="1"/>
     <col min="6" max="6" width="2.5703125" customWidth="1"/>
     <col min="7" max="7" width="10.7109375" customWidth="1"/>
     <col min="8" max="8" width="2.5703125" customWidth="1"/>
     <col min="9" max="9" width="10.7109375" customWidth="1"/>
     <col min="10" max="10" width="2.5703125" customWidth="1"/>
     <col min="11" max="11" width="10.7109375" customWidth="1"/>
     <col min="12" max="12" width="2.5703125" customWidth="1"/>
     <col min="13" max="13" width="10.7109375" customWidth="1"/>
     <col min="14" max="14" width="2.5703125" customWidth="1"/>
     <col min="15" max="15" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
         <v>106</v>
       </c>
     </row>
@@ -15200,649 +15219,649 @@
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="7">
-        <v>96.8</v>
+        <v>96.4</v>
       </c>
       <c r="E9" s="7">
-        <v>97.4</v>
+        <v>96.6</v>
       </c>
       <c r="G9" s="7">
-        <v>96.8</v>
+        <v>98.3</v>
       </c>
       <c r="I9" s="7">
-        <v>96.5</v>
+        <v>97.8</v>
       </c>
       <c r="K9" s="7">
-        <v>-0.60000000000000897</v>
+        <v>-0.19999999999998899</v>
       </c>
       <c r="M9" s="7">
-        <v>0</v>
+        <v>-1.8999999999999899</v>
       </c>
       <c r="O9" s="7">
-        <v>-0.29999999999999699</v>
+        <v>-0.5</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="7">
+        <v>61.5</v>
+      </c>
+      <c r="E10" s="7">
         <v>61.7</v>
       </c>
-      <c r="E10" s="7">
+      <c r="G10" s="7">
         <v>62.4</v>
       </c>
-      <c r="G10" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="I10" s="7">
-        <v>62.2</v>
+        <v>61.9</v>
       </c>
       <c r="K10" s="7">
-        <v>-0.69999999999999596</v>
+        <v>-0.20000000000000301</v>
       </c>
       <c r="M10" s="7">
-        <v>-0.39999999999999902</v>
+        <v>-0.89999999999999902</v>
       </c>
       <c r="O10" s="7">
-        <v>0.100000000000001</v>
+        <v>-0.5</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="7">
-        <v>7.3</v>
+        <v>7.1</v>
       </c>
       <c r="E11" s="7">
+        <v>7.1</v>
+      </c>
+      <c r="G11" s="7">
         <v>7.4</v>
       </c>
-      <c r="G11" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="I11" s="7">
-        <v>7.5</v>
+        <v>7.4</v>
       </c>
       <c r="K11" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="M11" s="7">
-        <v>-0.2</v>
+        <v>-0.30000000000000099</v>
       </c>
       <c r="O11" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>142</v>
       </c>
       <c r="B12" t="s">
         <v>103</v>
       </c>
       <c r="C12" s="7">
-        <v>4.7</v>
+        <v>4.5</v>
       </c>
       <c r="E12" s="7">
+        <v>4.5</v>
+      </c>
+      <c r="G12" s="7">
         <v>4.8</v>
       </c>
-      <c r="G12" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="I12" s="7">
-        <v>4.9000000000000004</v>
+        <v>4.8</v>
       </c>
       <c r="K12" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="M12" s="7">
-        <v>-0.2</v>
+        <v>-0.3</v>
       </c>
       <c r="O12" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>149</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="7">
         <v>2.6</v>
       </c>
       <c r="E13" s="7">
         <v>2.6</v>
       </c>
       <c r="G13" s="7">
         <v>2.6</v>
       </c>
       <c r="I13" s="7">
         <v>2.6</v>
       </c>
       <c r="K13" s="7">
         <v>0</v>
       </c>
       <c r="M13" s="7">
         <v>0</v>
       </c>
       <c r="O13" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>164</v>
       </c>
       <c r="B14" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="7">
+        <v>89.3</v>
+      </c>
+      <c r="E14" s="7">
         <v>89.5</v>
       </c>
-      <c r="E14" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="G14" s="7">
-        <v>89.3</v>
+        <v>90.9</v>
       </c>
       <c r="I14" s="7">
-        <v>89</v>
+        <v>90.4</v>
       </c>
       <c r="K14" s="7">
+        <v>-0.20000000000000301</v>
+      </c>
+      <c r="M14" s="7">
+        <v>-1.6000000000000101</v>
+      </c>
+      <c r="O14" s="7">
         <v>-0.5</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.29999999999999699</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>165</v>
       </c>
       <c r="B15" t="s">
         <v>105</v>
       </c>
       <c r="C15" s="7">
         <v>54.4</v>
       </c>
       <c r="E15" s="7">
+        <v>54.6</v>
+      </c>
+      <c r="G15" s="7">
         <v>55</v>
       </c>
-      <c r="G15" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="I15" s="7">
-        <v>54.7</v>
+        <v>54.5</v>
       </c>
       <c r="K15" s="7">
+        <v>-0.20000000000000301</v>
+      </c>
+      <c r="M15" s="7">
         <v>-0.60000000000000098</v>
       </c>
-      <c r="M15" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="O15" s="7">
-        <v>0.100000000000001</v>
+        <v>-0.5</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>166</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="7">
-        <v>13.2</v>
+        <v>13.6</v>
       </c>
       <c r="E16" s="7">
-        <v>13.3</v>
+        <v>13.6</v>
       </c>
       <c r="G16" s="7">
-        <v>13.5</v>
+        <v>13.9</v>
       </c>
       <c r="I16" s="7">
-        <v>13.5</v>
+        <v>13.7</v>
       </c>
       <c r="K16" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="M16" s="7">
         <v>-0.30000000000000099</v>
       </c>
       <c r="O16" s="7">
-        <v>0</v>
+        <v>-0.20000000000000101</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>167</v>
       </c>
       <c r="B17" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="7">
         <v>1.4</v>
       </c>
       <c r="E17" s="7">
         <v>1.4</v>
       </c>
       <c r="G17" s="7">
-        <v>1.4</v>
+        <v>1.3</v>
       </c>
       <c r="I17" s="7">
         <v>1.4</v>
       </c>
       <c r="K17" s="7">
         <v>0</v>
       </c>
       <c r="M17" s="7">
-        <v>0</v>
+        <v>9.9999999999999895E-2</v>
       </c>
       <c r="O17" s="7">
-        <v>0</v>
+        <v>9.9999999999999895E-2</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>171</v>
       </c>
       <c r="B18" t="s">
         <v>63</v>
       </c>
       <c r="C18" s="7">
-        <v>10.5</v>
+        <v>10.8</v>
       </c>
       <c r="E18" s="7">
-        <v>10.6</v>
+        <v>10.8</v>
       </c>
       <c r="G18" s="7">
-        <v>10.8</v>
+        <v>11.1</v>
       </c>
       <c r="I18" s="7">
-        <v>10.8</v>
+        <v>10.9</v>
       </c>
       <c r="K18" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="M18" s="7">
-        <v>-0.30000000000000099</v>
+        <v>-0.29999999999999899</v>
       </c>
       <c r="O18" s="7">
-        <v>0</v>
+        <v>-0.19999999999999901</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>175</v>
       </c>
       <c r="B19" t="s">
         <v>81</v>
       </c>
       <c r="C19" s="7">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="E19" s="7">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="G19" s="7">
-        <v>1.3</v>
+        <v>1.5</v>
       </c>
       <c r="I19" s="7">
-        <v>1.3</v>
+        <v>1.4</v>
       </c>
       <c r="K19" s="7">
         <v>0</v>
       </c>
       <c r="M19" s="7">
-        <v>0</v>
+        <v>-0.1</v>
       </c>
       <c r="O19" s="7">
-        <v>0</v>
+        <v>-0.1</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>182</v>
       </c>
       <c r="B20" t="s">
         <v>90</v>
       </c>
       <c r="C20" s="7">
         <v>0.9</v>
       </c>
       <c r="E20" s="7">
         <v>0.9</v>
       </c>
       <c r="G20" s="7">
         <v>0.9</v>
       </c>
       <c r="I20" s="7">
         <v>0.9</v>
       </c>
       <c r="K20" s="7">
         <v>0</v>
       </c>
       <c r="M20" s="7">
         <v>0</v>
       </c>
       <c r="O20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>183</v>
       </c>
       <c r="B21" t="s">
         <v>91</v>
       </c>
       <c r="C21" s="7">
         <v>2.9</v>
       </c>
       <c r="E21" s="7">
-        <v>3</v>
+        <v>2.9</v>
       </c>
       <c r="G21" s="7">
         <v>3</v>
       </c>
       <c r="I21" s="7">
         <v>3</v>
       </c>
       <c r="K21" s="7">
-        <v>-0.1</v>
+        <v>0</v>
       </c>
       <c r="M21" s="7">
         <v>-0.1</v>
       </c>
       <c r="O21" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>188</v>
       </c>
       <c r="B22" t="s">
         <v>92</v>
       </c>
       <c r="C22" s="7">
+        <v>9.5</v>
+      </c>
+      <c r="E22" s="7">
         <v>9.6999999999999993</v>
-      </c>
-[...1 lines deleted...]
-        <v>9.8000000000000007</v>
       </c>
       <c r="G22" s="7">
         <v>9.8000000000000007</v>
       </c>
       <c r="I22" s="7">
-        <v>9.8000000000000007</v>
+        <v>9.6999999999999993</v>
       </c>
       <c r="K22" s="7">
+        <v>-0.19999999999999901</v>
+      </c>
+      <c r="M22" s="7">
+        <v>-0.30000000000000099</v>
+      </c>
+      <c r="O22" s="7">
         <v>-0.100000000000001</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>199</v>
       </c>
       <c r="B23" t="s">
         <v>94</v>
       </c>
       <c r="C23" s="7">
+        <v>14.5</v>
+      </c>
+      <c r="E23" s="7">
+        <v>14.5</v>
+      </c>
+      <c r="G23" s="7">
         <v>14.3</v>
       </c>
-      <c r="E23" s="7">
+      <c r="I23" s="7">
         <v>14.3</v>
       </c>
-      <c r="G23" s="7">
-[...4 lines deleted...]
-      </c>
       <c r="K23" s="7">
         <v>0</v>
       </c>
       <c r="M23" s="7">
-        <v>0.20000000000000101</v>
+        <v>0.19999999999999901</v>
       </c>
       <c r="O23" s="7">
-        <v>-0.19999999999999901</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>206</v>
       </c>
       <c r="B24" t="s">
         <v>63</v>
       </c>
       <c r="C24" s="7">
-        <v>9.8000000000000007</v>
+        <v>9.4</v>
       </c>
       <c r="E24" s="7">
-        <v>10</v>
+        <v>9.4</v>
       </c>
       <c r="G24" s="7">
-        <v>9.8000000000000007</v>
+        <v>9.6999999999999993</v>
       </c>
       <c r="I24" s="7">
-        <v>10.1</v>
+        <v>9.5</v>
       </c>
       <c r="K24" s="7">
+        <v>0</v>
+      </c>
+      <c r="M24" s="7">
+        <v>-0.29999999999999899</v>
+      </c>
+      <c r="O24" s="7">
         <v>-0.19999999999999901</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.29999999999999899</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>211</v>
       </c>
       <c r="B25" t="s">
         <v>81</v>
       </c>
       <c r="C25" s="7">
         <v>3.6</v>
       </c>
       <c r="E25" s="7">
-        <v>3.7</v>
+        <v>3.6</v>
       </c>
       <c r="G25" s="7">
-        <v>3.5</v>
+        <v>3.4</v>
       </c>
       <c r="I25" s="7">
-        <v>3.5</v>
+        <v>3.4</v>
       </c>
       <c r="K25" s="7">
-        <v>-0.1</v>
+        <v>0</v>
       </c>
       <c r="M25" s="7">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="O25" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>215</v>
       </c>
       <c r="B26" t="s">
         <v>90</v>
       </c>
       <c r="C26" s="7">
-        <v>35.1</v>
+        <v>34.9</v>
       </c>
       <c r="E26" s="7">
-        <v>35</v>
+        <v>34.9</v>
       </c>
       <c r="G26" s="7">
-        <v>34.700000000000003</v>
+        <v>35.9</v>
       </c>
       <c r="I26" s="7">
-        <v>34.299999999999997</v>
+        <v>35.9</v>
       </c>
       <c r="K26" s="7">
-        <v>0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="M26" s="7">
-        <v>0.39999999999999902</v>
+        <v>-1</v>
       </c>
       <c r="O26" s="7">
-        <v>-0.40000000000000602</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>216</v>
       </c>
       <c r="B27" t="s">
         <v>91</v>
       </c>
       <c r="C27" s="7">
-        <v>21.4</v>
+        <v>19.7</v>
       </c>
       <c r="E27" s="7">
-        <v>21.4</v>
+        <v>19.7</v>
       </c>
       <c r="G27" s="7">
         <v>21.2</v>
       </c>
       <c r="I27" s="7">
-        <v>21.1</v>
+        <v>21.2</v>
       </c>
       <c r="K27" s="7">
         <v>0</v>
       </c>
       <c r="M27" s="7">
-        <v>0.19999999999999901</v>
+        <v>-1.5</v>
       </c>
       <c r="O27" s="7">
-        <v>-9.9999999999997896E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>217</v>
       </c>
       <c r="B28" t="s">
         <v>92</v>
       </c>
       <c r="C28" s="7">
         <v>1.9</v>
       </c>
       <c r="E28" s="7">
-        <v>1.8</v>
+        <v>1.9</v>
       </c>
       <c r="G28" s="7">
         <v>1.9</v>
       </c>
       <c r="I28" s="7">
-        <v>1.7</v>
+        <v>1.9</v>
       </c>
       <c r="K28" s="7">
-        <v>9.9999999999999895E-2</v>
+        <v>0</v>
       </c>
       <c r="M28" s="7">
         <v>0</v>
       </c>
       <c r="O28" s="7">
-        <v>-0.2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>220</v>
       </c>
       <c r="B29" t="s">
         <v>94</v>
       </c>
       <c r="C29" s="7">
-        <v>11.8</v>
+        <v>13.3</v>
       </c>
       <c r="E29" s="7">
-        <v>11.8</v>
+        <v>13.3</v>
       </c>
       <c r="G29" s="7">
-        <v>11.6</v>
+        <v>12.8</v>
       </c>
       <c r="I29" s="7">
-        <v>11.5</v>
+        <v>12.8</v>
       </c>
       <c r="K29" s="7">
         <v>0</v>
       </c>
       <c r="M29" s="7">
-        <v>0.20000000000000101</v>
+        <v>0.5</v>
       </c>
       <c r="O29" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="37" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
@@ -15953,695 +15972,695 @@
       </c>
       <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>226</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>137</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="7">
-        <v>130.4</v>
+        <v>130.5</v>
       </c>
       <c r="E9" s="7">
+        <v>131.1</v>
+      </c>
+      <c r="G9" s="7">
+        <v>130.69999999999999</v>
+      </c>
+      <c r="I9" s="7">
         <v>130.30000000000001</v>
       </c>
-      <c r="G9" s="7">
-[...4 lines deleted...]
-      </c>
       <c r="K9" s="7">
-        <v>9.9999999999994302E-2</v>
+        <v>-0.59999999999999398</v>
       </c>
       <c r="M9" s="7">
-        <v>0.30000000000001098</v>
+        <v>-0.19999999999998899</v>
       </c>
       <c r="O9" s="7">
-        <v>-1</v>
+        <v>-0.39999999999997699</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>138</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="7">
-        <v>110.7</v>
+        <v>110</v>
       </c>
       <c r="E10" s="7">
-        <v>111.2</v>
+        <v>110.4</v>
       </c>
       <c r="G10" s="7">
-        <v>110.6</v>
+        <v>110.2</v>
       </c>
       <c r="I10" s="7">
-        <v>110.1</v>
+        <v>109.7</v>
       </c>
       <c r="K10" s="7">
-        <v>-0.5</v>
+        <v>-0.40000000000000602</v>
       </c>
       <c r="M10" s="7">
-        <v>0.100000000000009</v>
+        <v>-0.20000000000000301</v>
       </c>
       <c r="O10" s="7">
         <v>-0.5</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>139</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="7">
-        <v>21.2</v>
+        <v>20.5</v>
       </c>
       <c r="E11" s="7">
-        <v>21.4</v>
+        <v>20.5</v>
       </c>
       <c r="G11" s="7">
-        <v>21.5</v>
+        <v>20.7</v>
       </c>
       <c r="I11" s="7">
-        <v>21.5</v>
+        <v>20.8</v>
       </c>
       <c r="K11" s="7">
+        <v>0</v>
+      </c>
+      <c r="M11" s="7">
         <v>-0.19999999999999901</v>
       </c>
-      <c r="M11" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="O11" s="7">
-        <v>0</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>142</v>
       </c>
       <c r="B12" t="s">
         <v>103</v>
       </c>
       <c r="C12" s="7">
-        <v>11.4</v>
+        <v>10.9</v>
       </c>
       <c r="E12" s="7">
-        <v>11.6</v>
+        <v>10.9</v>
       </c>
       <c r="G12" s="7">
-        <v>11.6</v>
+        <v>11.3</v>
       </c>
       <c r="I12" s="7">
-        <v>11.7</v>
+        <v>11.3</v>
       </c>
       <c r="K12" s="7">
-        <v>-0.19999999999999901</v>
+        <v>0</v>
       </c>
       <c r="M12" s="7">
-        <v>-0.19999999999999901</v>
+        <v>-0.4</v>
       </c>
       <c r="O12" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>149</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="7">
-        <v>9.8000000000000007</v>
+        <v>9.6</v>
       </c>
       <c r="E13" s="7">
-        <v>9.8000000000000007</v>
+        <v>9.6</v>
       </c>
       <c r="G13" s="7">
-        <v>9.9</v>
+        <v>9.4</v>
       </c>
       <c r="I13" s="7">
-        <v>9.8000000000000007</v>
+        <v>9.5</v>
       </c>
       <c r="K13" s="7">
         <v>0</v>
       </c>
       <c r="M13" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>0.19999999999999901</v>
       </c>
       <c r="O13" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>9.9999999999999603E-2</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>164</v>
       </c>
       <c r="B14" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="7">
-        <v>109.2</v>
+        <v>110</v>
       </c>
       <c r="E14" s="7">
-        <v>108.9</v>
+        <v>110.6</v>
       </c>
       <c r="G14" s="7">
-        <v>108.6</v>
+        <v>110</v>
       </c>
       <c r="I14" s="7">
-        <v>107.6</v>
+        <v>109.5</v>
       </c>
       <c r="K14" s="7">
-        <v>0.29999999999999699</v>
+        <v>-0.59999999999999398</v>
       </c>
       <c r="M14" s="7">
-        <v>0.60000000000000897</v>
+        <v>0</v>
       </c>
       <c r="O14" s="7">
-        <v>-1</v>
+        <v>-0.5</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>165</v>
       </c>
       <c r="B15" t="s">
         <v>105</v>
       </c>
       <c r="C15" s="7">
         <v>89.5</v>
       </c>
       <c r="E15" s="7">
-        <v>89.8</v>
+        <v>89.9</v>
       </c>
       <c r="G15" s="7">
-        <v>89.1</v>
+        <v>89.5</v>
       </c>
       <c r="I15" s="7">
-        <v>88.6</v>
+        <v>88.9</v>
       </c>
       <c r="K15" s="7">
-        <v>-0.29999999999999699</v>
+        <v>-0.40000000000000602</v>
       </c>
       <c r="M15" s="7">
-        <v>0.40000000000000602</v>
+        <v>0</v>
       </c>
       <c r="O15" s="7">
-        <v>-0.5</v>
+        <v>-0.59999999999999398</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>166</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="7">
-        <v>22.4</v>
+        <v>22.9</v>
       </c>
       <c r="E16" s="7">
-        <v>22.5</v>
+        <v>22.9</v>
       </c>
       <c r="G16" s="7">
-        <v>22.7</v>
+        <v>23.2</v>
       </c>
       <c r="I16" s="7">
-        <v>22.6</v>
+        <v>22.9</v>
       </c>
       <c r="K16" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="M16" s="7">
         <v>-0.30000000000000099</v>
       </c>
       <c r="O16" s="7">
-        <v>-9.9999999999997896E-2</v>
+        <v>-0.30000000000000099</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>167</v>
       </c>
       <c r="B17" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="7">
         <v>3.7</v>
       </c>
       <c r="E17" s="7">
         <v>3.7</v>
       </c>
       <c r="G17" s="7">
-        <v>3.7</v>
+        <v>3.6</v>
       </c>
       <c r="I17" s="7">
         <v>3.7</v>
       </c>
       <c r="K17" s="7">
         <v>0</v>
       </c>
       <c r="M17" s="7">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="O17" s="7">
-        <v>0</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>171</v>
       </c>
       <c r="B18" t="s">
         <v>58</v>
       </c>
       <c r="C18" s="7">
-        <v>13.7</v>
+        <v>14.1</v>
       </c>
       <c r="E18" s="7">
-        <v>13.8</v>
+        <v>14.1</v>
       </c>
       <c r="G18" s="7">
-        <v>13.9</v>
+        <v>14.3</v>
       </c>
       <c r="I18" s="7">
-        <v>14</v>
+        <v>14.1</v>
       </c>
       <c r="K18" s="7">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="M18" s="7">
         <v>-0.20000000000000101</v>
       </c>
       <c r="O18" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>-0.20000000000000101</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>175</v>
       </c>
       <c r="B19" t="s">
         <v>63</v>
       </c>
       <c r="C19" s="7">
-        <v>5</v>
+        <v>5.0999999999999996</v>
       </c>
       <c r="E19" s="7">
-        <v>5</v>
+        <v>5.0999999999999996</v>
       </c>
       <c r="G19" s="7">
+        <v>5.3</v>
+      </c>
+      <c r="I19" s="7">
         <v>5.0999999999999996</v>
       </c>
-      <c r="I19" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="K19" s="7">
         <v>0</v>
       </c>
       <c r="M19" s="7">
-        <v>-9.9999999999999603E-2</v>
+        <v>-0.2</v>
       </c>
       <c r="O19" s="7">
-        <v>-0.19999999999999901</v>
+        <v>-0.2</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>182</v>
       </c>
       <c r="B20" t="s">
         <v>70</v>
       </c>
       <c r="C20" s="7">
         <v>0.8</v>
       </c>
       <c r="E20" s="7">
         <v>0.8</v>
       </c>
       <c r="G20" s="7">
         <v>0.8</v>
       </c>
       <c r="I20" s="7">
         <v>0.8</v>
       </c>
       <c r="K20" s="7">
         <v>0</v>
       </c>
       <c r="M20" s="7">
         <v>0</v>
       </c>
       <c r="O20" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>183</v>
       </c>
       <c r="B21" t="s">
         <v>74</v>
       </c>
       <c r="C21" s="7">
         <v>4.3</v>
       </c>
       <c r="E21" s="7">
         <v>4.3</v>
       </c>
       <c r="G21" s="7">
         <v>4.3</v>
       </c>
       <c r="I21" s="7">
-        <v>4.0999999999999996</v>
+        <v>4.3</v>
       </c>
       <c r="K21" s="7">
         <v>0</v>
       </c>
       <c r="M21" s="7">
         <v>0</v>
       </c>
       <c r="O21" s="7">
-        <v>-0.2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>188</v>
       </c>
       <c r="B22" t="s">
         <v>81</v>
       </c>
       <c r="C22" s="7">
-        <v>24.1</v>
+        <v>23.7</v>
       </c>
       <c r="E22" s="7">
-        <v>24.1</v>
+        <v>24</v>
       </c>
       <c r="G22" s="7">
-        <v>24.1</v>
+        <v>24</v>
       </c>
       <c r="I22" s="7">
-        <v>23.9</v>
+        <v>24</v>
       </c>
       <c r="K22" s="7">
-        <v>0</v>
+        <v>-0.30000000000000099</v>
       </c>
       <c r="M22" s="7">
-        <v>0</v>
+        <v>-0.30000000000000099</v>
       </c>
       <c r="O22" s="7">
-        <v>-0.20000000000000301</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>195</v>
       </c>
       <c r="B23" t="s">
         <v>85</v>
       </c>
       <c r="C23" s="7">
-        <v>12.7</v>
+        <v>12.4</v>
       </c>
       <c r="E23" s="7">
         <v>12.6</v>
       </c>
       <c r="G23" s="7">
-        <v>12.6</v>
+        <v>12.5</v>
       </c>
       <c r="I23" s="7">
-        <v>12.4</v>
+        <v>12.5</v>
       </c>
       <c r="K23" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>-0.19999999999999901</v>
       </c>
       <c r="M23" s="7">
-        <v>9.9999999999999603E-2</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="O23" s="7">
-        <v>-0.19999999999999901</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>199</v>
       </c>
       <c r="B24" t="s">
         <v>90</v>
       </c>
       <c r="C24" s="7">
-        <v>21.7</v>
+        <v>21.9</v>
       </c>
       <c r="E24" s="7">
-        <v>21.6</v>
+        <v>22</v>
       </c>
       <c r="G24" s="7">
-        <v>21.1</v>
+        <v>21.4</v>
       </c>
       <c r="I24" s="7">
-        <v>20.7</v>
+        <v>21.3</v>
       </c>
       <c r="K24" s="7">
-        <v>9.9999999999997896E-2</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="M24" s="7">
-        <v>0.59999999999999798</v>
+        <v>0.5</v>
       </c>
       <c r="O24" s="7">
-        <v>-0.40000000000000202</v>
+        <v>-9.9999999999997896E-2</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>206</v>
       </c>
       <c r="B25" t="s">
         <v>91</v>
       </c>
       <c r="C25" s="7">
-        <v>12.5</v>
+        <v>12.2</v>
       </c>
       <c r="E25" s="7">
-        <v>12.8</v>
+        <v>12.2</v>
       </c>
       <c r="G25" s="7">
-        <v>12.5</v>
+        <v>12.2</v>
       </c>
       <c r="I25" s="7">
-        <v>12.9</v>
+        <v>12</v>
       </c>
       <c r="K25" s="7">
-        <v>-0.30000000000000099</v>
+        <v>0</v>
       </c>
       <c r="M25" s="7">
         <v>0</v>
       </c>
       <c r="O25" s="7">
-        <v>0.4</v>
+        <v>-0.19999999999999901</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>210</v>
       </c>
       <c r="B26" t="s">
         <v>92</v>
       </c>
       <c r="C26" s="7">
-        <v>9.5</v>
+        <v>9.3000000000000007</v>
       </c>
       <c r="E26" s="7">
-        <v>9.6999999999999993</v>
+        <v>9.1999999999999993</v>
       </c>
       <c r="G26" s="7">
-        <v>9.5</v>
+        <v>9.4</v>
       </c>
       <c r="I26" s="7">
-        <v>9.6999999999999993</v>
+        <v>9.1999999999999993</v>
       </c>
       <c r="K26" s="7">
-        <v>-0.19999999999999901</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="M26" s="7">
-        <v>0</v>
+        <v>-9.9999999999999603E-2</v>
       </c>
       <c r="O26" s="7">
-        <v>0.19999999999999901</v>
+        <v>-0.20000000000000101</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>211</v>
       </c>
       <c r="B27" t="s">
         <v>94</v>
       </c>
       <c r="C27" s="7">
         <v>3.7</v>
       </c>
       <c r="E27" s="7">
         <v>3.7</v>
       </c>
       <c r="G27" s="7">
         <v>3.6</v>
       </c>
       <c r="I27" s="7">
         <v>3.6</v>
       </c>
       <c r="K27" s="7">
         <v>0</v>
       </c>
       <c r="M27" s="7">
         <v>0.1</v>
       </c>
       <c r="O27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>215</v>
       </c>
       <c r="C28">
-        <v>19.7</v>
+        <v>20.5</v>
       </c>
       <c r="E28">
-        <v>19.100000000000001</v>
+        <v>20.7</v>
       </c>
       <c r="G28">
-        <v>19.5</v>
+        <v>20.5</v>
       </c>
       <c r="I28">
-        <v>19</v>
+        <v>20.6</v>
       </c>
       <c r="K28">
-        <v>0.59999999999999798</v>
+        <v>-0.19999999999999901</v>
       </c>
       <c r="M28">
-        <v>0.19999999999999901</v>
+        <v>0</v>
       </c>
       <c r="O28">
-        <v>-0.5</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>216</v>
       </c>
       <c r="C29">
         <v>1.3</v>
       </c>
       <c r="E29">
         <v>1.3</v>
       </c>
       <c r="G29">
         <v>1.2</v>
       </c>
       <c r="I29">
         <v>1.2</v>
       </c>
       <c r="K29">
         <v>0</v>
       </c>
       <c r="M29">
         <v>0.1</v>
       </c>
       <c r="O29">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>217</v>
       </c>
       <c r="C30">
         <v>2.9</v>
       </c>
       <c r="E30">
-        <v>2.9</v>
+        <v>3</v>
       </c>
       <c r="G30">
-        <v>3</v>
+        <v>3.1</v>
       </c>
       <c r="I30">
         <v>3</v>
       </c>
       <c r="K30">
-        <v>0</v>
+        <v>-0.1</v>
       </c>
       <c r="M30">
+        <v>-0.2</v>
+      </c>
+      <c r="O30">
         <v>-0.1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>220</v>
       </c>
       <c r="C31">
-        <v>15.5</v>
+        <v>16.3</v>
       </c>
       <c r="E31">
-        <v>14.9</v>
+        <v>16.399999999999999</v>
       </c>
       <c r="G31">
-        <v>15.3</v>
+        <v>16.2</v>
       </c>
       <c r="I31">
-        <v>14.8</v>
+        <v>16.399999999999999</v>
       </c>
       <c r="K31">
-        <v>0.6</v>
+        <v>-9.9999999999997896E-2</v>
       </c>
       <c r="M31">
+        <v>0.100000000000001</v>
+      </c>
+      <c r="O31">
         <v>0.19999999999999901</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.5</v>
       </c>
     </row>
     <row r="35" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="36" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="37" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="39" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>