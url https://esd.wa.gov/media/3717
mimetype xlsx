--- v0 (2025-10-16)
+++ v1 (2025-12-24)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\CES Staff\CES Reporting Project\Reporting\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\CES Staff\ESmith\WIP\New data\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{032816F0-9051-4F8E-8AA7-BF8855611A5C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D5908985-1893-4B3C-ABBA-9EF0BCA4B4A3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="3120" yWindow="3120" windowWidth="28800" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="16200" yWindow="2760" windowWidth="19455" windowHeight="16830" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Index" sheetId="3" r:id="rId1"/>
     <sheet name="Washington State" sheetId="1" r:id="rId2"/>
     <sheet name="Other Areas" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="105">
@@ -284,114 +284,114 @@
   <si>
     <t xml:space="preserve">         Leisure and hospitality</t>
   </si>
   <si>
     <t xml:space="preserve">            Arts, entertainment, and recreation</t>
   </si>
   <si>
     <t xml:space="preserve">            Accommodation and food services</t>
   </si>
   <si>
     <t xml:space="preserve">         Other services</t>
   </si>
   <si>
     <t xml:space="preserve">         Government</t>
   </si>
   <si>
     <t xml:space="preserve">            Federal</t>
   </si>
   <si>
     <t xml:space="preserve">            State government</t>
   </si>
   <si>
     <t xml:space="preserve">            Local government</t>
   </si>
   <si>
+    <t>Sep</t>
+  </si>
+  <si>
     <t>Aug</t>
   </si>
   <si>
-    <t>Jul</t>
-[...4 lines deleted...]
-  <si>
     <t>Aug 2025</t>
   </si>
   <si>
+    <t>Sep 2025</t>
+  </si>
+  <si>
+    <t>Sep 2024</t>
+  </si>
+  <si>
     <t>Aug 2024</t>
   </si>
   <si>
-    <t>Jul 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>BENCHMARK: March 2024</t>
   </si>
   <si>
     <t>Total Nonfarm in the Bellingham MSA</t>
   </si>
   <si>
     <t>Total Nonfarm in the Bremerton-Silverdale MSA</t>
   </si>
   <si>
     <t>Total Nonfarm in the Everett MD</t>
   </si>
   <si>
     <t>Total Nonfarm in the Kennewick-Richland MSA</t>
   </si>
   <si>
     <t>Total Nonfarm in the Longview MSA</t>
   </si>
   <si>
     <t>Total Nonfarm in the Mount Vernon-Anacortes MSA</t>
   </si>
   <si>
     <t>Total Nonfarm in the Olympia-Tumwater MSA</t>
   </si>
   <si>
     <t>Total Nonfarm in the Seattle-Bellevue MD</t>
   </si>
   <si>
     <t>Total Nonfarm in the Seattle-Tacoma-Bellevue MSA</t>
   </si>
   <si>
     <t>Total Nonfarm in the Spokane-Spokane Valley MSA</t>
   </si>
   <si>
     <t>Total Nonfarm in the Tacoma-Lakewood MD</t>
   </si>
   <si>
     <t>Total Nonfarm in the Walla Walla MSA</t>
   </si>
   <si>
     <t>Total Nonfarm in the Wenatchee MSA</t>
   </si>
   <si>
     <t>Total Nonfarm in the Yakima MSA</t>
   </si>
   <si>
-    <t>Date: August 23, 2024</t>
+    <t>Date: December 17, 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="General_)"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
@@ -1029,1187 +1029,1187 @@
     <row r="8" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A8" s="7"/>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="7"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="7"/>
       <c r="I8" s="7"/>
       <c r="J8" s="7"/>
       <c r="K8" s="7"/>
       <c r="L8" s="7"/>
       <c r="M8" s="7"/>
       <c r="N8" s="7"/>
       <c r="O8" s="7"/>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>50</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="8">
-        <v>3661.8</v>
+        <v>3667.4</v>
       </c>
       <c r="D9" s="7"/>
       <c r="E9" s="8">
-        <v>3672.3</v>
+        <v>3662.5</v>
       </c>
       <c r="F9" s="7"/>
       <c r="G9" s="8">
-        <v>3642</v>
+        <v>3654</v>
       </c>
       <c r="H9" s="7"/>
       <c r="I9" s="8">
-        <v>3639.3</v>
+        <v>3642</v>
       </c>
       <c r="J9" s="7"/>
       <c r="K9" s="8">
-        <v>-10.5</v>
+        <v>4.9000000000000901</v>
       </c>
       <c r="L9" s="7"/>
       <c r="M9" s="8">
-        <v>19.8000000000002</v>
+        <v>13.4000000000001</v>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="8">
-        <v>33</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" s="7" t="s">
         <v>51</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="8">
-        <v>3051.7</v>
+        <v>3054.4</v>
       </c>
       <c r="D10" s="7"/>
       <c r="E10" s="8">
-        <v>3061.2</v>
+        <v>3052.2</v>
       </c>
       <c r="F10" s="7"/>
       <c r="G10" s="8">
-        <v>3026.9</v>
+        <v>3037.5</v>
       </c>
       <c r="H10" s="7"/>
       <c r="I10" s="8">
-        <v>3025.4</v>
+        <v>3026.9</v>
       </c>
       <c r="J10" s="7"/>
       <c r="K10" s="8">
-        <v>-9.5</v>
+        <v>2.2000000000002702</v>
       </c>
       <c r="L10" s="7"/>
       <c r="M10" s="8">
-        <v>24.799999999999699</v>
+        <v>16.900000000000102</v>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="8">
-        <v>35.799999999999699</v>
+        <v>25.299999999999699</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" s="7" t="s">
         <v>52</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="8">
-        <v>491.3</v>
+        <v>489.8</v>
       </c>
       <c r="D11" s="7"/>
       <c r="E11" s="8">
-        <v>494.6</v>
+        <v>489.7</v>
       </c>
       <c r="F11" s="7"/>
       <c r="G11" s="8">
         <v>506.9</v>
       </c>
       <c r="H11" s="7"/>
       <c r="I11" s="8">
-        <v>507.1</v>
+        <v>506.9</v>
       </c>
       <c r="J11" s="7"/>
       <c r="K11" s="8">
-        <v>-3.30000000000001</v>
+        <v>0.100000000000023</v>
       </c>
       <c r="L11" s="7"/>
       <c r="M11" s="8">
-        <v>-15.6</v>
+        <v>-17.100000000000001</v>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="8">
-        <v>-12.5</v>
+        <v>-17.2</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" s="7" t="s">
         <v>53</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="8">
         <v>5.4</v>
       </c>
       <c r="D12" s="7"/>
       <c r="E12" s="8">
-        <v>5.5</v>
+        <v>5.4</v>
       </c>
       <c r="F12" s="7"/>
       <c r="G12" s="8">
-        <v>5.3</v>
+        <v>5.2</v>
       </c>
       <c r="H12" s="7"/>
       <c r="I12" s="8">
         <v>5.3</v>
       </c>
       <c r="J12" s="7"/>
       <c r="K12" s="8">
-        <v>-9.9999999999999603E-2</v>
+        <v>0</v>
       </c>
       <c r="L12" s="7"/>
       <c r="M12" s="8">
-        <v>0.100000000000001</v>
+        <v>0.2</v>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="8">
-        <v>0.2</v>
+        <v>0.100000000000001</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" s="7" t="s">
         <v>54</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="8">
-        <v>213.2</v>
+        <v>212.1</v>
       </c>
       <c r="D13" s="7"/>
       <c r="E13" s="8">
-        <v>213.4</v>
+        <v>212.7</v>
       </c>
       <c r="F13" s="7"/>
       <c r="G13" s="8">
-        <v>224.3</v>
+        <v>224.2</v>
       </c>
       <c r="H13" s="7"/>
       <c r="I13" s="8">
         <v>224.3</v>
       </c>
       <c r="J13" s="7"/>
       <c r="K13" s="8">
-        <v>-0.200000000000017</v>
+        <v>-0.59999999999999398</v>
       </c>
       <c r="L13" s="7"/>
       <c r="M13" s="8">
-        <v>-11.1</v>
+        <v>-12.1</v>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="8">
-        <v>-10.9</v>
+        <v>-11.6</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" s="7" t="s">
         <v>55</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="8">
-        <v>272.7</v>
+        <v>272.3</v>
       </c>
       <c r="D14" s="7"/>
       <c r="E14" s="8">
-        <v>275.7</v>
+        <v>271.60000000000002</v>
       </c>
       <c r="F14" s="7"/>
       <c r="G14" s="8">
-        <v>277.3</v>
+        <v>277.5</v>
       </c>
       <c r="H14" s="7"/>
       <c r="I14" s="8">
-        <v>277.5</v>
+        <v>277.3</v>
       </c>
       <c r="J14" s="7"/>
       <c r="K14" s="8">
-        <v>-3</v>
+        <v>0.69999999999998896</v>
       </c>
       <c r="L14" s="7"/>
       <c r="M14" s="8">
-        <v>-4.6000000000000201</v>
+        <v>-5.1999999999999904</v>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="8">
-        <v>-1.80000000000001</v>
+        <v>-5.6999999999999904</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" s="7" t="s">
         <v>56</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="8">
-        <v>187</v>
+        <v>185.5</v>
       </c>
       <c r="D15" s="7"/>
       <c r="E15" s="8">
-        <v>187.1</v>
+        <v>186.6</v>
       </c>
       <c r="F15" s="7"/>
       <c r="G15" s="8">
         <v>191.7</v>
       </c>
       <c r="H15" s="7"/>
       <c r="I15" s="8">
-        <v>191.8</v>
+        <v>191.7</v>
       </c>
       <c r="J15" s="7"/>
       <c r="K15" s="8">
-        <v>-9.9999999999994302E-2</v>
+        <v>-1.0999999999999901</v>
       </c>
       <c r="L15" s="7"/>
       <c r="M15" s="8">
-        <v>-4.6999999999999904</v>
+        <v>-6.1999999999999904</v>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="8">
-        <v>-4.7000000000000197</v>
+        <v>-5.0999999999999899</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" s="7" t="s">
         <v>57</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="8">
-        <v>85.7</v>
+        <v>86.8</v>
       </c>
       <c r="D16" s="7"/>
       <c r="E16" s="8">
-        <v>88.6</v>
+        <v>85</v>
       </c>
       <c r="F16" s="7"/>
       <c r="G16" s="8">
-        <v>85.6</v>
+        <v>85.8</v>
       </c>
       <c r="H16" s="7"/>
       <c r="I16" s="8">
-        <v>85.7</v>
+        <v>85.6</v>
       </c>
       <c r="J16" s="7"/>
       <c r="K16" s="8">
-        <v>-2.8999999999999901</v>
+        <v>1.8</v>
       </c>
       <c r="L16" s="7"/>
       <c r="M16" s="8">
-        <v>0.100000000000009</v>
+        <v>1</v>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="8">
-        <v>2.8999999999999901</v>
+        <v>-0.59999999999999398</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" s="7" t="s">
         <v>58</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>22</v>
       </c>
       <c r="C17" s="8">
-        <v>3170.5</v>
+        <v>3177.6</v>
       </c>
       <c r="D17" s="7"/>
       <c r="E17" s="8">
-        <v>3177.7</v>
+        <v>3172.8</v>
       </c>
       <c r="F17" s="7"/>
       <c r="G17" s="8">
-        <v>3135.1</v>
+        <v>3147.1</v>
       </c>
       <c r="H17" s="7"/>
       <c r="I17" s="8">
-        <v>3132.2</v>
+        <v>3135.1</v>
       </c>
       <c r="J17" s="7"/>
       <c r="K17" s="8">
-        <v>-7.1999999999998199</v>
+        <v>4.7999999999997298</v>
       </c>
       <c r="L17" s="7"/>
       <c r="M17" s="8">
-        <v>35.400000000000098</v>
+        <v>30.5</v>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="8">
-        <v>45.5</v>
+        <v>37.700000000000301</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" s="7" t="s">
         <v>59</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>23</v>
       </c>
       <c r="C18" s="8">
-        <v>2560.4</v>
+        <v>2564.6</v>
       </c>
       <c r="D18" s="7"/>
       <c r="E18" s="8">
-        <v>2566.6</v>
+        <v>2562.5</v>
       </c>
       <c r="F18" s="7"/>
       <c r="G18" s="8">
-        <v>2520</v>
+        <v>2530.6</v>
       </c>
       <c r="H18" s="7"/>
       <c r="I18" s="8">
-        <v>2518.3000000000002</v>
+        <v>2520</v>
       </c>
       <c r="J18" s="7"/>
       <c r="K18" s="8">
-        <v>-6.1999999999998199</v>
+        <v>2.0999999999999099</v>
       </c>
       <c r="L18" s="7"/>
       <c r="M18" s="8">
-        <v>40.400000000000098</v>
+        <v>34</v>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="8">
-        <v>48.299999999999699</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" s="7" t="s">
         <v>60</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>24</v>
       </c>
       <c r="C19" s="8">
-        <v>627.4</v>
+        <v>626.5</v>
       </c>
       <c r="D19" s="7"/>
       <c r="E19" s="8">
-        <v>629.4</v>
+        <v>627.6</v>
       </c>
       <c r="F19" s="7"/>
       <c r="G19" s="8">
-        <v>626.20000000000005</v>
+        <v>628.79999999999995</v>
       </c>
       <c r="H19" s="7"/>
       <c r="I19" s="8">
-        <v>625.6</v>
+        <v>626.20000000000005</v>
       </c>
       <c r="J19" s="7"/>
       <c r="K19" s="8">
-        <v>-2</v>
+        <v>-1.1000000000000201</v>
       </c>
       <c r="L19" s="7"/>
       <c r="M19" s="8">
-        <v>1.19999999999993</v>
+        <v>-2.2999999999999501</v>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="8">
-        <v>3.7999999999999501</v>
+        <v>1.3999999999999799</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" s="7" t="s">
         <v>61</v>
       </c>
       <c r="B20" s="7" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="8">
-        <v>137.19999999999999</v>
+        <v>136.80000000000001</v>
       </c>
       <c r="D20" s="7"/>
       <c r="E20" s="8">
-        <v>138</v>
+        <v>137.30000000000001</v>
       </c>
       <c r="F20" s="7"/>
       <c r="G20" s="8">
-        <v>138.1</v>
+        <v>138.5</v>
       </c>
       <c r="H20" s="7"/>
       <c r="I20" s="8">
-        <v>138.30000000000001</v>
+        <v>138.1</v>
       </c>
       <c r="J20" s="7"/>
       <c r="K20" s="8">
-        <v>-0.80000000000001104</v>
+        <v>-0.5</v>
       </c>
       <c r="L20" s="7"/>
       <c r="M20" s="8">
-        <v>-0.90000000000000602</v>
+        <v>-1.69999999999999</v>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="8">
-        <v>-0.30000000000001098</v>
+        <v>-0.79999999999998295</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" s="7" t="s">
         <v>62</v>
       </c>
       <c r="B21" s="7" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="8">
-        <v>335.4</v>
+        <v>335.8</v>
       </c>
       <c r="D21" s="7"/>
       <c r="E21" s="8">
-        <v>334.7</v>
+        <v>335.4</v>
       </c>
       <c r="F21" s="7"/>
       <c r="G21" s="8">
-        <v>334.7</v>
+        <v>335.8</v>
       </c>
       <c r="H21" s="7"/>
       <c r="I21" s="8">
-        <v>334.4</v>
+        <v>334.7</v>
       </c>
       <c r="J21" s="7"/>
       <c r="K21" s="8">
-        <v>0.69999999999998896</v>
+        <v>0.400000000000034</v>
       </c>
       <c r="L21" s="7"/>
       <c r="M21" s="8">
-        <v>0.69999999999998896</v>
+        <v>0</v>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="8">
-        <v>0.30000000000001098</v>
+        <v>0.69999999999998896</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" s="7" t="s">
         <v>63</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>27</v>
       </c>
       <c r="C22" s="8">
-        <v>154.80000000000001</v>
+        <v>153.9</v>
       </c>
       <c r="D22" s="7"/>
       <c r="E22" s="8">
-        <v>156.69999999999999</v>
+        <v>154.9</v>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="8">
-        <v>153.4</v>
+        <v>154.5</v>
       </c>
       <c r="H22" s="7"/>
       <c r="I22" s="8">
-        <v>152.9</v>
+        <v>153.4</v>
       </c>
       <c r="J22" s="7"/>
       <c r="K22" s="8">
-        <v>-1.8999999999999799</v>
+        <v>-1</v>
       </c>
       <c r="L22" s="7"/>
       <c r="M22" s="8">
-        <v>1.4000000000000099</v>
+        <v>-0.59999999999999398</v>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="8">
-        <v>3.7999999999999798</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" s="7" t="s">
         <v>64</v>
       </c>
       <c r="B23" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C23" s="8">
-        <v>168.5</v>
+        <v>168.4</v>
       </c>
       <c r="D23" s="7"/>
       <c r="E23" s="8">
-        <v>170.2</v>
+        <v>168.8</v>
       </c>
       <c r="F23" s="7"/>
       <c r="G23" s="8">
-        <v>163.9</v>
+        <v>164.4</v>
       </c>
       <c r="H23" s="7"/>
       <c r="I23" s="8">
-        <v>164.1</v>
+        <v>163.9</v>
       </c>
       <c r="J23" s="7"/>
       <c r="K23" s="8">
-        <v>-1.69999999999999</v>
+        <v>-0.40000000000000602</v>
       </c>
       <c r="L23" s="7"/>
       <c r="M23" s="8">
-        <v>4.5999999999999899</v>
+        <v>4</v>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="8">
-        <v>6.0999999999999899</v>
+        <v>4.9000000000000101</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" s="7" t="s">
         <v>65</v>
       </c>
       <c r="B24" s="7" t="s">
         <v>29</v>
       </c>
       <c r="C24" s="8">
-        <v>162.69999999999999</v>
+        <v>163.5</v>
       </c>
       <c r="D24" s="7"/>
       <c r="E24" s="8">
-        <v>162.4</v>
+        <v>163.1</v>
       </c>
       <c r="F24" s="7"/>
       <c r="G24" s="8">
-        <v>163.19999999999999</v>
+        <v>163.80000000000001</v>
       </c>
       <c r="H24" s="7"/>
       <c r="I24" s="8">
         <v>163.19999999999999</v>
       </c>
       <c r="J24" s="7"/>
       <c r="K24" s="8">
-        <v>0.299999999999983</v>
+        <v>0.40000000000000602</v>
       </c>
       <c r="L24" s="7"/>
       <c r="M24" s="8">
-        <v>-0.5</v>
+        <v>-0.30000000000001098</v>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="8">
-        <v>-0.79999999999998295</v>
+        <v>-9.9999999999994302E-2</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>66</v>
       </c>
       <c r="B25" s="7" t="s">
         <v>30</v>
       </c>
       <c r="C25" s="8">
-        <v>100.1</v>
+        <v>100.3</v>
       </c>
       <c r="D25" s="7"/>
       <c r="E25" s="8">
-        <v>99.8</v>
+        <v>100.2</v>
       </c>
       <c r="F25" s="7"/>
       <c r="G25" s="8">
-        <v>100.3</v>
+        <v>100.7</v>
       </c>
       <c r="H25" s="7"/>
       <c r="I25" s="8">
-        <v>100.4</v>
+        <v>100.3</v>
       </c>
       <c r="J25" s="7"/>
       <c r="K25" s="8">
-        <v>0.29999999999999699</v>
+        <v>9.9999999999994302E-2</v>
       </c>
       <c r="L25" s="7"/>
       <c r="M25" s="8">
-        <v>-0.20000000000000301</v>
+        <v>-0.40000000000000602</v>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="8">
-        <v>-0.60000000000000897</v>
+        <v>-9.9999999999994302E-2</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" s="7" t="s">
         <v>67</v>
       </c>
       <c r="B26" s="7" t="s">
         <v>31</v>
       </c>
       <c r="C26" s="8">
-        <v>62.6</v>
+        <v>63.2</v>
       </c>
       <c r="D26" s="7"/>
       <c r="E26" s="8">
-        <v>62.6</v>
+        <v>62.9</v>
       </c>
       <c r="F26" s="7"/>
       <c r="G26" s="8">
-        <v>62.9</v>
+        <v>63.1</v>
       </c>
       <c r="H26" s="7"/>
       <c r="I26" s="8">
-        <v>62.8</v>
+        <v>62.9</v>
       </c>
       <c r="J26" s="7"/>
       <c r="K26" s="8">
-        <v>0</v>
+        <v>0.30000000000000399</v>
       </c>
       <c r="L26" s="7"/>
       <c r="M26" s="8">
-        <v>-0.29999999999999699</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="8">
-        <v>-0.19999999999999599</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" s="7" t="s">
         <v>68</v>
       </c>
       <c r="B27" s="7" t="s">
         <v>32</v>
       </c>
       <c r="C27" s="8">
-        <v>546.6</v>
+        <v>551.70000000000005</v>
       </c>
       <c r="D27" s="7"/>
       <c r="E27" s="8">
-        <v>551</v>
+        <v>548.29999999999995</v>
       </c>
       <c r="F27" s="7"/>
       <c r="G27" s="8">
-        <v>546.6</v>
+        <v>548.29999999999995</v>
       </c>
       <c r="H27" s="7"/>
       <c r="I27" s="8">
-        <v>547</v>
+        <v>546.6</v>
       </c>
       <c r="J27" s="7"/>
       <c r="K27" s="8">
-        <v>-4.3999999999999799</v>
+        <v>3.4000000000000901</v>
       </c>
       <c r="L27" s="7"/>
       <c r="M27" s="8">
-        <v>0</v>
+        <v>3.4000000000000901</v>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="8">
-        <v>4</v>
+        <v>1.69999999999993</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" s="7" t="s">
         <v>69</v>
       </c>
       <c r="B28" s="7" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="8">
-        <v>262.8</v>
+        <v>265.7</v>
       </c>
       <c r="D28" s="7"/>
       <c r="E28" s="8">
-        <v>263.2</v>
+        <v>264</v>
       </c>
       <c r="F28" s="7"/>
       <c r="G28" s="8">
-        <v>263.5</v>
+        <v>264.2</v>
       </c>
       <c r="H28" s="7"/>
       <c r="I28" s="8">
-        <v>263.8</v>
+        <v>263.5</v>
       </c>
       <c r="J28" s="7"/>
       <c r="K28" s="8">
-        <v>-0.39999999999997699</v>
+        <v>1.69999999999999</v>
       </c>
       <c r="L28" s="7"/>
       <c r="M28" s="8">
-        <v>-0.69999999999998896</v>
+        <v>1.5</v>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="8">
-        <v>-0.60000000000002296</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" s="7" t="s">
         <v>70</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="8">
         <v>101.4</v>
       </c>
       <c r="D29" s="7"/>
       <c r="E29" s="8">
         <v>101.4</v>
       </c>
       <c r="F29" s="7"/>
       <c r="G29" s="8">
-        <v>101.6</v>
+        <v>101.7</v>
       </c>
       <c r="H29" s="7"/>
       <c r="I29" s="8">
-        <v>101.7</v>
+        <v>101.6</v>
       </c>
       <c r="J29" s="7"/>
       <c r="K29" s="8">
         <v>0</v>
       </c>
       <c r="L29" s="7"/>
       <c r="M29" s="8">
-        <v>-0.19999999999998899</v>
+        <v>-0.29999999999999699</v>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="8">
-        <v>-0.29999999999999699</v>
+        <v>-0.19999999999998899</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" s="7" t="s">
         <v>71</v>
       </c>
       <c r="B30" s="7" t="s">
         <v>35</v>
       </c>
       <c r="C30" s="8">
-        <v>182.4</v>
+        <v>184.6</v>
       </c>
       <c r="D30" s="7"/>
       <c r="E30" s="8">
-        <v>186.4</v>
+        <v>182.9</v>
       </c>
       <c r="F30" s="7"/>
       <c r="G30" s="8">
-        <v>181.5</v>
+        <v>182.4</v>
       </c>
       <c r="H30" s="7"/>
       <c r="I30" s="8">
         <v>181.5</v>
       </c>
       <c r="J30" s="7"/>
       <c r="K30" s="8">
-        <v>-4</v>
+        <v>1.69999999999999</v>
       </c>
       <c r="L30" s="7"/>
       <c r="M30" s="8">
-        <v>0.90000000000000602</v>
+        <v>2.19999999999999</v>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="8">
-        <v>4.9000000000000101</v>
+        <v>1.4000000000000099</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A31" s="7" t="s">
         <v>72</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>36</v>
       </c>
       <c r="C31" s="8">
-        <v>573.4</v>
+        <v>574</v>
       </c>
       <c r="D31" s="7"/>
       <c r="E31" s="8">
-        <v>572.4</v>
+        <v>572.9</v>
       </c>
       <c r="F31" s="7"/>
       <c r="G31" s="8">
-        <v>550.4</v>
+        <v>555.29999999999995</v>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="8">
-        <v>548.4</v>
+        <v>550.4</v>
       </c>
       <c r="J31" s="7"/>
       <c r="K31" s="8">
-        <v>1</v>
+        <v>1.1000000000000201</v>
       </c>
       <c r="L31" s="7"/>
       <c r="M31" s="8">
-        <v>23</v>
+        <v>18.7</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="8">
-        <v>24</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A32" s="7" t="s">
         <v>73</v>
       </c>
       <c r="B32" s="7" t="s">
         <v>37</v>
       </c>
       <c r="C32" s="8">
-        <v>77.5</v>
+        <v>78.2</v>
       </c>
       <c r="D32" s="7"/>
       <c r="E32" s="8">
-        <v>77.599999999999994</v>
+        <v>77.8</v>
       </c>
       <c r="F32" s="7"/>
       <c r="G32" s="8">
-        <v>72</v>
+        <v>74.2</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="8">
-        <v>71.3</v>
+        <v>72</v>
       </c>
       <c r="J32" s="7"/>
       <c r="K32" s="8">
-        <v>-9.9999999999994302E-2</v>
+        <v>0.40000000000000602</v>
       </c>
       <c r="L32" s="7"/>
       <c r="M32" s="8">
-        <v>5.5</v>
+        <v>4</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="8">
-        <v>6.3</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A33" s="7" t="s">
         <v>74</v>
       </c>
       <c r="B33" s="7" t="s">
         <v>38</v>
       </c>
       <c r="C33" s="8">
-        <v>495.9</v>
+        <v>495.8</v>
       </c>
       <c r="D33" s="7"/>
       <c r="E33" s="8">
-        <v>494.8</v>
+        <v>495.1</v>
       </c>
       <c r="F33" s="7"/>
       <c r="G33" s="8">
-        <v>478.4</v>
+        <v>481.1</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="8">
-        <v>477.1</v>
+        <v>478.4</v>
       </c>
       <c r="J33" s="7"/>
       <c r="K33" s="8">
-        <v>1.0999999999999699</v>
+        <v>0.69999999999998896</v>
       </c>
       <c r="L33" s="7"/>
       <c r="M33" s="8">
-        <v>17.5</v>
+        <v>14.7</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="8">
-        <v>17.7</v>
+        <v>16.7</v>
       </c>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A34" s="7" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="7" t="s">
         <v>39</v>
       </c>
       <c r="C34" s="8">
-        <v>355.2</v>
+        <v>356.1</v>
       </c>
       <c r="D34" s="7"/>
       <c r="E34" s="8">
-        <v>356</v>
+        <v>355.8</v>
       </c>
       <c r="F34" s="7"/>
       <c r="G34" s="8">
-        <v>347.4</v>
+        <v>347.3</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="8">
-        <v>347.3</v>
+        <v>347.4</v>
       </c>
       <c r="J34" s="7"/>
       <c r="K34" s="8">
-        <v>-0.80000000000001104</v>
+        <v>0.30000000000001098</v>
       </c>
       <c r="L34" s="7"/>
       <c r="M34" s="8">
-        <v>7.8000000000000096</v>
+        <v>8.8000000000000096</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="8">
-        <v>8.6999999999999904</v>
+        <v>8.4000000000000306</v>
       </c>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A35" s="7" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="7" t="s">
         <v>40</v>
       </c>
       <c r="C35" s="8">
-        <v>59.9</v>
+        <v>60.1</v>
       </c>
       <c r="D35" s="7"/>
       <c r="E35" s="8">
-        <v>59.8</v>
+        <v>60.3</v>
       </c>
       <c r="F35" s="7"/>
       <c r="G35" s="8">
-        <v>58</v>
+        <v>56.8</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="8">
-        <v>57.8</v>
+        <v>58</v>
       </c>
       <c r="J35" s="7"/>
       <c r="K35" s="8">
-        <v>0.100000000000001</v>
+        <v>-0.19999999999999599</v>
       </c>
       <c r="L35" s="7"/>
       <c r="M35" s="8">
-        <v>1.9</v>
+        <v>3.3</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="8">
-        <v>2</v>
+        <v>2.2999999999999998</v>
       </c>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A36" s="7" t="s">
         <v>77</v>
       </c>
       <c r="B36" s="7" t="s">
         <v>41</v>
       </c>
       <c r="C36" s="8">
-        <v>295.3</v>
+        <v>296</v>
       </c>
       <c r="D36" s="7"/>
       <c r="E36" s="8">
-        <v>296.2</v>
+        <v>295.5</v>
       </c>
       <c r="F36" s="7"/>
       <c r="G36" s="8">
-        <v>289.39999999999998</v>
+        <v>290.5</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="8">
-        <v>289.5</v>
+        <v>289.39999999999998</v>
       </c>
       <c r="J36" s="7"/>
       <c r="K36" s="8">
-        <v>-0.89999999999997704</v>
+        <v>0.5</v>
       </c>
       <c r="L36" s="7"/>
       <c r="M36" s="8">
-        <v>5.9000000000000297</v>
+        <v>5.5</v>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="8">
-        <v>6.6999999999999904</v>
+        <v>6.1000000000000201</v>
       </c>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="7" t="s">
         <v>42</v>
       </c>
       <c r="C37" s="8">
-        <v>126.6</v>
+        <v>124.4</v>
       </c>
       <c r="D37" s="7"/>
       <c r="E37" s="8">
-        <v>125.2</v>
+        <v>126</v>
       </c>
       <c r="F37" s="7"/>
       <c r="G37" s="8">
-        <v>122.3</v>
+        <v>122.7</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="8">
-        <v>122.7</v>
+        <v>122.3</v>
       </c>
       <c r="J37" s="7"/>
       <c r="K37" s="8">
-        <v>1.3999999999999899</v>
+        <v>-1.5999999999999901</v>
       </c>
       <c r="L37" s="7"/>
       <c r="M37" s="8">
-        <v>4.3</v>
+        <v>1.7</v>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="8">
-        <v>2.5</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="38" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A38" s="7" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="7"/>
       <c r="C38" s="7">
-        <v>610.1</v>
+        <v>613</v>
       </c>
       <c r="D38" s="7"/>
       <c r="E38" s="7">
-        <v>611.1</v>
+        <v>610.29999999999995</v>
       </c>
       <c r="F38" s="7"/>
       <c r="G38" s="7">
-        <v>615.1</v>
+        <v>616.5</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7">
-        <v>613.9</v>
+        <v>615.1</v>
       </c>
       <c r="J38" s="7"/>
       <c r="K38" s="7">
-        <v>-1</v>
+        <v>2.7000000000000499</v>
       </c>
       <c r="L38" s="7"/>
       <c r="M38" s="7">
-        <v>-5</v>
+        <v>-3.5</v>
       </c>
       <c r="N38" s="7"/>
       <c r="O38" s="7">
-        <v>-2.7999999999999501</v>
+        <v>-4.80000000000007</v>
       </c>
     </row>
     <row r="39" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A39" s="7" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="7"/>
       <c r="C39" s="7">
-        <v>76.7</v>
+        <v>76.599999999999994</v>
       </c>
       <c r="D39" s="7"/>
       <c r="E39" s="7">
-        <v>77</v>
+        <v>76.7</v>
       </c>
       <c r="F39" s="7"/>
       <c r="G39" s="7">
-        <v>79.900000000000006</v>
+        <v>80.099999999999994</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7">
-        <v>79.7</v>
+        <v>79.900000000000006</v>
       </c>
       <c r="J39" s="7"/>
       <c r="K39" s="7">
-        <v>-0.29999999999999699</v>
+        <v>-0.100000000000009</v>
       </c>
       <c r="L39" s="7"/>
       <c r="M39" s="7">
-        <v>-3.2</v>
+        <v>-3.5</v>
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="7">
-        <v>-2.7</v>
+        <v>-3.2</v>
       </c>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A40" s="7" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="7"/>
       <c r="C40" s="7">
-        <v>153.19999999999999</v>
+        <v>153.6</v>
       </c>
       <c r="D40" s="7"/>
       <c r="E40" s="7">
-        <v>153.69999999999999</v>
+        <v>153.30000000000001</v>
       </c>
       <c r="F40" s="7"/>
       <c r="G40" s="7">
-        <v>157.80000000000001</v>
+        <v>158.30000000000001</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7">
-        <v>157.6</v>
+        <v>157.80000000000001</v>
       </c>
       <c r="J40" s="7"/>
       <c r="K40" s="7">
-        <v>-0.5</v>
+        <v>0.299999999999983</v>
       </c>
       <c r="L40" s="7"/>
       <c r="M40" s="7">
-        <v>-4.6000000000000201</v>
+        <v>-4.7000000000000197</v>
       </c>
       <c r="N40" s="7"/>
       <c r="O40" s="7">
-        <v>-3.9000000000000101</v>
+        <v>-4.5</v>
       </c>
     </row>
     <row r="41" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A41" s="7" t="s">
         <v>82</v>
       </c>
       <c r="B41" s="7"/>
       <c r="C41" s="7">
-        <v>380.2</v>
+        <v>382.8</v>
       </c>
       <c r="D41" s="7"/>
       <c r="E41" s="7">
-        <v>380.4</v>
+        <v>380.3</v>
       </c>
       <c r="F41" s="7"/>
       <c r="G41" s="7">
-        <v>377.4</v>
+        <v>378.1</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7">
-        <v>376.6</v>
+        <v>377.4</v>
       </c>
       <c r="J41" s="7"/>
       <c r="K41" s="7">
-        <v>-0.19999999999998899</v>
+        <v>2.5</v>
       </c>
       <c r="L41" s="7"/>
       <c r="M41" s="7">
-        <v>2.80000000000001</v>
+        <v>4.6999999999999904</v>
       </c>
       <c r="N41" s="7"/>
       <c r="O41" s="7">
-        <v>3.7999999999999501</v>
+        <v>2.9000000000000301</v>
       </c>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A42" s="7"/>
       <c r="B42" s="7"/>
       <c r="C42" s="7"/>
       <c r="D42" s="7"/>
       <c r="E42" s="7"/>
       <c r="F42" s="7"/>
       <c r="G42" s="7"/>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.2">
@@ -2354,524 +2354,524 @@
     <row r="8" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A8" s="7"/>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="7"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="7"/>
       <c r="I8" s="7"/>
       <c r="J8" s="7"/>
       <c r="K8" s="7"/>
       <c r="L8" s="7"/>
       <c r="M8" s="7"/>
       <c r="N8" s="7"/>
       <c r="O8" s="7"/>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>90</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="8">
-        <v>96.2</v>
+        <v>96.5</v>
       </c>
       <c r="D9" s="7"/>
       <c r="E9" s="8">
-        <v>96.4</v>
+        <v>96.5</v>
       </c>
       <c r="F9" s="7"/>
       <c r="G9" s="8">
-        <v>96.8</v>
+        <v>97.1</v>
       </c>
       <c r="H9" s="7"/>
       <c r="I9" s="8">
-        <v>96.6</v>
+        <v>96.8</v>
       </c>
       <c r="J9" s="7"/>
       <c r="K9" s="8">
-        <v>-0.2</v>
+        <v>0</v>
       </c>
       <c r="L9" s="7"/>
       <c r="M9" s="8">
         <v>-0.59999999999999398</v>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="8">
-        <v>-0.19999999999998899</v>
+        <v>-0.29999999999999699</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" s="7" t="s">
         <v>91</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="8">
-        <v>97.7</v>
+        <v>97.5</v>
       </c>
       <c r="D10" s="7"/>
       <c r="E10" s="8">
-        <v>97.6</v>
+        <v>97.7</v>
       </c>
       <c r="F10" s="7"/>
       <c r="G10" s="8">
-        <v>96.3</v>
+        <v>96.9</v>
       </c>
       <c r="H10" s="7"/>
       <c r="I10" s="8">
-        <v>96.6</v>
+        <v>96.3</v>
       </c>
       <c r="J10" s="7"/>
       <c r="K10" s="8">
-        <v>0.1</v>
+        <v>-0.2</v>
       </c>
       <c r="L10" s="7"/>
       <c r="M10" s="8">
-        <v>1.4000000000000099</v>
+        <v>0.59999999999999398</v>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="8">
-        <v>1</v>
+        <v>1.4000000000000099</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" s="7" t="s">
         <v>92</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="8">
-        <v>303.5</v>
+        <v>304.2</v>
       </c>
       <c r="D11" s="7"/>
       <c r="E11" s="8">
-        <v>303.8</v>
+        <v>303.60000000000002</v>
       </c>
       <c r="F11" s="7"/>
       <c r="G11" s="8">
-        <v>307.39999999999998</v>
+        <v>308.60000000000002</v>
       </c>
       <c r="H11" s="7"/>
       <c r="I11" s="8">
-        <v>307.5</v>
+        <v>307.39999999999998</v>
       </c>
       <c r="J11" s="7"/>
       <c r="K11" s="8">
-        <v>-0.1</v>
+        <v>0.2</v>
       </c>
       <c r="L11" s="7"/>
       <c r="M11" s="8">
-        <v>-3.8999999999999799</v>
+        <v>-4.4000000000000297</v>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="8">
-        <v>-3.69999999999999</v>
+        <v>-3.7999999999999501</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" s="7" t="s">
         <v>93</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="8">
-        <v>130.30000000000001</v>
+        <v>130.4</v>
       </c>
       <c r="D12" s="7"/>
       <c r="E12" s="8">
-        <v>130.19999999999999</v>
+        <v>130.1</v>
       </c>
       <c r="F12" s="7"/>
       <c r="G12" s="8">
-        <v>128.4</v>
+        <v>129.1</v>
       </c>
       <c r="H12" s="7"/>
       <c r="I12" s="8">
-        <v>127.8</v>
+        <v>128.4</v>
       </c>
       <c r="J12" s="7"/>
       <c r="K12" s="8">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="L12" s="7"/>
       <c r="M12" s="8">
-        <v>1.9000000000000099</v>
+        <v>1.30000000000001</v>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="8">
-        <v>2.3999999999999901</v>
+        <v>1.69999999999999</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" s="7" t="s">
         <v>94</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="8">
-        <v>42.7</v>
+        <v>42.5</v>
       </c>
       <c r="D13" s="7"/>
       <c r="E13" s="8">
-        <v>42.4</v>
+        <v>42.6</v>
       </c>
       <c r="F13" s="7"/>
       <c r="G13" s="8">
         <v>42.4</v>
       </c>
       <c r="H13" s="7"/>
       <c r="I13" s="8">
-        <v>42.3</v>
+        <v>42.4</v>
       </c>
       <c r="J13" s="7"/>
       <c r="K13" s="8">
-        <v>0.7</v>
+        <v>-0.2</v>
       </c>
       <c r="L13" s="7"/>
       <c r="M13" s="8">
-        <v>0.30000000000000399</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="8">
-        <v>0.100000000000001</v>
+        <v>0.20000000000000301</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" s="7" t="s">
         <v>95</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="8">
         <v>53.7</v>
       </c>
       <c r="D14" s="7"/>
       <c r="E14" s="8">
-        <v>53.7</v>
+        <v>53.5</v>
       </c>
       <c r="F14" s="7"/>
       <c r="G14" s="8">
-        <v>53.6</v>
+        <v>53.7</v>
       </c>
       <c r="H14" s="7"/>
       <c r="I14" s="8">
-        <v>53.5</v>
+        <v>53.6</v>
       </c>
       <c r="J14" s="7"/>
       <c r="K14" s="8">
-        <v>0</v>
+        <v>0.4</v>
       </c>
       <c r="L14" s="7"/>
       <c r="M14" s="8">
-        <v>0.100000000000001</v>
+        <v>0</v>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="8">
-        <v>0.20000000000000301</v>
+        <v>-0.100000000000001</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" s="7" t="s">
         <v>96</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="8">
-        <v>133.69999999999999</v>
+        <v>133.4</v>
       </c>
       <c r="D15" s="7"/>
       <c r="E15" s="8">
-        <v>133.19999999999999</v>
+        <v>133.5</v>
       </c>
       <c r="F15" s="7"/>
       <c r="G15" s="8">
-        <v>132.6</v>
+        <v>133</v>
       </c>
       <c r="H15" s="7"/>
       <c r="I15" s="8">
-        <v>132.4</v>
+        <v>132.6</v>
       </c>
       <c r="J15" s="7"/>
       <c r="K15" s="8">
-        <v>0.4</v>
+        <v>-0.1</v>
       </c>
       <c r="L15" s="7"/>
       <c r="M15" s="8">
-        <v>1.0999999999999901</v>
+        <v>0.40000000000000602</v>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="8">
-        <v>0.79999999999998295</v>
+        <v>0.90000000000000602</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" s="7" t="s">
         <v>97</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="8">
-        <v>1498.9</v>
+        <v>1503.3</v>
       </c>
       <c r="D16" s="7"/>
       <c r="E16" s="8">
-        <v>1507.7</v>
+        <v>1502.6</v>
       </c>
       <c r="F16" s="7"/>
       <c r="G16" s="8">
-        <v>1485.8</v>
+        <v>1492.7</v>
       </c>
       <c r="H16" s="7"/>
       <c r="I16" s="8">
-        <v>1488.5</v>
+        <v>1485.8</v>
       </c>
       <c r="J16" s="7"/>
       <c r="K16" s="8">
-        <v>-0.6</v>
+        <v>0</v>
       </c>
       <c r="L16" s="7"/>
       <c r="M16" s="8">
-        <v>13.100000000000099</v>
+        <v>10.5999999999999</v>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="8">
-        <v>19.2</v>
+        <v>16.8</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" s="7" t="s">
         <v>98</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="8">
-        <v>2150.3000000000002</v>
+        <v>2156.1</v>
       </c>
       <c r="D17" s="7"/>
       <c r="E17" s="8">
-        <v>2158.4</v>
+        <v>2152.8000000000002</v>
       </c>
       <c r="F17" s="7"/>
       <c r="G17" s="8">
-        <v>2139.1</v>
+        <v>2146.5</v>
       </c>
       <c r="H17" s="7"/>
       <c r="I17" s="8">
-        <v>2141.3000000000002</v>
+        <v>2139.1</v>
       </c>
       <c r="J17" s="7"/>
       <c r="K17" s="8">
-        <v>-0.4</v>
+        <v>0.2</v>
       </c>
       <c r="L17" s="7"/>
       <c r="M17" s="8">
-        <v>11.200000000000299</v>
+        <v>9.5999999999999108</v>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="8">
-        <v>17.099999999999898</v>
+        <v>13.700000000000299</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" s="7" t="s">
         <v>99</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="8">
-        <v>265.89999999999998</v>
+        <v>265.2</v>
       </c>
       <c r="D18" s="7"/>
       <c r="E18" s="8">
-        <v>266.10000000000002</v>
+        <v>265.5</v>
       </c>
       <c r="F18" s="7"/>
       <c r="G18" s="8">
-        <v>266.8</v>
+        <v>266.89999999999998</v>
       </c>
       <c r="H18" s="7"/>
       <c r="I18" s="8">
-        <v>265.89999999999998</v>
+        <v>266.8</v>
       </c>
       <c r="J18" s="7"/>
       <c r="K18" s="8">
         <v>-0.1</v>
       </c>
       <c r="L18" s="7"/>
       <c r="M18" s="8">
-        <v>-0.900000000000034</v>
+        <v>-1.69999999999999</v>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="8">
-        <v>0.200000000000045</v>
+        <v>-1.30000000000001</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" s="7" t="s">
         <v>100</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="8">
-        <v>346.8</v>
+        <v>348.6</v>
       </c>
       <c r="D19" s="7"/>
       <c r="E19" s="8">
-        <v>346.3</v>
+        <v>347.2</v>
       </c>
       <c r="F19" s="7"/>
       <c r="G19" s="8">
-        <v>343.8</v>
+        <v>344.7</v>
       </c>
       <c r="H19" s="7"/>
       <c r="I19" s="8">
-        <v>344</v>
+        <v>343.8</v>
       </c>
       <c r="J19" s="7"/>
       <c r="K19" s="8">
-        <v>0.1</v>
+        <v>0.4</v>
       </c>
       <c r="L19" s="7"/>
       <c r="M19" s="8">
-        <v>3</v>
+        <v>3.9000000000000301</v>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="8">
-        <v>2.30000000000001</v>
+        <v>3.3999999999999799</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" s="7" t="s">
         <v>101</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7">
-        <v>28.2</v>
+        <v>28.3</v>
       </c>
       <c r="D20" s="7"/>
       <c r="E20" s="7">
-        <v>28.4</v>
+        <v>28.2</v>
       </c>
       <c r="F20" s="7"/>
       <c r="G20" s="7">
-        <v>28</v>
+        <v>28.2</v>
       </c>
       <c r="H20" s="7"/>
       <c r="I20" s="7">
         <v>28</v>
       </c>
       <c r="J20" s="7"/>
       <c r="K20" s="7">
-        <v>-0.7</v>
+        <v>0.4</v>
       </c>
       <c r="L20" s="7"/>
       <c r="M20" s="7">
-        <v>0.19999999999999901</v>
+        <v>0.100000000000001</v>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="7">
-        <v>0.39999999999999902</v>
+        <v>0.19999999999999901</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" s="7" t="s">
         <v>102</v>
       </c>
       <c r="B21" s="7"/>
       <c r="C21" s="7">
-        <v>49.4</v>
+        <v>49.3</v>
       </c>
       <c r="D21" s="7"/>
       <c r="E21" s="7">
-        <v>49.5</v>
+        <v>49.3</v>
       </c>
       <c r="F21" s="7"/>
       <c r="G21" s="7">
-        <v>49.1</v>
+        <v>49.2</v>
       </c>
       <c r="H21" s="7"/>
       <c r="I21" s="7">
-        <v>48.8</v>
+        <v>49.1</v>
       </c>
       <c r="J21" s="7"/>
       <c r="K21" s="7">
-        <v>-0.2</v>
+        <v>0</v>
       </c>
       <c r="L21" s="7"/>
       <c r="M21" s="7">
-        <v>0.29999999999999699</v>
+        <v>9.9999999999994302E-2</v>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="7">
-        <v>0.70000000000000295</v>
+        <v>0.19999999999999599</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" s="7" t="s">
         <v>103</v>
       </c>
       <c r="B22" s="7"/>
       <c r="C22" s="7">
-        <v>90.5</v>
+        <v>90.4</v>
       </c>
       <c r="D22" s="7"/>
       <c r="E22" s="7">
-        <v>90.7</v>
+        <v>90.5</v>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="7">
-        <v>89.9</v>
+        <v>89.8</v>
       </c>
       <c r="H22" s="7"/>
       <c r="I22" s="7">
-        <v>89.7</v>
+        <v>89.9</v>
       </c>
       <c r="J22" s="7"/>
       <c r="K22" s="7">
-        <v>-0.2</v>
+        <v>-0.1</v>
       </c>
       <c r="L22" s="7"/>
       <c r="M22" s="7">
-        <v>0.59999999999999398</v>
+        <v>0.60000000000000897</v>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="7">
-        <v>1</v>
+        <v>0.59999999999999398</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" s="7"/>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="7"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="7"/>
       <c r="I23" s="7"/>
       <c r="J23" s="7"/>
       <c r="K23" s="7"/>
       <c r="L23" s="7"/>
       <c r="M23" s="7"/>
       <c r="N23" s="7"/>
       <c r="O23" s="7"/>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" s="7"/>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="7"/>