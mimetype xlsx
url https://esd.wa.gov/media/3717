--- v1 (2025-12-24)
+++ v2 (2026-03-11)
@@ -6,78 +6,78 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\CES Staff\ESmith\WIP\New data\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D5908985-1893-4B3C-ABBA-9EF0BCA4B4A3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EB9F8018-7D24-43BA-A445-FA7DF9C7C83E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="16200" yWindow="2760" windowWidth="19455" windowHeight="16830" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="8865" yWindow="1950" windowWidth="26475" windowHeight="17280" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Index" sheetId="3" r:id="rId1"/>
     <sheet name="Washington State" sheetId="1" r:id="rId2"/>
     <sheet name="Other Areas" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="106">
   <si>
     <t xml:space="preserve">Historical Current Employment Statistics, seasonally adjusted </t>
   </si>
   <si>
     <t>Source: Employment Security Department/DATA; U.S. Bureau of Labor Statistics, Local Area Unemployment Statistics</t>
   </si>
   <si>
     <t>TAB</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
     <t>Other Areas</t>
   </si>
   <si>
     <t>Employment Security Department is an equal opportunity employer/program. Auxilary aids and services are available upon request to individuals with disabilities. Language assistance services for limited English proficient individuals are available free of charge. Washington Relay Service: 711</t>
   </si>
   <si>
     <t>Seasonally Adjusted Nonagricultural Wage and Salary Workers Employed in Washington State</t>
   </si>
   <si>
     <t>Numerical</t>
   </si>
   <si>
@@ -284,114 +284,117 @@
   <si>
     <t xml:space="preserve">         Leisure and hospitality</t>
   </si>
   <si>
     <t xml:space="preserve">            Arts, entertainment, and recreation</t>
   </si>
   <si>
     <t xml:space="preserve">            Accommodation and food services</t>
   </si>
   <si>
     <t xml:space="preserve">         Other services</t>
   </si>
   <si>
     <t xml:space="preserve">         Government</t>
   </si>
   <si>
     <t xml:space="preserve">            Federal</t>
   </si>
   <si>
     <t xml:space="preserve">            State government</t>
   </si>
   <si>
     <t xml:space="preserve">            Local government</t>
   </si>
   <si>
-    <t>Sep</t>
-[...14 lines deleted...]
-    <t>Aug 2024</t>
+    <t>Dec</t>
+  </si>
+  <si>
+    <t>Nov</t>
+  </si>
+  <si>
+    <t>Nov 2025</t>
+  </si>
+  <si>
+    <t>Dec 2025</t>
+  </si>
+  <si>
+    <t>Dec 2024</t>
+  </si>
+  <si>
+    <t>Nov 2024</t>
   </si>
   <si>
     <t>BENCHMARK: March 2024</t>
   </si>
   <si>
     <t>Total Nonfarm in the Bellingham MSA</t>
   </si>
   <si>
     <t>Total Nonfarm in the Bremerton-Silverdale MSA</t>
   </si>
   <si>
     <t>Total Nonfarm in the Everett MD</t>
   </si>
   <si>
     <t>Total Nonfarm in the Kennewick-Richland MSA</t>
   </si>
   <si>
     <t>Total Nonfarm in the Longview MSA</t>
   </si>
   <si>
     <t>Total Nonfarm in the Mount Vernon-Anacortes MSA</t>
   </si>
   <si>
     <t>Total Nonfarm in the Olympia-Tumwater MSA</t>
   </si>
   <si>
     <t>Total Nonfarm in the Seattle-Bellevue MD</t>
   </si>
   <si>
     <t>Total Nonfarm in the Seattle-Tacoma-Bellevue MSA</t>
   </si>
   <si>
     <t>Total Nonfarm in the Spokane-Spokane Valley MSA</t>
   </si>
   <si>
     <t>Total Nonfarm in the Tacoma-Lakewood MD</t>
   </si>
   <si>
     <t>Total Nonfarm in the Walla Walla MSA</t>
   </si>
   <si>
     <t>Total Nonfarm in the Wenatchee MSA</t>
   </si>
   <si>
     <t>Total Nonfarm in the Yakima MSA</t>
   </si>
   <si>
-    <t>Date: December 17, 2025</t>
+    <t>Date: January 27, 2026</t>
+  </si>
+  <si>
+    <t>g</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="General_)"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
@@ -775,51 +778,53 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:B28"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B22" sqref="B22"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="92.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A2" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A4" s="1" t="s">
         <v>104</v>
       </c>
@@ -856,51 +861,53 @@
     <row r="14" spans="1:2" x14ac:dyDescent="0.2">
       <c r="B14" s="3"/>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.2">
       <c r="B15" s="3"/>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.2">
       <c r="B16" s="3"/>
     </row>
     <row r="17" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B17" s="3"/>
     </row>
     <row r="18" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B18" s="3"/>
     </row>
     <row r="19" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B19" s="3"/>
     </row>
     <row r="20" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B20" s="3"/>
     </row>
     <row r="21" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B21" s="3"/>
     </row>
     <row r="22" spans="2:2" x14ac:dyDescent="0.2">
-      <c r="B22" s="3"/>
+      <c r="B22" s="3" t="s">
+        <v>105</v>
+      </c>
     </row>
     <row r="23" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B23" s="3"/>
     </row>
     <row r="24" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B24" s="3"/>
     </row>
     <row r="25" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B25" s="3"/>
     </row>
     <row r="26" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B26" s="3"/>
     </row>
     <row r="27" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B27" s="3"/>
     </row>
     <row r="28" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B28" s="3"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A8" location="Statewide!A1" display="Statewide" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="A9" location="'Other Areas'!A1" display="Other Areas" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1029,1187 +1036,1187 @@
     <row r="8" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A8" s="7"/>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="7"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="7"/>
       <c r="I8" s="7"/>
       <c r="J8" s="7"/>
       <c r="K8" s="7"/>
       <c r="L8" s="7"/>
       <c r="M8" s="7"/>
       <c r="N8" s="7"/>
       <c r="O8" s="7"/>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>50</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="8">
-        <v>3667.4</v>
+        <v>3662</v>
       </c>
       <c r="D9" s="7"/>
       <c r="E9" s="8">
-        <v>3662.5</v>
+        <v>3663.3</v>
       </c>
       <c r="F9" s="7"/>
       <c r="G9" s="8">
-        <v>3654</v>
+        <v>3674.2</v>
       </c>
       <c r="H9" s="7"/>
       <c r="I9" s="8">
-        <v>3642</v>
+        <v>3661.9</v>
       </c>
       <c r="J9" s="7"/>
       <c r="K9" s="8">
-        <v>4.9000000000000901</v>
+        <v>-1.3000000000001799</v>
       </c>
       <c r="L9" s="7"/>
       <c r="M9" s="8">
-        <v>13.4000000000001</v>
+        <v>-12.1999999999998</v>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="8">
-        <v>20.5</v>
+        <v>1.4000000000000901</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" s="7" t="s">
         <v>51</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="8">
-        <v>3054.4</v>
+        <v>3055</v>
       </c>
       <c r="D10" s="7"/>
       <c r="E10" s="8">
-        <v>3052.2</v>
+        <v>3056</v>
       </c>
       <c r="F10" s="7"/>
       <c r="G10" s="8">
-        <v>3037.5</v>
+        <v>3052.6</v>
       </c>
       <c r="H10" s="7"/>
       <c r="I10" s="8">
-        <v>3026.9</v>
+        <v>3040.6</v>
       </c>
       <c r="J10" s="7"/>
       <c r="K10" s="8">
-        <v>2.2000000000002702</v>
+        <v>-1</v>
       </c>
       <c r="L10" s="7"/>
       <c r="M10" s="8">
-        <v>16.900000000000102</v>
+        <v>2.4000000000000901</v>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="8">
-        <v>25.299999999999699</v>
+        <v>15.4000000000001</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" s="7" t="s">
         <v>52</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="8">
-        <v>489.8</v>
+        <v>488.1</v>
       </c>
       <c r="D11" s="7"/>
       <c r="E11" s="8">
-        <v>489.7</v>
+        <v>486.4</v>
       </c>
       <c r="F11" s="7"/>
       <c r="G11" s="8">
-        <v>506.9</v>
+        <v>505</v>
       </c>
       <c r="H11" s="7"/>
       <c r="I11" s="8">
-        <v>506.9</v>
+        <v>503.3</v>
       </c>
       <c r="J11" s="7"/>
       <c r="K11" s="8">
-        <v>0.100000000000023</v>
+        <v>1.7000000000000499</v>
       </c>
       <c r="L11" s="7"/>
       <c r="M11" s="8">
-        <v>-17.100000000000001</v>
+        <v>-16.899999999999999</v>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="8">
-        <v>-17.2</v>
+        <v>-16.899999999999999</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" s="7" t="s">
         <v>53</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="8">
         <v>5.4</v>
       </c>
       <c r="D12" s="7"/>
       <c r="E12" s="8">
         <v>5.4</v>
       </c>
       <c r="F12" s="7"/>
       <c r="G12" s="8">
-        <v>5.2</v>
+        <v>5.4</v>
       </c>
       <c r="H12" s="7"/>
       <c r="I12" s="8">
-        <v>5.3</v>
+        <v>5.4</v>
       </c>
       <c r="J12" s="7"/>
       <c r="K12" s="8">
         <v>0</v>
       </c>
       <c r="L12" s="7"/>
       <c r="M12" s="8">
-        <v>0.2</v>
+        <v>0</v>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="8">
-        <v>0.100000000000001</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" s="7" t="s">
         <v>54</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="8">
-        <v>212.1</v>
+        <v>211.5</v>
       </c>
       <c r="D13" s="7"/>
       <c r="E13" s="8">
-        <v>212.7</v>
+        <v>210</v>
       </c>
       <c r="F13" s="7"/>
       <c r="G13" s="8">
-        <v>224.2</v>
+        <v>223.1</v>
       </c>
       <c r="H13" s="7"/>
       <c r="I13" s="8">
-        <v>224.3</v>
+        <v>220.8</v>
       </c>
       <c r="J13" s="7"/>
       <c r="K13" s="8">
-        <v>-0.59999999999999398</v>
+        <v>1.5</v>
       </c>
       <c r="L13" s="7"/>
       <c r="M13" s="8">
-        <v>-12.1</v>
+        <v>-11.6</v>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="8">
-        <v>-11.6</v>
+        <v>-10.8</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" s="7" t="s">
         <v>55</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="8">
-        <v>272.3</v>
+        <v>271.2</v>
       </c>
       <c r="D14" s="7"/>
       <c r="E14" s="8">
-        <v>271.60000000000002</v>
+        <v>271</v>
       </c>
       <c r="F14" s="7"/>
       <c r="G14" s="8">
-        <v>277.5</v>
+        <v>276.5</v>
       </c>
       <c r="H14" s="7"/>
       <c r="I14" s="8">
-        <v>277.3</v>
+        <v>277.10000000000002</v>
       </c>
       <c r="J14" s="7"/>
       <c r="K14" s="8">
-        <v>0.69999999999998896</v>
+        <v>0.19999999999998899</v>
       </c>
       <c r="L14" s="7"/>
       <c r="M14" s="8">
-        <v>-5.1999999999999904</v>
+        <v>-5.3000000000000096</v>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="8">
-        <v>-5.6999999999999904</v>
+        <v>-6.1000000000000201</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" s="7" t="s">
         <v>56</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="8">
-        <v>185.5</v>
+        <v>187.2</v>
       </c>
       <c r="D15" s="7"/>
       <c r="E15" s="8">
         <v>186.6</v>
       </c>
       <c r="F15" s="7"/>
       <c r="G15" s="8">
-        <v>191.7</v>
+        <v>190.3</v>
       </c>
       <c r="H15" s="7"/>
       <c r="I15" s="8">
-        <v>191.7</v>
+        <v>191.1</v>
       </c>
       <c r="J15" s="7"/>
       <c r="K15" s="8">
-        <v>-1.0999999999999901</v>
+        <v>0.59999999999999398</v>
       </c>
       <c r="L15" s="7"/>
       <c r="M15" s="8">
-        <v>-6.1999999999999904</v>
+        <v>-3.1000000000000201</v>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="8">
-        <v>-5.0999999999999899</v>
+        <v>-4.5</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" s="7" t="s">
         <v>57</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="8">
-        <v>86.8</v>
+        <v>84</v>
       </c>
       <c r="D16" s="7"/>
       <c r="E16" s="8">
-        <v>85</v>
+        <v>84.4</v>
       </c>
       <c r="F16" s="7"/>
       <c r="G16" s="8">
-        <v>85.8</v>
+        <v>86.2</v>
       </c>
       <c r="H16" s="7"/>
       <c r="I16" s="8">
-        <v>85.6</v>
+        <v>86</v>
       </c>
       <c r="J16" s="7"/>
       <c r="K16" s="8">
-        <v>1.8</v>
+        <v>-0.40000000000000602</v>
       </c>
       <c r="L16" s="7"/>
       <c r="M16" s="8">
-        <v>1</v>
+        <v>-2.2000000000000002</v>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="8">
-        <v>-0.59999999999999398</v>
+        <v>-1.5999999999999901</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" s="7" t="s">
         <v>58</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>22</v>
       </c>
       <c r="C17" s="8">
-        <v>3177.6</v>
+        <v>3173.9</v>
       </c>
       <c r="D17" s="7"/>
       <c r="E17" s="8">
-        <v>3172.8</v>
+        <v>3176.9</v>
       </c>
       <c r="F17" s="7"/>
       <c r="G17" s="8">
-        <v>3147.1</v>
+        <v>3169.2</v>
       </c>
       <c r="H17" s="7"/>
       <c r="I17" s="8">
-        <v>3135.1</v>
+        <v>3158.6</v>
       </c>
       <c r="J17" s="7"/>
       <c r="K17" s="8">
-        <v>4.7999999999997298</v>
+        <v>-3</v>
       </c>
       <c r="L17" s="7"/>
       <c r="M17" s="8">
-        <v>30.5</v>
+        <v>4.7000000000002702</v>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="8">
-        <v>37.700000000000301</v>
+        <v>18.3000000000002</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" s="7" t="s">
         <v>59</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>23</v>
       </c>
       <c r="C18" s="8">
-        <v>2564.6</v>
+        <v>2566.9</v>
       </c>
       <c r="D18" s="7"/>
       <c r="E18" s="8">
-        <v>2562.5</v>
+        <v>2569.6</v>
       </c>
       <c r="F18" s="7"/>
       <c r="G18" s="8">
-        <v>2530.6</v>
+        <v>2547.6</v>
       </c>
       <c r="H18" s="7"/>
       <c r="I18" s="8">
-        <v>2520</v>
+        <v>2537.3000000000002</v>
       </c>
       <c r="J18" s="7"/>
       <c r="K18" s="8">
-        <v>2.0999999999999099</v>
+        <v>-2.6999999999998199</v>
       </c>
       <c r="L18" s="7"/>
       <c r="M18" s="8">
-        <v>34</v>
+        <v>19.3000000000002</v>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="8">
-        <v>42.5</v>
+        <v>32.299999999999699</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" s="7" t="s">
         <v>60</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>24</v>
       </c>
       <c r="C19" s="8">
         <v>626.5</v>
       </c>
       <c r="D19" s="7"/>
       <c r="E19" s="8">
-        <v>627.6</v>
+        <v>628.70000000000005</v>
       </c>
       <c r="F19" s="7"/>
       <c r="G19" s="8">
-        <v>628.79999999999995</v>
+        <v>622.9</v>
       </c>
       <c r="H19" s="7"/>
       <c r="I19" s="8">
-        <v>626.20000000000005</v>
+        <v>622.70000000000005</v>
       </c>
       <c r="J19" s="7"/>
       <c r="K19" s="8">
-        <v>-1.1000000000000201</v>
+        <v>-2.2000000000000499</v>
       </c>
       <c r="L19" s="7"/>
       <c r="M19" s="8">
-        <v>-2.2999999999999501</v>
+        <v>3.6000000000000201</v>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="8">
-        <v>1.3999999999999799</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" s="7" t="s">
         <v>61</v>
       </c>
       <c r="B20" s="7" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="8">
-        <v>136.80000000000001</v>
+        <v>137.5</v>
       </c>
       <c r="D20" s="7"/>
       <c r="E20" s="8">
-        <v>137.30000000000001</v>
+        <v>137.1</v>
       </c>
       <c r="F20" s="7"/>
       <c r="G20" s="8">
-        <v>138.5</v>
+        <v>134.9</v>
       </c>
       <c r="H20" s="7"/>
       <c r="I20" s="8">
-        <v>138.1</v>
+        <v>135</v>
       </c>
       <c r="J20" s="7"/>
       <c r="K20" s="8">
-        <v>-0.5</v>
+        <v>0.40000000000000602</v>
       </c>
       <c r="L20" s="7"/>
       <c r="M20" s="8">
-        <v>-1.69999999999999</v>
+        <v>2.5999999999999899</v>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="8">
-        <v>-0.79999999999998295</v>
+        <v>2.0999999999999899</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" s="7" t="s">
         <v>62</v>
       </c>
       <c r="B21" s="7" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="8">
-        <v>335.8</v>
+        <v>336.2</v>
       </c>
       <c r="D21" s="7"/>
       <c r="E21" s="8">
-        <v>335.4</v>
+        <v>336.6</v>
       </c>
       <c r="F21" s="7"/>
       <c r="G21" s="8">
-        <v>335.8</v>
+        <v>334.5</v>
       </c>
       <c r="H21" s="7"/>
       <c r="I21" s="8">
-        <v>334.7</v>
+        <v>334.9</v>
       </c>
       <c r="J21" s="7"/>
       <c r="K21" s="8">
-        <v>0.400000000000034</v>
+        <v>-0.400000000000034</v>
       </c>
       <c r="L21" s="7"/>
       <c r="M21" s="8">
-        <v>0</v>
+        <v>1.69999999999999</v>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="8">
-        <v>0.69999999999998896</v>
+        <v>1.7000000000000499</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" s="7" t="s">
         <v>63</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>27</v>
       </c>
       <c r="C22" s="8">
-        <v>153.9</v>
+        <v>152.80000000000001</v>
       </c>
       <c r="D22" s="7"/>
       <c r="E22" s="8">
-        <v>154.9</v>
+        <v>155</v>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="8">
-        <v>154.5</v>
+        <v>153.5</v>
       </c>
       <c r="H22" s="7"/>
       <c r="I22" s="8">
-        <v>153.4</v>
+        <v>152.80000000000001</v>
       </c>
       <c r="J22" s="7"/>
       <c r="K22" s="8">
-        <v>-1</v>
+        <v>-2.19999999999999</v>
       </c>
       <c r="L22" s="7"/>
       <c r="M22" s="8">
-        <v>-0.59999999999999398</v>
+        <v>-0.69999999999998896</v>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="8">
-        <v>1.5</v>
+        <v>2.19999999999999</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" s="7" t="s">
         <v>64</v>
       </c>
       <c r="B23" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C23" s="8">
-        <v>168.4</v>
+        <v>171.1</v>
       </c>
       <c r="D23" s="7"/>
       <c r="E23" s="8">
-        <v>168.8</v>
+        <v>170.2</v>
       </c>
       <c r="F23" s="7"/>
       <c r="G23" s="8">
-        <v>164.4</v>
+        <v>165.6</v>
       </c>
       <c r="H23" s="7"/>
       <c r="I23" s="8">
-        <v>163.9</v>
+        <v>164.9</v>
       </c>
       <c r="J23" s="7"/>
       <c r="K23" s="8">
-        <v>-0.40000000000000602</v>
+        <v>0.90000000000000602</v>
       </c>
       <c r="L23" s="7"/>
       <c r="M23" s="8">
-        <v>4</v>
+        <v>5.5</v>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="8">
-        <v>4.9000000000000101</v>
+        <v>5.2999999999999803</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" s="7" t="s">
         <v>65</v>
       </c>
       <c r="B24" s="7" t="s">
         <v>29</v>
       </c>
       <c r="C24" s="8">
-        <v>163.5</v>
+        <v>163.1</v>
       </c>
       <c r="D24" s="7"/>
       <c r="E24" s="8">
         <v>163.1</v>
       </c>
       <c r="F24" s="7"/>
       <c r="G24" s="8">
-        <v>163.80000000000001</v>
+        <v>165.8</v>
       </c>
       <c r="H24" s="7"/>
       <c r="I24" s="8">
-        <v>163.19999999999999</v>
+        <v>165.6</v>
       </c>
       <c r="J24" s="7"/>
       <c r="K24" s="8">
-        <v>0.40000000000000602</v>
+        <v>0</v>
       </c>
       <c r="L24" s="7"/>
       <c r="M24" s="8">
-        <v>-0.30000000000001098</v>
+        <v>-2.7000000000000202</v>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="8">
-        <v>-9.9999999999994302E-2</v>
+        <v>-2.5</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>66</v>
       </c>
       <c r="B25" s="7" t="s">
         <v>30</v>
       </c>
       <c r="C25" s="8">
-        <v>100.3</v>
+        <v>100</v>
       </c>
       <c r="D25" s="7"/>
       <c r="E25" s="8">
-        <v>100.2</v>
+        <v>100</v>
       </c>
       <c r="F25" s="7"/>
       <c r="G25" s="8">
-        <v>100.7</v>
+        <v>101.4</v>
       </c>
       <c r="H25" s="7"/>
       <c r="I25" s="8">
-        <v>100.3</v>
+        <v>101.2</v>
       </c>
       <c r="J25" s="7"/>
       <c r="K25" s="8">
-        <v>9.9999999999994302E-2</v>
+        <v>0</v>
       </c>
       <c r="L25" s="7"/>
       <c r="M25" s="8">
-        <v>-0.40000000000000602</v>
+        <v>-1.4000000000000099</v>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="8">
-        <v>-9.9999999999994302E-2</v>
+        <v>-1.2</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26" s="7" t="s">
         <v>67</v>
       </c>
       <c r="B26" s="7" t="s">
         <v>31</v>
       </c>
       <c r="C26" s="8">
-        <v>63.2</v>
+        <v>63.1</v>
       </c>
       <c r="D26" s="7"/>
       <c r="E26" s="8">
-        <v>62.9</v>
+        <v>63.1</v>
       </c>
       <c r="F26" s="7"/>
       <c r="G26" s="8">
-        <v>63.1</v>
+        <v>64.400000000000006</v>
       </c>
       <c r="H26" s="7"/>
       <c r="I26" s="8">
-        <v>62.9</v>
+        <v>64.400000000000006</v>
       </c>
       <c r="J26" s="7"/>
       <c r="K26" s="8">
-        <v>0.30000000000000399</v>
+        <v>0</v>
       </c>
       <c r="L26" s="7"/>
       <c r="M26" s="8">
-        <v>0.100000000000001</v>
+        <v>-1.3</v>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="8">
-        <v>0</v>
+        <v>-1.3</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" s="7" t="s">
         <v>68</v>
       </c>
       <c r="B27" s="7" t="s">
         <v>32</v>
       </c>
       <c r="C27" s="8">
-        <v>551.70000000000005</v>
+        <v>548.9</v>
       </c>
       <c r="D27" s="7"/>
       <c r="E27" s="8">
-        <v>548.29999999999995</v>
+        <v>551.4</v>
       </c>
       <c r="F27" s="7"/>
       <c r="G27" s="8">
-        <v>548.29999999999995</v>
+        <v>553.1</v>
       </c>
       <c r="H27" s="7"/>
       <c r="I27" s="8">
-        <v>546.6</v>
+        <v>550.9</v>
       </c>
       <c r="J27" s="7"/>
       <c r="K27" s="8">
-        <v>3.4000000000000901</v>
+        <v>-2.5</v>
       </c>
       <c r="L27" s="7"/>
       <c r="M27" s="8">
-        <v>3.4000000000000901</v>
+        <v>-4.2000000000000499</v>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="8">
-        <v>1.69999999999993</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28" s="7" t="s">
         <v>69</v>
       </c>
       <c r="B28" s="7" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="8">
-        <v>265.7</v>
+        <v>267.3</v>
       </c>
       <c r="D28" s="7"/>
       <c r="E28" s="8">
-        <v>264</v>
+        <v>269.10000000000002</v>
       </c>
       <c r="F28" s="7"/>
       <c r="G28" s="8">
-        <v>264.2</v>
+        <v>263.8</v>
       </c>
       <c r="H28" s="7"/>
       <c r="I28" s="8">
-        <v>263.5</v>
+        <v>262.89999999999998</v>
       </c>
       <c r="J28" s="7"/>
       <c r="K28" s="8">
-        <v>1.69999999999999</v>
+        <v>-1.80000000000001</v>
       </c>
       <c r="L28" s="7"/>
       <c r="M28" s="8">
-        <v>1.5</v>
+        <v>3.5</v>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="8">
-        <v>0.5</v>
+        <v>6.2000000000000499</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29" s="7" t="s">
         <v>70</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="8">
-        <v>101.4</v>
+        <v>100.8</v>
       </c>
       <c r="D29" s="7"/>
       <c r="E29" s="8">
-        <v>101.4</v>
+        <v>101.2</v>
       </c>
       <c r="F29" s="7"/>
       <c r="G29" s="8">
         <v>101.7</v>
       </c>
       <c r="H29" s="7"/>
       <c r="I29" s="8">
         <v>101.6</v>
       </c>
       <c r="J29" s="7"/>
       <c r="K29" s="8">
-        <v>0</v>
+        <v>-0.40000000000000602</v>
       </c>
       <c r="L29" s="7"/>
       <c r="M29" s="8">
-        <v>-0.29999999999999699</v>
+        <v>-0.90000000000000602</v>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="8">
-        <v>-0.19999999999998899</v>
+        <v>-0.39999999999999097</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30" s="7" t="s">
         <v>71</v>
       </c>
       <c r="B30" s="7" t="s">
         <v>35</v>
       </c>
       <c r="C30" s="8">
-        <v>184.6</v>
+        <v>180.8</v>
       </c>
       <c r="D30" s="7"/>
       <c r="E30" s="8">
-        <v>182.9</v>
+        <v>181.1</v>
       </c>
       <c r="F30" s="7"/>
       <c r="G30" s="8">
-        <v>182.4</v>
+        <v>187.6</v>
       </c>
       <c r="H30" s="7"/>
       <c r="I30" s="8">
-        <v>181.5</v>
+        <v>186.4</v>
       </c>
       <c r="J30" s="7"/>
       <c r="K30" s="8">
-        <v>1.69999999999999</v>
+        <v>-0.299999999999983</v>
       </c>
       <c r="L30" s="7"/>
       <c r="M30" s="8">
-        <v>2.19999999999999</v>
+        <v>-6.7999999999999803</v>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="8">
-        <v>1.4000000000000099</v>
+        <v>-5.3000000000000096</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A31" s="7" t="s">
         <v>72</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>36</v>
       </c>
       <c r="C31" s="8">
-        <v>574</v>
+        <v>579.70000000000005</v>
       </c>
       <c r="D31" s="7"/>
       <c r="E31" s="8">
-        <v>572.9</v>
+        <v>578.4</v>
       </c>
       <c r="F31" s="7"/>
       <c r="G31" s="8">
-        <v>555.29999999999995</v>
+        <v>565.79999999999995</v>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="8">
-        <v>550.4</v>
+        <v>563.9</v>
       </c>
       <c r="J31" s="7"/>
       <c r="K31" s="8">
-        <v>1.1000000000000201</v>
+        <v>1.30000000000007</v>
       </c>
       <c r="L31" s="7"/>
       <c r="M31" s="8">
-        <v>18.7</v>
+        <v>13.9000000000001</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="8">
-        <v>22.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A32" s="7" t="s">
         <v>73</v>
       </c>
       <c r="B32" s="7" t="s">
         <v>37</v>
       </c>
       <c r="C32" s="8">
-        <v>78.2</v>
+        <v>78</v>
       </c>
       <c r="D32" s="7"/>
       <c r="E32" s="8">
-        <v>77.8</v>
+        <v>78</v>
       </c>
       <c r="F32" s="7"/>
       <c r="G32" s="8">
-        <v>74.2</v>
+        <v>79.5</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="8">
-        <v>72</v>
+        <v>79.400000000000006</v>
       </c>
       <c r="J32" s="7"/>
       <c r="K32" s="8">
-        <v>0.40000000000000602</v>
+        <v>0</v>
       </c>
       <c r="L32" s="7"/>
       <c r="M32" s="8">
-        <v>4</v>
+        <v>-1.5</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="8">
-        <v>5.8</v>
+        <v>-1.4000000000000099</v>
       </c>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A33" s="7" t="s">
         <v>74</v>
       </c>
       <c r="B33" s="7" t="s">
         <v>38</v>
       </c>
       <c r="C33" s="8">
-        <v>495.8</v>
+        <v>501.7</v>
       </c>
       <c r="D33" s="7"/>
       <c r="E33" s="8">
-        <v>495.1</v>
+        <v>500.4</v>
       </c>
       <c r="F33" s="7"/>
       <c r="G33" s="8">
-        <v>481.1</v>
+        <v>486.3</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="8">
-        <v>478.4</v>
+        <v>484.5</v>
       </c>
       <c r="J33" s="7"/>
       <c r="K33" s="8">
-        <v>0.69999999999998896</v>
+        <v>1.30000000000001</v>
       </c>
       <c r="L33" s="7"/>
       <c r="M33" s="8">
-        <v>14.7</v>
+        <v>15.4</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="8">
-        <v>16.7</v>
+        <v>15.9</v>
       </c>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A34" s="7" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="7" t="s">
         <v>39</v>
       </c>
       <c r="C34" s="8">
-        <v>356.1</v>
+        <v>352.5</v>
       </c>
       <c r="D34" s="7"/>
       <c r="E34" s="8">
-        <v>355.8</v>
+        <v>352.2</v>
       </c>
       <c r="F34" s="7"/>
       <c r="G34" s="8">
-        <v>347.3</v>
+        <v>351.8</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="8">
-        <v>347.4</v>
+        <v>347.9</v>
       </c>
       <c r="J34" s="7"/>
       <c r="K34" s="8">
         <v>0.30000000000001098</v>
       </c>
       <c r="L34" s="7"/>
       <c r="M34" s="8">
-        <v>8.8000000000000096</v>
+        <v>0.69999999999998896</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="8">
-        <v>8.4000000000000306</v>
+        <v>4.3000000000000096</v>
       </c>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A35" s="7" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="7" t="s">
         <v>40</v>
       </c>
       <c r="C35" s="8">
-        <v>60.1</v>
+        <v>56.5</v>
       </c>
       <c r="D35" s="7"/>
       <c r="E35" s="8">
-        <v>60.3</v>
+        <v>57.6</v>
       </c>
       <c r="F35" s="7"/>
       <c r="G35" s="8">
-        <v>56.8</v>
+        <v>55.7</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="8">
-        <v>58</v>
+        <v>55.8</v>
       </c>
       <c r="J35" s="7"/>
       <c r="K35" s="8">
-        <v>-0.19999999999999599</v>
+        <v>-1.1000000000000001</v>
       </c>
       <c r="L35" s="7"/>
       <c r="M35" s="8">
-        <v>3.3</v>
+        <v>0.79999999999999705</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="8">
-        <v>2.2999999999999998</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A36" s="7" t="s">
         <v>77</v>
       </c>
       <c r="B36" s="7" t="s">
         <v>41</v>
       </c>
       <c r="C36" s="8">
         <v>296</v>
       </c>
       <c r="D36" s="7"/>
       <c r="E36" s="8">
-        <v>295.5</v>
+        <v>294.60000000000002</v>
       </c>
       <c r="F36" s="7"/>
       <c r="G36" s="8">
-        <v>290.5</v>
+        <v>296.10000000000002</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="8">
-        <v>289.39999999999998</v>
+        <v>292.10000000000002</v>
       </c>
       <c r="J36" s="7"/>
       <c r="K36" s="8">
-        <v>0.5</v>
+        <v>1.3999999999999799</v>
       </c>
       <c r="L36" s="7"/>
       <c r="M36" s="8">
-        <v>5.5</v>
+        <v>-0.100000000000023</v>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="8">
-        <v>6.1000000000000201</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="7" t="s">
         <v>42</v>
       </c>
       <c r="C37" s="8">
-        <v>124.4</v>
+        <v>125.1</v>
       </c>
       <c r="D37" s="7"/>
       <c r="E37" s="8">
-        <v>126</v>
+        <v>125.6</v>
       </c>
       <c r="F37" s="7"/>
       <c r="G37" s="8">
-        <v>122.7</v>
+        <v>122.6</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="8">
-        <v>122.3</v>
+        <v>121.4</v>
       </c>
       <c r="J37" s="7"/>
       <c r="K37" s="8">
-        <v>-1.5999999999999901</v>
+        <v>-0.5</v>
       </c>
       <c r="L37" s="7"/>
       <c r="M37" s="8">
-        <v>1.7</v>
+        <v>2.5</v>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="8">
-        <v>3.7</v>
+        <v>4.1999999999999904</v>
       </c>
     </row>
     <row r="38" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A38" s="7" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="7"/>
       <c r="C38" s="7">
-        <v>613</v>
+        <v>607</v>
       </c>
       <c r="D38" s="7"/>
       <c r="E38" s="7">
-        <v>610.29999999999995</v>
+        <v>607.29999999999995</v>
       </c>
       <c r="F38" s="7"/>
       <c r="G38" s="7">
-        <v>616.5</v>
+        <v>621.6</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7">
-        <v>615.1</v>
+        <v>621.29999999999995</v>
       </c>
       <c r="J38" s="7"/>
       <c r="K38" s="7">
-        <v>2.7000000000000499</v>
+        <v>-0.29999999999995502</v>
       </c>
       <c r="L38" s="7"/>
       <c r="M38" s="7">
-        <v>-3.5</v>
+        <v>-14.6</v>
       </c>
       <c r="N38" s="7"/>
       <c r="O38" s="7">
-        <v>-4.80000000000007</v>
+        <v>-14</v>
       </c>
     </row>
     <row r="39" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A39" s="7" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="7"/>
       <c r="C39" s="7">
-        <v>76.599999999999994</v>
+        <v>72.900000000000006</v>
       </c>
       <c r="D39" s="7"/>
       <c r="E39" s="7">
-        <v>76.7</v>
+        <v>72.8</v>
       </c>
       <c r="F39" s="7"/>
       <c r="G39" s="7">
-        <v>80.099999999999994</v>
+        <v>79.900000000000006</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7">
-        <v>79.900000000000006</v>
+        <v>79.8</v>
       </c>
       <c r="J39" s="7"/>
       <c r="K39" s="7">
-        <v>-0.100000000000009</v>
+        <v>0.100000000000009</v>
       </c>
       <c r="L39" s="7"/>
       <c r="M39" s="7">
-        <v>-3.5</v>
+        <v>-7</v>
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="7">
-        <v>-3.2</v>
+        <v>-7</v>
       </c>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A40" s="7" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="7"/>
       <c r="C40" s="7">
-        <v>153.6</v>
+        <v>150.4</v>
       </c>
       <c r="D40" s="7"/>
       <c r="E40" s="7">
-        <v>153.30000000000001</v>
+        <v>151.19999999999999</v>
       </c>
       <c r="F40" s="7"/>
       <c r="G40" s="7">
-        <v>158.30000000000001</v>
+        <v>160</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7">
-        <v>157.80000000000001</v>
+        <v>159.69999999999999</v>
       </c>
       <c r="J40" s="7"/>
       <c r="K40" s="7">
-        <v>0.299999999999983</v>
+        <v>-0.79999999999998295</v>
       </c>
       <c r="L40" s="7"/>
       <c r="M40" s="7">
-        <v>-4.7000000000000197</v>
+        <v>-9.5999999999999908</v>
       </c>
       <c r="N40" s="7"/>
       <c r="O40" s="7">
-        <v>-4.5</v>
+        <v>-8.5</v>
       </c>
     </row>
     <row r="41" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A41" s="7" t="s">
         <v>82</v>
       </c>
       <c r="B41" s="7"/>
       <c r="C41" s="7">
-        <v>382.8</v>
+        <v>383.7</v>
       </c>
       <c r="D41" s="7"/>
       <c r="E41" s="7">
-        <v>380.3</v>
+        <v>383.3</v>
       </c>
       <c r="F41" s="7"/>
       <c r="G41" s="7">
-        <v>378.1</v>
+        <v>381.7</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7">
-        <v>377.4</v>
+        <v>381.8</v>
       </c>
       <c r="J41" s="7"/>
       <c r="K41" s="7">
-        <v>2.5</v>
+        <v>0.39999999999997699</v>
       </c>
       <c r="L41" s="7"/>
       <c r="M41" s="7">
-        <v>4.6999999999999904</v>
+        <v>2</v>
       </c>
       <c r="N41" s="7"/>
       <c r="O41" s="7">
-        <v>2.9000000000000301</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A42" s="7"/>
       <c r="B42" s="7"/>
       <c r="C42" s="7"/>
       <c r="D42" s="7"/>
       <c r="E42" s="7"/>
       <c r="F42" s="7"/>
       <c r="G42" s="7"/>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.2">
@@ -2354,524 +2361,524 @@
     <row r="8" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A8" s="7"/>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="7"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="7"/>
       <c r="I8" s="7"/>
       <c r="J8" s="7"/>
       <c r="K8" s="7"/>
       <c r="L8" s="7"/>
       <c r="M8" s="7"/>
       <c r="N8" s="7"/>
       <c r="O8" s="7"/>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>90</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="8">
-        <v>96.5</v>
+        <v>96.6</v>
       </c>
       <c r="D9" s="7"/>
       <c r="E9" s="8">
         <v>96.5</v>
       </c>
       <c r="F9" s="7"/>
       <c r="G9" s="8">
-        <v>97.1</v>
+        <v>96.9</v>
       </c>
       <c r="H9" s="7"/>
       <c r="I9" s="8">
-        <v>96.8</v>
+        <v>96.9</v>
       </c>
       <c r="J9" s="7"/>
       <c r="K9" s="8">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="L9" s="7"/>
       <c r="M9" s="8">
-        <v>-0.59999999999999398</v>
+        <v>-0.30000000000001098</v>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="8">
-        <v>-0.29999999999999699</v>
+        <v>-0.40000000000000602</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" s="7" t="s">
         <v>91</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="8">
-        <v>97.5</v>
+        <v>95.9</v>
       </c>
       <c r="D10" s="7"/>
       <c r="E10" s="8">
-        <v>97.7</v>
+        <v>96.3</v>
       </c>
       <c r="F10" s="7"/>
       <c r="G10" s="8">
-        <v>96.9</v>
+        <v>97.7</v>
       </c>
       <c r="H10" s="7"/>
       <c r="I10" s="8">
-        <v>96.3</v>
+        <v>97.6</v>
       </c>
       <c r="J10" s="7"/>
       <c r="K10" s="8">
-        <v>-0.2</v>
+        <v>-0.4</v>
       </c>
       <c r="L10" s="7"/>
       <c r="M10" s="8">
-        <v>0.59999999999999398</v>
+        <v>-1.8</v>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="8">
-        <v>1.4000000000000099</v>
+        <v>-1.3</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" s="7" t="s">
         <v>92</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="8">
-        <v>304.2</v>
+        <v>304.7</v>
       </c>
       <c r="D11" s="7"/>
       <c r="E11" s="8">
-        <v>303.60000000000002</v>
+        <v>304.60000000000002</v>
       </c>
       <c r="F11" s="7"/>
       <c r="G11" s="8">
-        <v>308.60000000000002</v>
+        <v>307.2</v>
       </c>
       <c r="H11" s="7"/>
       <c r="I11" s="8">
-        <v>307.39999999999998</v>
+        <v>307.89999999999998</v>
       </c>
       <c r="J11" s="7"/>
       <c r="K11" s="8">
-        <v>0.2</v>
+        <v>0</v>
       </c>
       <c r="L11" s="7"/>
       <c r="M11" s="8">
-        <v>-4.4000000000000297</v>
+        <v>-2.5</v>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="8">
-        <v>-3.7999999999999501</v>
+        <v>-3.2999999999999501</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" s="7" t="s">
         <v>93</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="8">
-        <v>130.4</v>
+        <v>130.6</v>
       </c>
       <c r="D12" s="7"/>
       <c r="E12" s="8">
-        <v>130.1</v>
+        <v>130.6</v>
       </c>
       <c r="F12" s="7"/>
       <c r="G12" s="8">
-        <v>129.1</v>
+        <v>131</v>
       </c>
       <c r="H12" s="7"/>
       <c r="I12" s="8">
-        <v>128.4</v>
+        <v>130.19999999999999</v>
       </c>
       <c r="J12" s="7"/>
       <c r="K12" s="8">
-        <v>0.2</v>
+        <v>0</v>
       </c>
       <c r="L12" s="7"/>
       <c r="M12" s="8">
-        <v>1.30000000000001</v>
+        <v>-0.40000000000000602</v>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="8">
-        <v>1.69999999999999</v>
+        <v>0.40000000000000602</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" s="7" t="s">
         <v>94</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="8">
         <v>42.5</v>
       </c>
       <c r="D13" s="7"/>
       <c r="E13" s="8">
         <v>42.6</v>
       </c>
       <c r="F13" s="7"/>
       <c r="G13" s="8">
-        <v>42.4</v>
+        <v>42.6</v>
       </c>
       <c r="H13" s="7"/>
       <c r="I13" s="8">
-        <v>42.4</v>
+        <v>42.6</v>
       </c>
       <c r="J13" s="7"/>
       <c r="K13" s="8">
         <v>-0.2</v>
       </c>
       <c r="L13" s="7"/>
       <c r="M13" s="8">
-        <v>0.100000000000001</v>
+        <v>-0.100000000000001</v>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="8">
-        <v>0.20000000000000301</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" s="7" t="s">
         <v>95</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="8">
-        <v>53.7</v>
+        <v>54.2</v>
       </c>
       <c r="D14" s="7"/>
       <c r="E14" s="8">
-        <v>53.5</v>
+        <v>54.1</v>
       </c>
       <c r="F14" s="7"/>
       <c r="G14" s="8">
-        <v>53.7</v>
+        <v>54.4</v>
       </c>
       <c r="H14" s="7"/>
       <c r="I14" s="8">
-        <v>53.6</v>
+        <v>54.1</v>
       </c>
       <c r="J14" s="7"/>
       <c r="K14" s="8">
-        <v>0.4</v>
+        <v>0.2</v>
       </c>
       <c r="L14" s="7"/>
       <c r="M14" s="8">
-        <v>0</v>
+        <v>-0.19999999999999599</v>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="8">
-        <v>-0.100000000000001</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" s="7" t="s">
         <v>96</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="8">
-        <v>133.4</v>
+        <v>132.9</v>
       </c>
       <c r="D15" s="7"/>
       <c r="E15" s="8">
-        <v>133.5</v>
+        <v>133.19999999999999</v>
       </c>
       <c r="F15" s="7"/>
       <c r="G15" s="8">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="H15" s="7"/>
       <c r="I15" s="8">
-        <v>132.6</v>
+        <v>134.30000000000001</v>
       </c>
       <c r="J15" s="7"/>
       <c r="K15" s="8">
-        <v>-0.1</v>
+        <v>-0.2</v>
       </c>
       <c r="L15" s="7"/>
       <c r="M15" s="8">
-        <v>0.40000000000000602</v>
+        <v>-2.0999999999999899</v>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="8">
-        <v>0.90000000000000602</v>
+        <v>-1.1000000000000201</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" s="7" t="s">
         <v>97</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="8">
-        <v>1503.3</v>
+        <v>1502.5</v>
       </c>
       <c r="D16" s="7"/>
       <c r="E16" s="8">
-        <v>1502.6</v>
+        <v>1501.2</v>
       </c>
       <c r="F16" s="7"/>
       <c r="G16" s="8">
-        <v>1492.7</v>
+        <v>1504.2</v>
       </c>
       <c r="H16" s="7"/>
       <c r="I16" s="8">
-        <v>1485.8</v>
+        <v>1497.2</v>
       </c>
       <c r="J16" s="7"/>
       <c r="K16" s="8">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="L16" s="7"/>
       <c r="M16" s="8">
-        <v>10.5999999999999</v>
+        <v>-1.7000000000000499</v>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="8">
-        <v>16.8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17" s="7" t="s">
         <v>98</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="8">
-        <v>2156.1</v>
+        <v>2157.8000000000002</v>
       </c>
       <c r="D17" s="7"/>
       <c r="E17" s="8">
-        <v>2152.8000000000002</v>
+        <v>2157.3000000000002</v>
       </c>
       <c r="F17" s="7"/>
       <c r="G17" s="8">
-        <v>2146.5</v>
+        <v>2160.8000000000002</v>
       </c>
       <c r="H17" s="7"/>
       <c r="I17" s="8">
-        <v>2139.1</v>
+        <v>2153.1999999999998</v>
       </c>
       <c r="J17" s="7"/>
       <c r="K17" s="8">
-        <v>0.2</v>
+        <v>0</v>
       </c>
       <c r="L17" s="7"/>
       <c r="M17" s="8">
-        <v>9.5999999999999108</v>
+        <v>-3</v>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="8">
-        <v>13.700000000000299</v>
+        <v>4.1000000000003602</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18" s="7" t="s">
         <v>99</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="8">
-        <v>265.2</v>
+        <v>265.39999999999998</v>
       </c>
       <c r="D18" s="7"/>
       <c r="E18" s="8">
-        <v>265.5</v>
+        <v>265.2</v>
       </c>
       <c r="F18" s="7"/>
       <c r="G18" s="8">
-        <v>266.89999999999998</v>
+        <v>268.5</v>
       </c>
       <c r="H18" s="7"/>
       <c r="I18" s="8">
-        <v>266.8</v>
+        <v>266.89999999999998</v>
       </c>
       <c r="J18" s="7"/>
       <c r="K18" s="8">
-        <v>-0.1</v>
+        <v>0.1</v>
       </c>
       <c r="L18" s="7"/>
       <c r="M18" s="8">
-        <v>-1.69999999999999</v>
+        <v>-3.1000000000000201</v>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="8">
-        <v>-1.30000000000001</v>
+        <v>-1.69999999999999</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19" s="7" t="s">
         <v>100</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="8">
-        <v>348.6</v>
+        <v>349.3</v>
       </c>
       <c r="D19" s="7"/>
       <c r="E19" s="8">
-        <v>347.2</v>
+        <v>349.1</v>
       </c>
       <c r="F19" s="7"/>
       <c r="G19" s="8">
-        <v>344.7</v>
+        <v>348.9</v>
       </c>
       <c r="H19" s="7"/>
       <c r="I19" s="8">
-        <v>343.8</v>
+        <v>347.2</v>
       </c>
       <c r="J19" s="7"/>
       <c r="K19" s="8">
-        <v>0.4</v>
+        <v>0.1</v>
       </c>
       <c r="L19" s="7"/>
       <c r="M19" s="8">
-        <v>3.9000000000000301</v>
+        <v>0.400000000000034</v>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="8">
-        <v>3.3999999999999799</v>
+        <v>1.9000000000000301</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20" s="7" t="s">
         <v>101</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7">
         <v>28.3</v>
       </c>
       <c r="D20" s="7"/>
       <c r="E20" s="7">
         <v>28.2</v>
       </c>
       <c r="F20" s="7"/>
       <c r="G20" s="7">
-        <v>28.2</v>
+        <v>28.5</v>
       </c>
       <c r="H20" s="7"/>
       <c r="I20" s="7">
-        <v>28</v>
+        <v>28.4</v>
       </c>
       <c r="J20" s="7"/>
       <c r="K20" s="7">
         <v>0.4</v>
       </c>
       <c r="L20" s="7"/>
       <c r="M20" s="7">
-        <v>0.100000000000001</v>
+        <v>-0.19999999999999901</v>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="7">
-        <v>0.19999999999999901</v>
+        <v>-0.19999999999999901</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21" s="7" t="s">
         <v>102</v>
       </c>
       <c r="B21" s="7"/>
       <c r="C21" s="7">
-        <v>49.3</v>
+        <v>49.5</v>
       </c>
       <c r="D21" s="7"/>
       <c r="E21" s="7">
-        <v>49.3</v>
+        <v>49.4</v>
       </c>
       <c r="F21" s="7"/>
       <c r="G21" s="7">
-        <v>49.2</v>
+        <v>49.8</v>
       </c>
       <c r="H21" s="7"/>
       <c r="I21" s="7">
-        <v>49.1</v>
+        <v>49.9</v>
       </c>
       <c r="J21" s="7"/>
       <c r="K21" s="7">
-        <v>0</v>
+        <v>0.2</v>
       </c>
       <c r="L21" s="7"/>
       <c r="M21" s="7">
-        <v>9.9999999999994302E-2</v>
+        <v>-0.29999999999999699</v>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="7">
-        <v>0.19999999999999599</v>
+        <v>-0.5</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22" s="7" t="s">
         <v>103</v>
       </c>
       <c r="B22" s="7"/>
       <c r="C22" s="7">
-        <v>90.4</v>
+        <v>90.9</v>
       </c>
       <c r="D22" s="7"/>
       <c r="E22" s="7">
-        <v>90.5</v>
+        <v>91.2</v>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="7">
-        <v>89.8</v>
+        <v>91.1</v>
       </c>
       <c r="H22" s="7"/>
       <c r="I22" s="7">
-        <v>89.9</v>
+        <v>90.9</v>
       </c>
       <c r="J22" s="7"/>
       <c r="K22" s="7">
-        <v>-0.1</v>
+        <v>-0.3</v>
       </c>
       <c r="L22" s="7"/>
       <c r="M22" s="7">
-        <v>0.60000000000000897</v>
+        <v>-0.19999999999998899</v>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="7">
-        <v>0.59999999999999398</v>
+        <v>0.29999999999999699</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" s="7"/>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="7"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="7"/>
       <c r="I23" s="7"/>
       <c r="J23" s="7"/>
       <c r="K23" s="7"/>
       <c r="L23" s="7"/>
       <c r="M23" s="7"/>
       <c r="N23" s="7"/>
       <c r="O23" s="7"/>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24" s="7"/>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="7"/>